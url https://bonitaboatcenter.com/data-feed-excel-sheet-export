--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -8,1598 +8,1688 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Inventory" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="784" uniqueCount="518">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="774" uniqueCount="548">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Sale Price</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Availability</t>
   </si>
   <si>
     <t>Product URL</t>
   </si>
   <si>
     <t>Image URL</t>
   </si>
   <si>
+    <t>690df5fd9274eec9aa07ea0b</t>
+  </si>
+  <si>
+    <t>2026 Jeanneau LEADER 9.0 WA SERIES 2</t>
+  </si>
+  <si>
+    <t>2026 Jeanneau Leader 9.0 WA S2MSRP $319,689More photos coming soon!Options:Twin Yamaha F250 XSB2'sElectronic Pack GARMIN UpgradedUpgrade Yamaha Joystick for Twin 250 SBW WhiteTrim Level PremiereComfort Pack 115v-60hzPremium Audio Pack Fusion w/ HardtopFiberglass HardtopConvert 12v-115v60 3kvaAft Swim PlatformsAft Cockpit Backrest Convertible into SunpadRemovable Swim Ladder and Lifelines for Lateral TerraceRemovable Carpet Set for SalonUpgraded Bathroom w/ Shower Door and Toilet SeatMooring KitAnchoring KitSet of Protective CoversSunshade for Front Cockpit - Dark SmokeSunshade for Aft Cockpit - Dark Smoke115v MicrowaveAir Conditioning 12K BTU3 Li-Batteries And Victron Sys2 Underwater LightsExterior Fridge in Leaning PostElectric Grill in Exterior GalleyFiberglass Cockpit Table Convertible into SunpadInterior And Door CurtainsFront Cockpit UpholsteryExtra Filler Cushion Front SunpadFolding Side Bench Port SideDouble Berth in Salon Marlin Pure WhiteHornCustom and Duty</t>
+  </si>
+  <si>
+    <t>Coming Soon</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-jeanneau-leader-90-wa-series-2690df5fd9274eec9aa07ea0b</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176252275278310691690df680cdc95.png</t>
+  </si>
+  <si>
+    <t>690a1895dd1b453d52087b94</t>
+  </si>
+  <si>
+    <t>2017 Everglades 355CCX</t>
+  </si>
+  <si>
+    <t>2017 Everglades 355CCX Extended Hardtop$285,000Options: Triple Yamaha 300 HP white – 100 HoursService records 100 hour serviceStainless steel propellersOptimus joystickDuel Garmin 7616Garmin Auto pilotGarmin VHF radioWindlass anchor systemOptimus hydraulic steeringFusion stereo system with speakersTrim tabs with indicators Battery chargerLive well in TransomRaw water wash DownFreshwater wash DownFighting fishing chairTilt steering wheelSide entry doorFish boxMarine headForward seatingYeti coolerFoot padCourtesy lightsLED spreader lights2 aft pull out seatsTackle centerRear entry doorCockpit cover seatsFront seat cover</t>
+  </si>
+  <si>
+    <t>In-Stock</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2017-everglades-355ccx690a1895dd1b453d52087b94</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1762268401644180222690a14f1deb5d.png</t>
+  </si>
+  <si>
+    <t>6903866c4e4342fdcc044fce</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Ultra 275 SE</t>
+  </si>
+  <si>
+    <t>Call for price</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Ultra 275SEN.A.P $216,144More Pictures Coming Soon!Options:Twin F250XSB2's Yamaha Helm Master System Ultra Entertainment Leaning PostBow Backrests Bow Table (Telescoping) Hardtop w/ Silver Gray UndersidePowder Coating Trim Tabs w/Indicators Underwater Lights Windlass Side Entry Ladder w/Ladder Holder Recirculating Livewell (per Livewell) GARMIN Dual 12" Electronics Package w/GT17 Transducer*Silvery Gray Hull* Yamaha Salt Water Series Props You buy a Sea Hunt Boat because of the standard features! The name says it all! Our Ultra Series was created for families desiring the "Ultra" experience on the water! Sea Hunt delivers the most comfortable and functional center consoles in the industry with our Ultra Line. With its cushioned rear bench seating, and oversized bow area (complete with bow backrests and cup holders), it's easy to sit back and enjoy pleasure cruising and sandbar hopping. Rod Holders and Livewells instantly turn the Ultra into the most comfortable fishing boat on the water! Added standard features include: wrap around bolsters, bow cushions, color screen waterproof stereo, Yamaha Digital Command Link Gauges; and more! Can you really have comfort, fun and fishing in one boat? With the Ultra Series, you can!</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-275-se6903866c4e4342fdcc044fce</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17618390711452923102690387df5717e.png</t>
+  </si>
+  <si>
+    <t>68fbe68728c92c89ce00cabd</t>
+  </si>
+  <si>
+    <t>2023 Sea Hunt Ultra 255 SE</t>
+  </si>
+  <si>
+    <t>2023 Sea Hunt Ultra 255SE$109,999More photos coming soon!Options:2023 Yamaha 300 Yamaha Warranty Through 2/26/2028!100 hour service just performedPower Pole 10' BladeHull Side Color Silver GreyWhite UpholsteryWhite Powder CoatingColor to Underside of T-TopSide Entry Ladder w/ Ladder HolderBow Filler CushionUltra Entertainment Leaning Post12" Garmin Electronics PackageJL Audio StereoUnderwater LightsVHF Radio</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2023-sea-hunt-ultra-255-se68fbe68728c92c89ce00cabd</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17613406601736313268fbecf4773a7.png</t>
+  </si>
+  <si>
+    <t>68fbd6bbafdf56b8d60eae5f</t>
+  </si>
+  <si>
+    <t>2025 Sea Hunt Ultra 265 SE</t>
+  </si>
+  <si>
+    <t>2025 Sea Hunt Ultra 265SE$149,900Options:Twin Yamaha F200XCA2'sDual GARMIN 12" w/ VHFSay Yes Warranty Until 01/30/2030Battery ChargerLight VarMezzanine Leaning Post w/ Captains ChairsBow Backrest and Filler CushionTrim Tabs w/ IndicatorsWhite Powder CoatingRecirculating LivewellSide Ladder w/ Ladder HolderHull Abaco Green w/ Underside</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2025-sea-hunt-ultra-265-se68fbd6bbafdf56b8d60eae5f</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1761335411129884510468fbd8735da09.png</t>
+  </si>
+  <si>
+    <t>68fa939e92b6c80a9f08a399</t>
+  </si>
+  <si>
+    <t>2022 Cobia 320CC</t>
+  </si>
+  <si>
+    <t>2022 Cobia 320 CC$239,999Options: Yamaha F300XSB DES (592hrs) Warranty Until 10/08/2027Helm Master EX w/ Joystick &amp; Auto PilotWhisper Gray (2-Tone) w/ Color Match Underside HardtopWhite Cushion PackageFull Bow Cushion w/ BackrestsBoarding LadderCockpit Toe RailGarmin Deluxe Package (Dual 8616, VHF, Radar, Acrylic Dash)JL Audio w/ Hardtop SpeakersOutriggersKite Rode Holders (4)T-Top Kingfish Rod HoldersWindlass (400ft Rode w/ Remote)4-Bank ChargerUnderwater LightsTrim Tab IndicatorsStainless Edson Wheel w/ Power Knob</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2022-cobia-320cc68fa939e92b6c80a9f08a399</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1761253070170652766668fa96ce2d74e.png</t>
+  </si>
+  <si>
+    <t>68f8d6592c9bfc07340439fc</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Ultra 229</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Ultra 229N.A.P. $99,525More photos coming soon!Options:Yamaha F250 XSB2Tilt Yamaha Electric SteeringAluminum Leaning Post w/ BackrestBow BackrestsHardtop w/ Slate Blue UndersidePowder CoatingTrim Tabs w/ IndicatorsTrolling Motor Plug &amp; Wiring HarnessPorta PottiRecirculating Livewell (per Livewell)Cooler Slide w/ SH CoolerGARMIN 12" Electronics Package w/ VHF*Deluxe Diamond Stitch**Slate Blue Hull*Yamaha Salt Water Series Prop</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-22968f8d6592c9bfc07340439fc</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176113898092774364168f8d9247a989.png</t>
+  </si>
+  <si>
+    <t>68f8d2c8d0c0ece9af032708</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Ultra 235SE</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Ultra 235SEN.A.P $112,980(Does Not Include Prep &amp; Freight)More pictures coming soon!Options: F250XSB2 Tilt Yamaha Electric Steering Ultra Entertainment Leaning Post Bow Backrests Hardtop w/Slate Blue Underside Powder Coating Trim Tabs w/Indicators Underwater Lights Side Entry Ladder w/Ladder Holder Recirculating Livewell (per Livewell) Porta Potti GARMIN 12" Electronics Package w/VHF *Slate Blue Hull* Yamaha Salt Water Series Prop</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-235se68f8d2c8d0c0ece9af032708</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1761137888172452346568f8d4e0e2572.png</t>
+  </si>
+  <si>
+    <t>68f8cf515244b2e89a0e2e99</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Ultra 275SEN.A.P $216,144More Pictures Coming Soon!Options:Twin F250XSB2's Yamaha Helm Master System Ultra Entertainment Leaning PostBow Backrests Bow Table (Telescoping) Hardtop w/ Ice Blue UndersidePowder Coating Trim Tabs w/Indicators Underwater Lights Windlass Side Entry Ladder w/Ladder Holder Recirculating Livewell (per Livewell) GARMIN Dual 12" Electronics Package w/GT17 Transducer*Ice Blue Hull* Yamaha Salt Water Series Props You buy a Sea Hunt Boat because of the standard features! The name says it all! Our Ultra Series was created for families desiring the "Ultra" experience on the water! Sea Hunt delivers the most comfortable and functional center consoles in the industry with our Ultra Line. With its cushioned rear bench seating, and oversized bow area (complete with bow backrests and cup holders), it's easy to sit back and enjoy pleasure cruising and sandbar hopping. Rod Holders and Livewells instantly turn the Ultra into the most comfortable fishing boat on the water! Added standard features include: wrap around bolsters, bow cushions, color screen waterproof stereo, Yamaha Digital Command Link Gauges; and more! Can you really have comfort, fun and fishing in one boat? With the Ultra Series, you can!</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-275-se68f8cf515244b2e89a0e2e99</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17618386375341753116903862df19a0.png</t>
+  </si>
+  <si>
+    <t>68f69231cfc06a871206878b</t>
+  </si>
+  <si>
+    <t>2004 Regulator 26FS</t>
+  </si>
+  <si>
+    <t>2004 Regulator 26FS$94,500Options:Twin Yamaha 225HP'sRaymarine GPS/SounderVHF RadioLeaning Post w/ Cushioned Backrest &amp; Rocket-Launcher Rod HoldersThe Hull Design (48° Bow Entry + 24° Transom Deadrise) Gives it a Soft, Dry RideTwo In-Deck Fish BoxesTwo Recirculating BaitwellsFiberglass "Tackle Center"</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2004-regulator-26fs68f69231cfc06a871206878b</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176098961531495285868f691af7de6f.png</t>
+  </si>
+  <si>
     <t>68ef9ce8d07c7a25740c3a13</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 305 SE</t>
   </si>
   <si>
-    <t>Call for price</t>
-[...5 lines deleted...]
-    <t>Coming Soon</t>
+    <t>2026 Sea Hunt Ultra 305 SENAP: $278,475Options: Twin F350XSA2's Yamaha Helm Master System Ultra Entertainment Leaning Post Bow Backrests Bow Table (Telescoping) Hardtop w/Ice Blue Underside Powder Coating Trim Tabs w/Indicators Underwater Lights Recirculating Livewell (per Livewell) Windlass Side Entry Ladder w/Ladder Holder GARMIN Dual 16" Elect. Pac. w/Auto P &amp;VHF w/Helm Master *Deluxe Diamond Stitch* *Ice Blue Hull* Yamaha Salt Water Series Props Cockpit Storage DrapeOur Ultra Series was created for families desiring the "Ultra" experience on the water! Sea Hunt delivers the most comfortable and functional center consoles in the industry with our Ultra Line. With its cushioned rear bench seating, and oversized bow area (complete with bow backrests and cup holders), it's easy to sit back and enjoy pleasure cruising and sandbar hopping. Rod Holders and Livewells instantly turn the Ultra into the most comfortable fishing boat on the water! Added standard features include: wrap around bolsters, bow cushions, color screen waterproof stereo, Yamaha Digital Command Link Gauges; and more! Can you really have comfort, fun, and fishing in one boat? With the Ultra Series, you can!</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-305-se68ef9ce8d07c7a25740c3a13</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760536005128929633868efa5c51be1e.jpg</t>
   </si>
   <si>
-    <t>68ed2b94fb1aa3f96a045f43</t>
-[...16 lines deleted...]
-  <si>
     <t>68e8083ee5cf94f99404dd92</t>
   </si>
   <si>
     <t>2026 Sea Hunt Gamefish 25</t>
   </si>
   <si>
     <t xml:space="preserve">2025 Sea Hunt Gamefish 25N.A.P. $169,605More photos coming soon!(Excludes Prep &amp; Freight)Options:Twin F200XSA2'sTilt Yamaha Electric SteeringBait Tank Leaning Post w/Captains ChairsRear Bench SeatBow Table (Telescoping)Bow BackrestsHardtop w/Ice Blue UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsWindlassRecirculating Livewell (per Livewell)GARMIN Dual 12" Electronics Package w/VHFYamaha Auto Pilot*Entire Hull Ice Blue*Yamaha Reliance PropsThis GameFish series delivers exactly what serious fishermen demand in a sportfishing center console boat.  These boats come ready to fish with standard features such as multiple insulated fishboxes and livewells, cockpit and bow bolsters, all stainless hardware and Yamaha Digital Command Link Gauges.  The Gamefish 25, 27, and 30 have side entry doors, recessed trim tabs, and hydraulic steering as standard equipment as well.  The cockpits are designed to have abundant room for 360° of fishing.  These hulls deliver soft dry rides second to none.  </t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-gamefish-2568e8083ee5cf94f99404dd92</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760546480183179046768efceb082b29.png</t>
   </si>
   <si>
     <t>68e8062e09f2b1957006491e</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 275 SE</t>
-[...1 lines deleted...]
-  <si>
     <t>2026 Sea Hunt Ultra 275SEN.A.P $201,519More Pictures Coming Soon!Options:Twin F250XSB2's Yamaha Helm Master System Ultra Mezzanine Fiberglass Leaning Post w/ Captains ChairsBow Backrests Bow Table (Telescoping) Hardtop w/Slate Blue Underside w/ KingfishPowder Coating Trim Tabs w/Indicators Underwater Lights Windlass Side Entry Ladder w/Ladder Holder Recirculating Livewell (per Livewell) GARMIN Dual 12" Electronics Package w/GT17 Transducer*Slate Blue Hull* Yamaha Salt Water Series Props You buy a Sea Hunt Boat because of the standard features! The name says it all! Our Ultra Series was created for families desiring the "Ultra" experience on the water! Sea Hunt delivers the most comfortable and functional center consoles in the industry with our Ultra Line. With its cushioned rear bench seating, and oversized bow area (complete with bow backrests and cup holders), it's easy to sit back and enjoy pleasure cruising and sandbar hopping. Rod Holders and Livewells instantly turn the Ultra into the most comfortable fishing boat on the water! Added standard features include: wrap around bolsters, bow cushions, color screen waterproof stereo, Yamaha Digital Command Link Gauges; and more! Can you really have comfort, fun and fishing in one boat? With the Ultra Series, you can!</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-275-se68e8062e09f2b1957006491e</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760546562141512701268efcf0297ff5.png</t>
   </si>
   <si>
     <t>68e6d6d4a2376e88ae0ec093</t>
   </si>
   <si>
+    <t>2026 Jeanneau NC-895 S2</t>
+  </si>
+  <si>
+    <t>2026 Jeanneau NC-895 S2MSRP $361,784More photos coming soon!Options:Twin Yamaha 250 XS B2Saloon Upholstery Leath TannerTrim Level PremiereComfort Pack 115v-60hz Electronic Pack Garmin UpgradeAudio Pack Fusion Ra210Mooring KitAnchoring KitU-Shape Cockpit Saloon SundeckSunshade Front CockpitCockpit Sun Awning GraphiteBow Platform With LadderGraphite Cockpit Aft ClosingAft Bench CoverStorage Rack On The Roof SupFiller Cushion Front SunpadFront Sunpad With Lounge ChairRemovable Carpets Aft U-CockpitVariable Bow Thruster YamahaGenerator Panda 4.8kva 115v-60Deck SearchlightUnderwater Lights115v Microwave115v VitroceramicAir Con 115v60 16kbtuDouble Berth And U SaloonOverhead Locker In The GalleyOverhead Lockers Front CabinSwiveling System Of Pilot SeatCarpet Wheelhouse And CabinsInside CurtainsAutomatic Trim Tabs ZipwakeUpgr Yam Joy 2x250 Sbw WhiteAntenne TvCustom &amp; DutyDisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-jeanneau-nc-895-s268e6d6d4a2376e88ae0ec093</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176054640726466056568efce67f3da5.png</t>
+  </si>
+  <si>
+    <t>68e6d56469fe7abae30744b1</t>
+  </si>
+  <si>
     <t>2026 Jeanneau NC-895 SPORT S2</t>
   </si>
   <si>
-    <t>DisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
-[...8 lines deleted...]
-    <t>68e6d56469fe7abae30744b1</t>
+    <t>2026 Jeanneau NC-895 Sport MSRP $350,339More photos coming soon!Options:Twin Yamaha 250 XSB2'sSaloon Upholstery Leath TannerTrim Level Premiere Comfort Pack 110v-60hz Electronic Pack Garmin UpgradeAudio Pack Fusion Ra210Mooring KitAnchoring KitU-Shape Seating And TableFixed Sun Awning Aft CockpitSunshade For Front CockpitGalley Unit In Aft CockpitStorage Rack On The Roof SupFront Cockpit Table FiberglassBaitwell Tank With Water PumpExtra Sunpad For Bow SeatingUpholstery For Bow SeatingGener 4.8kva 115v-60hz2 Underwater Lights2 Front Headlights On The Roof3 Cockpit WorklightsSearchlight With Radar Mast115v MicrowaveElectric Grill In Aft CockpitElectric Vitroceramic CooktopAir Con 115v60 16kbtuTable Berth In SalonSwiveling System For Helm SeatCarpet Wheelhouse And CabinsInterior CurtainsAutomatic Trim Tabs ZipwakeYam Joy Upgrd 2x250 Sbw WhiteVhf Garmin 215i AisCustom &amp; DutyDisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-nc-895-sport-s268e6d56469fe7abae30744b1</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176054632414871029268efce14f1736.png</t>
   </si>
   <si>
     <t>68e6d15842967e7b080d9f72</t>
   </si>
   <si>
-    <t>2026 Jeanneau LEADER 9.0 WA SERIES 2</t>
-[...1 lines deleted...]
-  <si>
     <t>2026 Jeanneau Leader 9.0 WA S2MSRP $319,689.70More photos coming soon!Options:Twin Yamaha 250 XSB2'sFiberglass HardtopTrim Level Premiere Comfort Pack 115v-60hz Electronic Pack Garmin UpgradePremium Audio Pack Fus W HtopMooring KitAnchoring KitFolding Aft Backrest SunpadFolding Side Bench PortsideSunshade Aft Cockpit For T-TopSunshade Front CockpitLadder And Lifeline For TerracSet Of Protective CoversSwimming Platforms PolyesterFiberglass Table And Aft SundeckFront Cockpit UpholsteryFiller Cushion Front Sunpad2 Underwater LightsExt Fridge Leaning Post Storag115v MicrowaveCockpit Grill 110v Usa115v Air Conditioning On BattShower Door With Toilet SeatDouble Berth In Saloon MarlinRemovable Carpet Set In SaloonInterior And Door Curtains3 Li-Batteries And Victron SysConvert 12v-115v60 3kvaAutomatic Trim Tabs ZipwakeUpgr Yam Joy 2x250 Sbw WhiteHornCustom &amp; DutyDESIGN AND HIGH PERFORMANCE TO EXPERIENCE PURE THRILL - Boasting a V-shaped hull by Michael Peters and twin engines for up to 2 x 250 HP, the Leader 9.0 WA will delight thrill-seekers and fans of express crossings, the wind in their hair, with top speeds of over 40 knots. With elongated lines, a T-top, a protective glass windscreen, and large windows in the hull… this boat, inspired by the Leader 10.5 WA and 12.5 WA, boasts an elegant, distinguished, and contemporary style, yet one that is also synonymous with safety and fun for the whole family.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-leader-90-wa-series-268e6d15842967e7b080d9f72</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760546238212810634268efcdbeb1365.png</t>
   </si>
   <si>
     <t>68e6ceba9046af6d8f07fa04</t>
   </si>
   <si>
     <t>2026 Jeanneau LEADER 9.0 WA</t>
   </si>
   <si>
-    <t>2026 Jeanneau Leader 9.0 WAMSRP $319,689.70More photos coming soon!Options:                               Twin Yamaha F250 XSB2'sFiberglass HardtopTrim Level Premiere Comfort Pack 115v-60hz Electronic Pack Garmin UpgradePremium Audio Pack Fus W HtopMooring KitAnchoring KitFolding Aft Backrest SunpadFolding Side Bench PortsideSunshade Aft Cockpit For T-TopSunshade Front CockpitLadder And Lifeline For TerracSet Of Protective CoversSwimming Platforms PolyesterFiberglass Table And Aft SundeckFront Cockpit UpholsteryFiller Cushion Front Sunpad2 Underwater LightsExt Fridge Leaning Post Storag115v MicrowaveCockpit Grill 110v Usa115v Air Conditioning On BattShower Door With Toilet SeatDouble Berth In Saloon MarlinRemovable Carpet Set In SaloonInterior And Door Curtains3 Li-Batteries And Victron SysConvert 12v-115v60 3kvaAutomatic Trim Tabs ZipwakeUpgr Yam Joy 2x250 Sbw WhiteHornCustom &amp; Duty DESIGN AND HIGH PERFORMANCE TO EXPERIENCE PURE THRILL - Boasting a V-shaped hull by Michael Peters and twin engines for up to 2 x 250 HP, the Leader 9.0 WA will delight thrill-seekers and fans of express crossings, the wind in their hair, with top speeds of over 40 knots. With elongated lines, a T-top, a protective glass windscreen, and large windows in the hull… this boat, inspired by the Leader 10.5 WA and 12.5 WA, boasts an elegant, distinguished, and contemporary style, yet one that is also synonymous with safety and fun for the whole family.</t>
+    <t>2026 Jeanneau Leader 9.0 WAMSRP $319,689More photos coming soon!Options:                               Twin Yamaha F250 XSB2'sFiberglass HardtopTrim Level Premiere Comfort Pack 115v-60hz Electronic Pack Garmin UpgradePremium Audio Pack Fus W HtopMooring KitAnchoring KitFolding Aft Backrest SunpadFolding Side Bench PortsideSunshade Aft Cockpit For T-TopSunshade Front CockpitLadder And Lifeline For TerracSet Of Protective CoversSwimming Platforms PolyesterFiberglass Table And Aft SundeckFront Cockpit UpholsteryFiller Cushion Front Sunpad2 Underwater LightsExt Fridge Leaning Post Storag115v MicrowaveCockpit Grill 110v Usa115v Air Conditioning On BattShower Door With Toilet SeatDouble Berth In Saloon MarlinRemovable Carpet Set In SaloonInterior And Door Curtains3 Li-Batteries And Victron SysConvert 12v-115v60 3kvaAutomatic Trim Tabs ZipwakeUpgr Yam Joy 2x250 Sbw WhiteHornCustom &amp; Duty DESIGN AND HIGH PERFORMANCE TO EXPERIENCE PURE THRILL - Boasting a V-shaped hull by Michael Peters and twin engines for up to 2 x 250 HP, the Leader 9.0 WA will delight thrill-seekers and fans of express crossings, the wind in their hair, with top speeds of over 40 knots. With elongated lines, a T-top, a protective glass windscreen, and large windows in the hull… this boat, inspired by the Leader 10.5 WA and 12.5 WA, boasts an elegant, distinguished, and contemporary style, yet one that is also synonymous with safety and fun for the whole family.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-leader-90-wa68e6ceba9046af6d8f07fa04</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760546154153768468468efcd6a7ba56.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176133385925021254868fbd2639c07f.png</t>
   </si>
   <si>
     <t>68e6cc596beabc3b6c0172a0</t>
   </si>
   <si>
-    <t>https://bonitaboatcenter.com/boat/2026-jeanneau-nc-895-sport-s268e6cc596beabc3b6c0172a0</t>
-[...2 lines deleted...]
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176054606911673179868efcd150b4bd.png</t>
+    <t>2027 Jeanneau NC-895 SPORT S2</t>
+  </si>
+  <si>
+    <t>2027 Jeanneau NC-895 Sport MSRP $349,399More photos coming soon!Options:Twin Yamaha 250 XS B2'sTrim Level Premiere Comfort Pack 110v-60hz Electronic Pack Garmin UpgradeAudio Pack Fusion Ra210Mooring KitAnchoring KitU-Shape Seating And TableFixed Sun Awning Aft CockpitSunshade For Front CockpitGalley Unit In Aft CockpitStorage Rack On The Roof SupFront Cockpit Table FiberglassBaitwell Tank With Water PumpExtra Sunpad For Bow SeatingUpholstery For Bow SeatingGener 4.8kva 115v-60hz2 Underwater Lights2 Front Headlights On The Roof3 Cockpit WorklightsSearchlight With Radar Mast115v MicrowaveElectric Grill In Aft CockpitElectric Vitroceramic CooktopAir Con 115v60 16kbtuTable Berth In SalonSwiveling System For Helm SeatCarpet Wheelhouse And CabinsInterior CurtainsAutomatic Trim Tabs ZipwakeYam Joy Upgrade 2x250 Sbw WhiteVHF Garmin 215i AisCustom &amp; DutyDisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2027-jeanneau-nc-895-sport-s268e6cc596beabc3b6c0172a0</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17625266561887706365690e05c046154.png</t>
   </si>
   <si>
     <t>68e6c6b4fad33bdee2075a08</t>
   </si>
   <si>
-    <t>https://bonitaboatcenter.com/boat/2026-jeanneau-nc-895-sport-s268e6c6b4fad33bdee2075a08</t>
+    <t>2026 Jeanneau NC-895 S2MSRP $361,784More photos coming soon!Options:Twin Yamaha 250 XS B2Saloon Upholstery Leath TannerTrim Level Premiere UsaComfort Pack 115v-60hz UsaElectronic Pack Garmin UpgradeAudio Pack Fusion Ra210Mooring KitAnchoring KitU-Shape Cockpit Saloon SundeckSunshade Front CockpitCockpit Sun Awning GraphiteBow Platform With LadderGraphite Cockpit Aft ClosingAft Bench CoverStorage Rack On The Roof SupFiller Cushion Front SunpadFront Sunpad With Lounge ChairRemovable Carpets Aft U-CockpitVariable Bow Thruster YamahaGenerator Panda 4.8kva 115v-60Deck SearchlightUnderwater Lights115v Microwave115v VitroceramicAir Con 115v60 16kbtuDouble Berth And U SaloonOverhead Locker In The GalleyOverhead Lockers Front CabinSwiveling System Of Pilot SeatCarpet Wheelhouse And CabinsInside CurtainsAutomatic Trim Tabs ZipwakeUpgr Yam Joy 2x250 Sbw WhiteAntenne TvCustom &amp; DutyDisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-jeanneau-nc-895-s268e6c6b4fad33bdee2075a08</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176054594393339161968efcc9748bb3.png</t>
   </si>
   <si>
-    <t>68e6ba4f238f3ea20b032d22</t>
-[...13 lines deleted...]
-  <si>
     <t>68e659a8665851805001cc38</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 229</t>
-[...2 lines deleted...]
-    <t>2026 Sea Hunt Ultra 229N.A.P. $79,753Photos coming soon!Options:Yamaha F200XDTilt Seastar Hydraulic SteeringBait Tank Leaning Post w/ BolstersBow BackrestsHardtop w/ Silver Gray UndersideBlack Powder CoatingTrim Tabs w/ IndicatorsUnderwater LightsTrolling Motor Plug &amp; Wiring HarnessPorta PottiRecirculating Livewell (per Livewell)GARMIN 12" Electronics Package w/ VHF*Deluxe Diamond Stitch**Silver Gray Hull*Yamaha Reliance Prop</t>
+    <t>2026 Sea Hunt Ultra 229N.A.P. $79,753Options:Yamaha F200XDTilt Seastar Hydraulic SteeringBait Tank Leaning Post w/ BolstersBow BackrestsHardtop w/ Silver Gray UndersideBlack Powder CoatingTrim Tabs w/ IndicatorsUnderwater LightsTrolling Motor Plug &amp; Wiring HarnessPorta PottiRecirculating Livewell (per Livewell)GARMIN 12" Electronics Package w/ VHF*Deluxe Diamond Stitch**Silver Gray Hull*Yamaha Reliance Prop</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-22968e659a8665851805001cc38</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760545803196029060268efcc0b661cf.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17623555561333064721690b696495a29.png</t>
   </si>
   <si>
     <t>68e65659f904bad32f082cc9</t>
   </si>
   <si>
     <t>2026 Sea Hunt 285SE</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 285SEN.A.P $240,994(Does Not Include Prep &amp; Freight)* PHOTOS &amp; SPECS ARE NOT RELEASED YET *Options: Twin F300XSB2'sTilt Yamaha Electric SteeringMezzanine Fiberglass Leaning Post w/ Captains ChairsBow BackrestsBow Table (Telescoping)HardtopPowder CoatingTrim Tabs w/IndicatorsUnderwater LightsWindlassSide Entry Ladder w/Ladder HolderRecirculating Livewell (per Livewell)GARMIN Dual 16" Elect. Pac. w/Auto P &amp;VHF*Deluxe Diamond Stitch*Yamaha Salt Water Series Props</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-285se68e65659f904bad32f082cc9</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760545666140594808268efcb82c9dc8.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17625526851430078672690e6b6dc982e.png</t>
   </si>
   <si>
     <t>68de6bbb3cd70e13a30c64bc</t>
   </si>
   <si>
     <t>2023 Scarab 255 ID</t>
   </si>
   <si>
-    <t>2023 Scarab 255 ID$99,999Options:Twin Rotax 300hp 1630 ACETouchscreen helm with digital controlsPremuim JL Audio sound system w/ BluetoothCruise control and docking modesPorta potti w/ pump outFoldable wake towerExtended swim platform with reboarding ladderConvertible lounge seating w/ aft-facing transom seatsIntegrated tow hookLED accent lighting</t>
+    <t>2023 Scarab 255 ID$99,999Options:Twin Rotax 300hp 1630 ACETouchscreen Helm w/ Digital ControlsPremuim JL Audio Sound System w/ BluetoothCruise Control and Docking ModesPorta Potti w/ Pump OutFoldable Wake TowerExtended Swim Platform w/ Reboarding LadderConvertible Lounge Seating w/ Aft-Facing Transom SeatsIntegrated Tow HookLED Accent Lighting</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2023-scarab-255-id68de6bbb3cd70e13a30c64bc</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760622229192741086568f0f6950edff.png</t>
   </si>
   <si>
     <t>68dd84bc826688262804ace9</t>
   </si>
   <si>
     <t>2022 Ranger 2360</t>
   </si>
   <si>
-    <t>2022 Ranger 2360$89,999Trailer Included!Options:Mercury 250XL w/ 283 HoursTwin Simrad'sTwin Power PolesMinn Kota Trolling MotorIntegrated rod storageGunnel &amp; transom rod holders (8)Leaning post rod holders (4)Trim tabs 12"x12"Built-in 100 quart coolerLeaning post recirculating aerated livewell/baitwell combinationDigital speedometer, Tach, Fuel, Trim &amp; Water Pressure by engine manufacturerFolding rear bench seat w/ storageFreshwater &amp; raw water washdownsHydraulic steering w/ stainless wheelStainless hardware throughout</t>
+    <t>2022 Ranger 2360$84,900Trailer Included!Options:Mercury 250XL w/ 283 HoursTwin Simrad'sTwin Power PolesMinn Kota Trolling MotorIntegrated Rod StorageGunnel &amp; Transom Rod Holders (8)Leaning Post Rod Holders (4)Trim Tabs 12"x12"Built-In 100 Quart CoolerLeaning Post Recirculating Aerated Livewell/Baitwell CombinationDigital Speedometer, Tach, Fuel, Trim &amp; Water Pressure by Engine ManufacturerFolding Rear Bench Seat w/ StorageFreshwater &amp; Raw Water WashdownsHydraulic Steering w/ Stainless WheelStainless Hardware Throughout</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2022-ranger-236068dd84bc826688262804ace9</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-17606223235880301368f0f6f365d69.png</t>
   </si>
   <si>
     <t>68dd78e7c20585a8c205c325</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 265SE</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 265SEN.A.P $173,327(Does Not Include Prep &amp; Freight)Options: Twin F200XSA2'sTilt Yamaha Electric SteeringUltra Entertainment Leaning PostBow BackrestsBow Filler CushionHardtop w/Slate Blue UndersideKingfish Rod Holders for Fib. T-TopPowder CoatingTrim Tabs w/IndicatorsUnderwater LightsWindlassPorta PottiSide Entry Ladder w/Ladder HolderRecirculating Livewell (per Livewell)GARMIN 12" Electronics Package w/VHF*Deluxe Diamond Stitch**Slate Blue Hull*Yamaha Auto PilotYamaha Reliance/GYT Series Prop Twin</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-265se68dd78e7c20585a8c205c325</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176062110682685573168f0f2322aa24.png</t>
   </si>
   <si>
     <t>68dd4de8229eed6794004b97</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 245SE</t>
   </si>
   <si>
-    <t xml:space="preserve">2026 Sea Hunt Ultra 245SE N.A.P. $124,506 Options:F300XSB2Tilt Yamaha Electric SteeringUltra Entertainment Leaning PostBow BackrestsHardtop w/Glacier Green UndersidePowder Coating WhiteTrim Tabs w/IndicatorsUnderwater LightsPorta PottiSide Entry Ladder w/Ladder HolderRecirculating Livewell (per Livewell)GARMIN 12" Electronics Package w/VHF*Deluxe Diamond Stitch*Yamaha Salt Water Series PropExplore the 2026 Sea Hunt Ultra 245SE Center Console at Bonita Boat Center in Bonita Springs, FL. Estimated payment $742/month with a N.A.P. of $124,506. Equipped with Yamaha F300XSB2, Garmin 12" electronics, hardtop, deluxe stitching, and premium features for family comfort and offshore performance. </t>
+    <t xml:space="preserve">2026 Sea Hunt Ultra 245SE N.A.P. $124,506Options:F300XSB2Tilt Yamaha Electric SteeringUltra Entertainment Leaning PostBow BackrestsHardtop w/Glacier Green UndersidePowder Coating WhiteTrim Tabs w/IndicatorsUnderwater LightsPorta PottiSide Entry Ladder w/Ladder HolderRecirculating Livewell (per Livewell)GARMIN 12" Electronics Package w/VHF*Deluxe Diamond Stitch*Yamaha Salt Water Series PropExplore the 2026 Sea Hunt Ultra 245SE Center Console at Bonita Boat Center in Bonita Springs, FL. Estimated payment $742/month with a N.A.P. of $124,506. Equipped with Yamaha F300XSB2, Garmin 12" electronics, hardtop, deluxe stitching, and premium features for family comfort and offshore performance. </t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-245se68dd4de8229eed6794004b97</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760621042170770652368f0f1f22ac32.png</t>
   </si>
   <si>
     <t>68da859f06c3954d9905dd69</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 255SE</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 255SEN.A.P: $144,662*Freight &amp; Prep Not Included*Options: Yamaha F350XSA2Yamaha Salt Water Series Props  SingleUltra Entertainment Leaning PostSide Entry Ladder w/ Ladder HolderRecirculating Livewell (per Livewell)Hull Color (Abaco Green)Recirculating Livewell (per Livewell)GARMIN 12" Electronics Package w/VHFColor to Underside of Fiberglass T-TopBow Filler Cushion</t>
+    <t>2026 Sea Hunt Ultra 255SEN.A.P: $144,662(Does Not Include Prep &amp; Freight)Options: Yamaha F350XSA2Yamaha Salt Water Series Props  SingleUltra Entertainment Leaning PostSide Entry Ladder w/ Ladder HolderRecirculating Livewell (per Livewell)Hull Color (Abaco Green)Recirculating Livewell (per Livewell)GARMIN 12" Electronics Package w/VHFColor to Underside of Fiberglass T-TopBow Filler Cushion</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-255se68da859f06c3954d9905dd69</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760620975155314113668f0f1aff060f.png</t>
   </si>
   <si>
     <t>68d59a4a5605f028250256f7</t>
   </si>
   <si>
     <t>2021 Monterey M65</t>
   </si>
   <si>
-    <t xml:space="preserve">2021 Monterey M65$89,999Continental Trailer IncludedMore pictures coming soon!Options:Power Pole 10’ Blade Trim Tabs with Indicators Electric Head System w/ Holding Tank Macerator w/ Overboard Discharge  Battery Charger w/ Deck Plug Bow Filler Cushions Stern Mounted Stereo Remote Premium Stereo Upg Pkg (4 Upg Speakers, Subw, LED Lights, 5 ch amp) Axiom GPS/ Chart Plotter/ Sonar w/ Transducer Bow &amp; Cockpit Covers Underwater LED Lights Seadek Inlay (Cockpit and Swim Platform) Portlight Stainless Steel for Head Ventilation w/ Screen Forward Shower W/ Pressurized Water </t>
+    <t xml:space="preserve">2021 Monterey M65$89,999Continental Trailer IncludedOptions:Power Pole 10’ Blade Trim Tabs with Indicators Electric Head System w/ Holding Tank Macerator w/ Overboard Discharge  Battery Charger w/ Deck Plug Bow Filler Cushions Stern Mounted Stereo Remote Premium Stereo Upg Pkg (4 Upg Speakers, Subw, LED Lights, 5 ch amp) Axiom GPS/ Chart Plotter/ Sonar w/ Transducer Bow &amp; Cockpit Covers Underwater LED Lights Seadek Inlay (Cockpit and Swim Platform) Portlight Stainless Steel for Head Ventilation w/ Screen Forward Shower W/ Pressurized Water </t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2021-monterey-m6568d59a4a5605f028250256f7</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760622166189466019868f0f656cd10d.png</t>
   </si>
   <si>
     <t>68cc14ac71871900e501a759</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 239 SE</t>
   </si>
   <si>
-    <t xml:space="preserve">Build Slot Available!2026 Sea Hunt Ultra 239SE Yamaha F300XSB2 GARMIN 12" Electronics Package w/VHFUltra Bait Tank Leaning Post w/ Captains ChairsFiberglass T-Top w/ Mister SystemColor to Underside of Fiberglass T-TopTrim Tabs w/ IndicatorsPowder Coating WhiteUnderwater LightsRecirculating Livewell (per Livewell)Trolling Motor Plug &amp; Wiring HarnessSide Entry Ladder w/ Ladder HolderPorta PottiYamaha Salt Water Series Props  You buy a Sea Hunt Boat because of the standard features! The name says it all! Our Ultra Series was created for families desiring the "Ultra" experience on the water! Sea Hunt delivers the most comfortable and functional center consoles in the industry with our Ultra Line. With its cushioned rear bench seating, and oversized bow area (complete with bow backrests and cup holders), it's easy to sit back and enjoy pleasure cruising and sandbar hopping. Rod Holders and Livewells instantly turn the Ultra into the most comfortable fishing boat on the water! Added standard features include: wrap around bolsters, bow cushions, color screen waterproof stereo, Yamaha Digital Command Link Gauges; and more! Can you really have comfort, fun, and fishing in one boat? With the Ultra Series, you can! Bonita Boat Center servicing all of SWFL - Bonita Springs, Naples, Marco Island, Fort Myers, Fort Myers Beach, Cape Coral, Port Charlotte, Punta Gorda, Since 1969. We are proud to feature Monterey, Sea Hunt, Regulator, Blackfin,  Axis, Malibu, Jeanneau boats. We also represent Yamaha and Mercury.  We offer the best boating value anywhere in Southwest Florida and your experience with us will be enjoyable and rewarding </t>
+    <t xml:space="preserve">2026 Sea Hunt Ultra 239SE Build Slot Available!Options:Yamaha F300XSB2 GARMIN 12" Electronics Package w/VHFUltra Bait Tank Leaning Post w/ Captains ChairsFiberglass T-Top w/ Mister SystemColor to Underside of Fiberglass T-TopTrim Tabs w/ IndicatorsPowder Coating WhiteUnderwater LightsRecirculating Livewell (per Livewell)Trolling Motor Plug &amp; Wiring HarnessSide Entry Ladder w/ Ladder HolderPorta PottiYamaha Salt Water Series Props  </t>
   </si>
   <si>
     <t>Build Slot Available</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-239-se68cc14ac71871900e501a759</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760562528126039183168f00d60bfc10.png</t>
   </si>
   <si>
     <t>68cac08b5f429b87320f59a4</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 235SE</t>
-[...2 lines deleted...]
-    <t>2026 Sea Hunt Ultra 235SEN.A.P $113,730(Does Not Include Prep &amp; Freight)More pictures coming soon!Options: F250XSB2 Tilt Yamaha Electric Steering Ultra Entertainment Leaning Post Bow Backrests Hardtop w/Ice Blue Underside Powder Coating Trim Tabs w/Indicators Underwater Lights Side Entry Ladder w/Ladder Holder Recirculating Livewell (per Livewell) Porta Potti GARMIN 12" Electronics Package w/VHF *Deluxe Diamond Stitch* *Ice Blue Hull* Yamaha Salt Water Series Prop</t>
+    <t>2026 Sea Hunt Ultra 235SEN.A.P $113,730(Does Not Include Prep &amp; Freight)Options: F250XSB2 Tilt Yamaha Electric Steering Ultra Entertainment Leaning Post Bow Backrests Hardtop w/Ice Blue Underside Powder Coating Trim Tabs w/Indicators Underwater Lights Side Entry Ladder w/Ladder Holder Recirculating Livewell (per Livewell) Porta Potti GARMIN 12" Electronics Package w/VHF *Deluxe Diamond Stitch* *Ice Blue Hull* Yamaha Salt Water Series Prop</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-235se68cac08b5f429b87320f59a4</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176054556916531016968efcb21518cb.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17623772382089924091690bbe161b469.png</t>
   </si>
   <si>
     <t>68cab752e6337080360edbe5</t>
   </si>
   <si>
-    <t>Build Slot Available!2026 Sea Hunt Ultra 245SE N.A.P. $122,415More pictures coming soon! Options:F300XSB2Tilt Yamaha Electric SteeringAluminum Leaning Post w/Captains ChairsBow BackrestsHardtop w/Ice Blue UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsCooler Slide w/SH CoolerTrolling Motor Plug &amp; Wiring HarnessWindlassSide Entry Ladder w/Ladder HolderRecirculating Livewell (per Livewell)GARMIN 12" Electronics Package w/VHF*Deluxe Diamond Stitch**Entire Hull Ice Blue*Yamaha Salt Water Series Prop</t>
+    <t>Build Slot Available!2026 Sea Hunt Ultra 245SE N.A.P. $122,415More pictures coming soon!Options:F300XSB2Tilt Yamaha Electric SteeringAluminum Leaning Post w/Captains ChairsBow BackrestsHardtop w/Ice Blue UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsCooler Slide w/SH CoolerTrolling Motor Plug &amp; Wiring HarnessWindlassSide Entry Ladder w/Ladder HolderRecirculating Livewell (per Livewell)GARMIN 12" Electronics Package w/VHF*Deluxe Diamond Stitch**Entire Hull Ice Blue*Yamaha Salt Water Series Prop</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-245se68cab752e6337080360edbe5</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760545441191148798568efcaa14c4a3.png</t>
   </si>
   <si>
     <t>68caab14eef716f16307d519</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 305 SEN.A.P. $266,789 More pictures coming soon!Options:  Twin F350XSA2's Yamaha Helm Master System Ultra Entertainment Leaning Post Bow Backrests Bow Table (Telescoping) Hardtop w/Ice Blue Underside Powder Coating Trim Tabs w/Indicators Underwater Lights Recirculating Livewell (per Livewell) Windlass Side Entry Ladder w/Ladder Holder GARMIN Dual 16" Elect. Pac. w/Auto P &amp;VHF w/Helm Master *Deluxe Diamond Stitch* *Ice Blue Hull* Yamaha Salt Water Series Props Cockpit Storage Drape Our Ultra Series was created for families desiring the "Ultra" experience on the water! Sea Hunt delivers the most comfortable and functional center consoles in the industry with our Ultra Line. With its cushioned rear bench seating, and oversized bow area (complete with bow backrests and cup holders), it's easy to sit back and enjoy pleasure cruising and sandbar hopping. Rod Holders and Livewells instantly turn the Ultra into the most comfortable fishing boat on the water! Added standard features include: wrap around bolsters, bow cushions, color screen waterproof stereo, Yamaha Digital Command Link Gauges; and more! Can you really have comfort, fun, and fishing in one boat? With the Ultra Series, you can!</t>
+    <t>2026 Sea Hunt Ultra 305 SEN.A.P. $266,789 More pictures coming soon!Options: Twin Yamaha  F350XSA2'sGARMIN Dual 16" Elect. Pac.w/Auto P. &amp; VHF  **GF 30 Package** w/ Helm MasterColor to Underside of Fiberglass T-TopDeluxe Diamond Interior PackageHull Color (Silver Gray)Recirculating Livewell (per Livewell)Side Entry Ladder w/ Ladder HolderUltra Entertainment Leaning PostWhite Powder CoatingYamaha Helm Master Control w/ Setpoint and Auto PilotYamaha Salt Water Series Props  TwinOur Ultra Series was created for families desiring the "Ultra" experience on the water! Sea Hunt delivers the most comfortable and functional center consoles in the industry with our Ultra Line. With its cushioned rear bench seating, and oversized bow area (complete with bow backrests and cup holders), it's easy to sit back and enjoy pleasure cruising and sandbar hopping. Rod Holders and Livewells instantly turn the Ultra into the most comfortable fishing boat on the water! Added standard features include: wrap around bolsters, bow cushions, color screen waterproof stereo, Yamaha Digital Command Link Gauges; and more! Can you really have comfort, fun, and fishing in one boat? With the Ultra Series, you can!</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-305-se68caab14eef716f16307d519</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760545367185321498368efca578f52f.png</t>
   </si>
   <si>
-    <t>68c41e36875c3a038309f9fd</t>
-[...13 lines deleted...]
-  <si>
     <t>68b9f61e209fd49280061e54</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 219</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 219N.A.P: $74,099*Freight &amp; Prep Not Included*Options: F150XDTilt Seastar Hydraulic SteeringAluminum Leaning Post w/BackrestBow BackrestsHardtop w/Ice Blue UndersidePowder CoatingRecirculating Livewell (per Livewell)Porta PottiTrim Tabs w/IndicatorsGARMIN 9" Electronics Package w/VHF*Deluxe Diamond Stitch**Entire Hull Ice Blue*Yamaha Reliance Prop</t>
+    <t>2026 Sea Hunt Ultra 219N.A.P: $74,099(Does Not Include Prep &amp; Freight)Options: Yamaha F150XDTilt Seastar Hydraulic SteeringAluminum Leaning Post w/BackrestBow BackrestsHardtop w/Ice Blue UndersidePowder CoatingRecirculating Livewell (per Livewell)Porta PottiTrim Tabs w/IndicatorsGARMIN 9" Electronics Package w/VHF*Deluxe Diamond Stitch**Entire Hull Ice Blue*Yamaha Reliance Prop</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-21968b9f61e209fd49280061e54</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176063856356323151168f1366342b62.png</t>
   </si>
   <si>
     <t>68b9f410a6f94bd0e10984a7</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 275CB</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 275CBN.A.P. $199,428Options: Twin F250XSB2'sYamaha Helm Master SystemMezzanine Fiberglass Leaning Post w/Captains ChairsHardtopPowder CoatingTrim Tabs w/IndicatorsUnderwater LightsSide Entry Ladder w/Ladder HolderWindlassRecirculating Livewell (per Livewell)GARMIN Dual 12" Electronics Package w/GT17*Big Transducer**Deluxe Diamond Stitch*Yamaha Salt Water Series Props</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-275cb68b9f410a6f94bd0e10984a7</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176064066948608413768f13e9d01e67.png</t>
   </si>
   <si>
     <t>68b9f2505b35463a1b001f8f</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 265 SE</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 265SEN.A.P $153,601(Does Not Include Prep &amp; Freight)Options: Twin F150XSA2'sTilt Yamaha Electric SteeringUltra Entertainment Leaning PostBow BackrestsHardtop w/Silver Gray UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsWindlassSide Entry Ladder w/Ladder HolderRecirculating Livewell (per Livewell)GARMIN 12" Electronics Package w/VHF*Deluxe Diamond Stitch**Silver Gray Hull*Yamaha Reliance Props</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-265-se68b9f2505b35463a1b001f8f</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176054491423998743368efc8925249c.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176167945110449760746901185b1fa82.png</t>
   </si>
   <si>
     <t>68b9f0a6857e5902c4039db0</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 235SEN.A.P $98,392(Does Not Include Prep &amp; Freight)Options: F200XDTilt Seastar Hydraulic SteeringUltra Mezzanine Fiberglass Leaning Post w/Captains ChairsBow BackrestsHardtop w/Abaco Green UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsSide Entry Ladder w/Ladder HolderTrolling Motor Plug &amp; Wiring HarnessRecirculating Livewell (per Livewell)Porta PottiGARMIN 12" Electronics Package w/VHF*Deluxe Diamond Stitch**Abaco Green Hull*Yamaha Reliance Prop</t>
+    <t>2026 Sea Hunt Ultra 235SEN.A.P $98,392(Does Not Include Prep &amp; Freight)Options: Yamaha F200XDTilt Seastar Hydraulic SteeringUltra Mezzanine Fiberglass Leaning Post w/Captains ChairsBow BackrestsHardtop w/Abaco Green UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsSide Entry Ladder w/Ladder HolderTrolling Motor Plug &amp; Wiring HarnessRecirculating Livewell (per Livewell)Porta PottiGARMIN 12" Electronics Package w/VHF*Deluxe Diamond Stitch**Abaco Green Hull*Yamaha Reliance Prop</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-235se68b9f0a6857e5902c4039db0</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760545009140820546368efc8f15407f.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176174829310353582969022545d4611.png</t>
   </si>
   <si>
     <t>68b9f07d60e2070327067a9c</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 285SEBRAND NEW MODEL!N.A.P $254,150(Does Not Include Prep &amp; Freight)Options: Twin F300XSB2'sYamaha Helm Master SystemUltra Entertainment Leaning PostBow BackrestsBow Table (Telescoping)Hardtop w/Ice Blue UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsWindlassSide Entry Ladder w/Ladder HolderRecirculating Livewell (per Livewell)GARMIN Dual 16" Elect. Pac. w/Auto P &amp;VHF w/Helm Master*Deluxe Diamond Stitch**Ice Blue Hull*Yamaha Salt Water Series Props</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-285se68b9f07d60e2070327067a9c</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-17606208938064853168f0f15d8ecac.png</t>
   </si>
   <si>
     <t>68b9ec347084cc494d0c8dc6</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 265SEN.A.P $162,763(Does Not Include Prep &amp; Freight)Options: Twin F200XSA2'sTilt Yamaha Electric SteeringUltra Bait Tank Leaning Post w/Captains ChairsBow BackrestsHardtop w/Abaco Green Underside w/KingfishPowder CoatingTrim Tabs w/IndicatorsUnderwater LightsRecirculating Livewell (per Livewell)WindlassSide Entry Ladder w/Ladder HolderGARMIN 12" Electronics Package w/VHF*Deluxe Diamond Stitch**Abaco Green Hull*Yamaha Reliance Props</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-265-se68b9ec347084cc494d0c8dc6</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760628410133523505268f10eba894a0.png</t>
   </si>
   <si>
     <t>68b731e83ccebf701709c14f</t>
   </si>
   <si>
     <t>2026 C-hawk 25CC</t>
   </si>
   <si>
-    <t>2026 C-Hawk 25CC$102,190Comes with Brand New TrailerOptions:25FT Center Console #9Suzuki 300HP W/ Digital controlsOutboard Bracket Single w/PlatformFull Transom Bulkhead with 3 hatches and Fish BoxTrim Tabs w/LED Indicators 9 x 12White Rub Rail w/ Stainless Steel InsertFlip Up Bow Light8" Flush Mount Cleat (5)3 Spoke Steering WheelLivewell Tank and Plumbing in Leaning Post w/ bronze thru hull and valveRaw Water Wash Down w/out LivewellBow casting PlatformForward 2" Rigging Tube From Console to Anchor Locker Batteried Wire to ConsoleIce Blue Hull &amp; Color to underside T-Top With Electronics Box3 LED Spreader Lights36" Leaning Post w/Cushion, Cooler Strap, 4 RHs, FootrestTorsion Axel Trailer with Dual Axel Brakes</t>
+    <t>2026 C-Hawk 25CC$102,190Comes with Brand New Trailer!Options:25FT Center ConsoleSuzuki 300HP W/ Digital controlsOutboard Bracket Single w/PlatformFull Transom Bulkhead with 3 Hatches and Fish BoxTrim Tabs w/LED Indicators 9 x 12White Rub Rail w/ Stainless Steel InsertFlip Up Bow Light8" Flush Mount Cleat (5)3 Spoke Steering WheelLivewell Tank and Plumbing in Leaning Post w/ bronze thru hull and valveRaw Water Wash Down w/out LivewellBow casting PlatformForward 2" Rigging Tube From Console to Anchor Locker Batteried Wire to ConsoleIce Blue Hull &amp; Color to underside T-Top With Electronics Box3 LED Spreader Lights36" Leaning Post w/Cushion, Cooler Strap, 4 RHs, FootrestTorsion Axel Trailer with Dual Axel Brakes</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-c-hawk-25cc68b731e83ccebf701709c14f</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760544578120438086068efc742db8fa.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1762466716886541691690d1b9c4e51c.png</t>
   </si>
   <si>
     <t>68af5b461573990c2a08c84a</t>
   </si>
   <si>
     <t>2019 Yamaha 190 FSH</t>
   </si>
   <si>
-    <t>2019 Yamaha 190 FSH Sport$27,900*Mostly used in Freshwater*Comes with TrailerOptions:- Recently Serviced- Upgraded sound system- Simrad GSP/Sounder- Thrust vector jet fins- Bottom Paint- T‑Top with rocket‑launcher rod holders (4)- Insulated fish box with removable cushion- 25‑gal aerated LiveWell- Flip‑up jump seats- Integrated swim platform with a telescoping ladder- Limited lifetime for original purchaser, 10‑year limited transferable structure</t>
+    <t>2019 Yamaha 190 FSH Sport$27,900*Mostly used in Freshwater*Comes with TrailerOptions:Recently ServicedUpgraded sound systemSimrad GSP/SounderThrust vector jet finsBottom PaintT‑Top with rocket‑launcher rod holders (4)Insulated fish box with removable cushion25‑gal aerated LiveWellFlip‑up jump seatsIntegrated swim platform with a telescoping ladderLimited lifetime for original purchaser, 10‑year limited transferable structure</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2019-yamaha-190-fsh68af5b461573990c2a08c84a</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760622014109765985068f0f5be2dd4e.png</t>
   </si>
   <si>
     <t>68ade9d9051529fabc004f44</t>
   </si>
   <si>
     <t>2015 Regulator 25</t>
   </si>
   <si>
-    <t>2015 Regulator 25$149,000Lift Kept in Naples, FLService Records in FileOptions:-White Painted Twin Yamaha F200-White Powder Coat Package-Fiberglass T-Top-T-Top Rocket Launcher-Edson Wheel w/ Power Knob-Teleflex Power Assist Steering-Bucket Holder-Windlass-Fusion Marine Stereo-Head w/ Holding Tank-Helm &amp; Console Seat Cover-Leaning Post Cover-Simrad NSS12 evo3-Simrad Halo Dome RadarSpecificationsLOA : 25' 2"BEAM : 8' 10"FUEL CAPACITY : 160 GALDRAFT : 22” ENGINES UPDRAFT : 34.5” ENGINES DOWNTOTAL FISHBOX &amp; STORAGE CAPACITY : 1058 QTSOPTIONAL HEAD W/ HOLDING TANK : 9 GALFRESHWATER TANK : 20 GALTOTAL LIVEWELL CAPACITY: 46 GAL</t>
+    <t>2015 Regulator 25$149,000Lift Kept in Naples, FLService Records in FileOptions:White Painted Twin Yamaha F200White Powder Coat PackageFiberglass T-TopT-Top Rocket LauncherEdson Wheel w/ Power KnobTeleflex Power Assist SteeringBucket HolderWindlassFusion Marine StereoHead w/ Holding TankHelm &amp; Console Seat CoverLeaning Post CoverSimrad NSS12 evo3Simrad Halo Dome RadarSpecificationsLOA : 25' 2"BEAM : 8' 10"FUEL CAPACITY : 160 GALDRAFT : 22” ENGINES UPDRAFT : 34.5” ENGINES DOWNTOTAL FISHBOX &amp; STORAGE CAPACITY : 1058 QTSOPTIONAL HEAD W/ HOLDING TANK : 9 GALFRESHWATER TANK : 20 GALTOTAL LIVEWELL CAPACITY: 46 GAL</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2015-regulator-2568ade9d9051529fabc004f44</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760621936110648597768f0f5704ebae.png</t>
   </si>
   <si>
     <t>68a3253692c5b9676a059767</t>
   </si>
   <si>
     <t>2020 Blackfin 272DC</t>
   </si>
   <si>
     <t>2020 Blackfin 272DCSale Price: $179,900Options: Trim Tabs w/Indicators &amp; Auto RetractTwin Yamaha 300 F300XCAAdd Optimus 360 Joystick Option (250HP - 300HP Only)Colored Boot Stripe - with Matching Upper Hull Accent Color (hullside color and bottom color must match)Ski Tow Pylon, StainlessSwim Platform Inlay (SeaDek) - GreyUnderwater LED LightsAft ShadeBow CoverBow ShadeCockpit CoverCockpit Table w/Seadeck inlay, Pedestal Vertical Side Mount BaseCockpit Drawer Refrigerator, Stainless Steel, 12VPremium Stereo Upgrade Package (Includes 6-7” JL Speakers, 2-Subwoofers, 5/2 Channel Amp &amp; LED Speakers)Electronics Package, Garmin - GPS/Chartplotter-Garmin 7612 (Includes Garmin 300 VHF, Requires Transducer)Transducer, Garmin - B60 600 Watts (Requires Garmin Electronics Package option)Electric Toilet with Holding Tank, Indicator &amp; Pump-Out Deck FittingMacerator with Overboard Discharge (Requires Electric Toilet Option) This versatile dual-console boat is the ultimate vessel for reaching your favorite fishing grounds, cruising the open waves or just gathering with friends for a day on the water. It comes loaded with all the necessary features and amenities for the serious fisherman such as a fiberglass hardtop, gunnel, and transom-mounted rod holders, in-floor fish boxes as well as the latest in navigation and fish-finding technology.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2020-blackfin-272dc68a3253692c5b9676a059767</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760621873207590148468f0f531db174.png</t>
   </si>
   <si>
     <t>6893a91ce2a684c05b058723</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 255SEN.A.P. $143,874More pictures coming soon!Options: F300XSB2Tilt Yamaha Electric SteeringUltra Entertainment Leaning PostBow BackrestsHardtop w/Ice Blue Underside w/KingfishPowder CoatingTrim Tabs w/IndicatorsUnderwater LightsSide Entry Ladder w/Ladder HolderRecirculating Livewell (per Livewell)WindlassGARMIN Dual 12" Electronics Package w/VHF*Ice Blue Hull*Yamaha Salt Water Series Prop</t>
+    <t>2026 Sea Hunt Ultra 255SEN.A.P. $143,874Options: F300XSB2Tilt Yamaha Electric SteeringUltra Entertainment Leaning PostBow BackrestsHardtop w/Ice Blue Underside w/KingfishPowder CoatingTrim Tabs w/IndicatorsUnderwater LightsSide Entry Ladder w/Ladder HolderRecirculating Livewell (per Livewell)WindlassGARMIN Dual 12" Electronics Package w/VHF*Ice Blue Hull*Yamaha Salt Water Series Prop</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-255se6893a91ce2a684c05b058723</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176062079252945660868f0f0f8e2250.png</t>
   </si>
   <si>
     <t>6893a34810d71e73dd07a4a7</t>
   </si>
   <si>
     <t>2026 Sea Hunt BX 25 FS</t>
   </si>
   <si>
-    <t>2026 Sea Hunt BX25FSN.A.P. $122,825(Excludes Prep &amp; Freight)Options:F350XSA2Tilt Yamaha Electric SteeringSeastar 6" Hydraulic Jack PlateBait Tank Leaning Post w/Captains ChairsBow BackrestsHardtopPowder CoatingTrim Tabs w/IndicatorsUnderwater LightsTrolling Motor Plug &amp; Wiring HarnessRecirculating Livewell (per Livewell)GARMIN 12" Electronics Package w/VHFYamaha Salt Water Series PropThe 2025 Sea Hunt BX 25 FS is a versatile center console boat designed for both inshore and offshore fishing adventures. With a length of 25 feet 3 inches and a beam of 8 feet 6 inches, it offers ample space for anglers and passengers alike. The boat's shallow draft of 15 inches allows for easy navigation in shallow waters, while its 15-degree deadrise ensures a smooth ride in various sea conditions.</t>
+    <t>2026 Sea Hunt BX25FSN.A.P. $122,825(Does Not Include Prep &amp; Freight)Options:F350XSA2Tilt Yamaha Electric SteeringSeastar 6" Hydraulic Jack PlateBait Tank Leaning Post w/Captains ChairsBow BackrestsHardtopPowder CoatingTrim Tabs w/IndicatorsUnderwater LightsTrolling Motor Plug &amp; Wiring HarnessRecirculating Livewell (per Livewell)GARMIN 12" Electronics Package w/VHFYamaha Salt Water Series PropThe 2026 Sea Hunt BX 25 FS is a versatile center console boat designed for both inshore and offshore fishing adventures. With a length of 25 feet 3 inches and a beam of 8 feet 6 inches, it offers ample space for anglers and passengers alike. The boat's shallow draft of 15 inches allows for easy navigation in shallow waters, while its 15-degree deadrise ensures a smooth ride in various sea conditions.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-bx-25-fs6893a34810d71e73dd07a4a7</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760620623164909451368f0f04f434ab.png</t>
   </si>
   <si>
     <t>6880ffe1ca73c7ac160f6073</t>
   </si>
   <si>
     <t>2023 Sweetwater 2086</t>
   </si>
   <si>
-    <t>2023 Sweetwater 2086 Price: $37,900Options:Yamaha 115 - 31 hoursGarmin GPSForward BiminiAft BiminiFusion Stereo with Bluetooth Cockpit Table</t>
+    <t>2023 Sweetwater 2086 $37,900Options:Yamaha 115  (31 hours)Garmin GPSForward BiminiAft BiminiFusion Stereo with Bluetooth Cockpit Table</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2023-sweetwater-20866880ffe1ca73c7ac160f6073</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760621794121321659768f0f4e24c396.png</t>
   </si>
   <si>
     <t>6877a87328607b1f3e0ff855</t>
   </si>
   <si>
-    <t>2026 Sea Hunt BX25FSN.A.P. $119,763(Excludes Prep &amp; Freight)Options:Yamaha F300XSB2Garmin Kraken Trolling MotorDual Power Pole BladesGARMIN 12" Electronics Package w/VHFBait Tank Leaning Post w/Captains Chairs Color to Underside of Fiberglass T-TopHull Color Silver GrayRecirculating Livewell (per Livewell)SeaStar 6' Hydraulic Jack PlateWhite Powder CoatingYamaha Salt Water Series Props  SingleThe 2025 Sea Hunt BX 25 FS is a versatile center console boat designed for both inshore and offshore fishing adventures. With a length of 25 feet 3 inches and a beam of 8 feet 6 inches, it offers ample space for anglers and passengers alike. The boat's shallow draft of 15 inches allows for easy navigation in shallow waters, while its 15-degree deadrise ensures a smooth ride in various sea conditions.</t>
+    <t>2026 Sea Hunt BX25FSN.A.P. $119,763(Does Not Include Prep &amp; Freight)Options:Yamaha F300XSB2Garmin Kraken Trolling MotorDual Power Pole BladesGARMIN 12" Electronics Package w/VHFBait Tank Leaning Post w/Captains Chairs Color to Underside of Fiberglass T-TopHull Color Silver GrayRecirculating Livewell (per Livewell)SeaStar 6' Hydraulic Jack PlateWhite Powder CoatingYamaha Salt Water Series Props  SingleThe 2025 Sea Hunt BX 25 FS is a versatile center console boat designed for both inshore and offshore fishing adventures. With a length of 25 feet 3 inches and a beam of 8 feet 6 inches, it offers ample space for anglers and passengers alike. The boat's shallow draft of 15 inches allows for easy navigation in shallow waters, while its 15-degree deadrise ensures a smooth ride in various sea conditions.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-bx-25-fs6877a87328607b1f3e0ff855</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760620551134689982068f0f00793525.png</t>
   </si>
   <si>
     <t>687676f21818e61dba035f3d</t>
   </si>
   <si>
     <t>2026 Regulator 30XO</t>
   </si>
   <si>
-    <t>2026 Regulator 30XOAbaco SkyMSRP: $446,630Power Option (Included in Base Price)Twin White Yamaha F350 4-Stroke Engines with DES Tilt Helm, DEC, and Electronic Key Switch with Wireless Key FobJackplateHydraulic Jackplate with Helm Mounted Pro-Trim ControlPower &amp; Systems36-Amp Battery Charger with 25' CordTrolling Motor READYYamaha EX Autopilot with Waypoint DecelerationColor OptionsFeatured Hull Color – Entire HullAbaco Sky (Blue Tone White) (1a Color Choice)NO STRIPING (Bootstriping option)Seating &amp; Upholstery – Color SelectionStandard White UpholsterySeating &amp; Upholstery30XO Tackle &amp; Entertainment Center with Corian® Countertop, Removable Cutting Board, Tackle Storage, Waste Basket, Freshwater Wash Down, and (10) Rocket LaunchersDiamond Quilted UpholsteryTeak AccentsElectronicsCenter Forward LED Light Bar on T-TopFactory-Installed Garmin® 30XO Premium Fish Package: Two 16" GPSMAP® 8616 XSV Multi-Touch Chartplotter/Sonar Displays, VHF 215 AIS Radio with Dual 8' Antennas, Garmin® GT12M-THF CHIRP Transducer, Black Flushmount Electronics Face and Remote MicMulti-Colored Underwater LED Lights (2)Fishing UpgradesSecond 29 gal. Aft Livewell (Converted from Standard Aft Storage)Under Gunwale Rod Storage BoxesComfort &amp; ConvenienceEdson™ Wheel with Power Knob (Console)Forward Sun ShadeForward Sun Shade – Deep Gray</t>
+    <t>2026 Regulator 30XOMSRP: $446,630Options:Twin White Yamaha F350 4-Stroke Engines with DES Tilt Helm, DEC, and Electronic Key Switch with Wireless Key FobHydraulic Jackplate with Helm Mounted Pro-Trim Control36-Amp Battery Charger with 25' CordTrolling Motor READYYamaha EX Autopilot with Waypoint DecelerationFeatured Hull Color – Entire HullAbaco Sky (Blue Tone White) (1a Color Choice)NO STRIPING (Bootstriping option)Standard White Upholstery30XO Tackle &amp; Entertainment Center with Corian® Countertop, Removable Cutting Board, Tackle Storage, Waste Basket, Freshwater Wash Down, and (10) Rocket LaunchersDiamond Quilted UpholsteryTeak AccentsCenter Forward LED Light Bar on T-TopFactory-Installed Garmin® 30XO Premium Fish Package: Two 16" GPSMAP® 8616 XSV Multi-Touch Chartplotter/Sonar Displays, VHF 215 AIS Radio with Dual 8' Antennas, Garmin® GT12M-THF CHIRP Transducer, Black Flushmount Electronics Face and Remote MicMulti-Colored Underwater LED Lights (2)Second 29 gal. Aft Livewell (Converted from Standard Aft Storage)Under Gunwale Rod Storage BoxesEdson™ Wheel with Power Knob (Console)Forward Sun Shade – Deep Gray</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-regulator-30xo687676f21818e61dba035f3d</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176062273546817898468f0f88f4bf94.png</t>
   </si>
   <si>
     <t>687672febe367f384f0612c1</t>
   </si>
   <si>
     <t>2026 Regulator 35</t>
   </si>
   <si>
-    <t>2026 Regulator 35Storm GrayMSRP: $873,030Included Power OptionTriple White Yamaha Offshore F350 4-Stroke Engines with DES Tilt Helm and DEC Includes:Helm Master™ EX Joystick with Multimode Set Point™EX Autopilot with Waypoint DecelerationElectronic Key Switch with Wireless FobPower &amp; SystemsArid Bilge Systems Series 2 (12V, 2-Zone)Dometic DG3 Gyro Stabilization SystemMarine-Grade 110V 8kBTU HVAC Conditioning System with Reverse-Cycle Heat, (4) Helm Vents, Interior Cabin Vent, and InverterT-Top &amp; TowerT-Top Underside to Match Hull SidesSeating &amp; Upholstery – Color SelectionDove Gray UpholsterySeating &amp; UpholsteryDiamond Quilted UpholsteryFiberglass Sun Bed w/ Magnetic Filler CushionFlush-Folding Center Forward Seat with Magnetic Cushion at BowElectronics(2) Inductive Cell Phone Charger Cubbies at Bow Seating(2) Inductive Cell Phone Chargers: (1) at Helm; (1) Inside ConsoleAdditional T-Top Garmin® 12" GPSMAP® 1243 XSV Touchscreen ChartplotterElectric Anchor Light and Antenna MountsEntertainment Upgrade PackageFactory-Installed Garmin® GMR™ Fantom 54 Open-Array RadarFactory-Installed Garmin® GT36UHD-TM Ultra High-Def ClearVü and SideVü TransducerFactory-Installed Garmin® GXM™ 54 SiriusXM® Marine Weather Receiver UpgradeMulti-Colored Underwater LED Lights (2)Fishing Upgrades(2) Electric Reel Hook-Ups(4) Conventional Transom Rod Holders(6) Additional Midship Gunwale Conventional Rod Holders(6) Aft Gunwale Cup Holder Rod HoldersClear Acrylic Livewell WindowQuick-Release Under Gunwale Gaff HolderRefrigerated Port Aft In-Deck FishboxUnder Gunwale Rod/Brush StorageComfort &amp; ConvenienceBucket Holder with (2) BucketsEdson™ Elite Carbon Wheel w/ Power KnobGray Helm Pad with Black Regulator Logo and 35-Branded Footrest PadsPhender Pro™ with (4) Quick-Release Fender CleatsThrough Stem Bow Roller with Anchor Windlass, Freshwater Washdown, Controls, Chain &amp; AnchorForward Sun ShadeForward Sun Shade – Deep GrayCoversHelm, Console, and Seating Canvas Covers – Deep GrayColor OptionsFeatured Hull Color – Sides Only</t>
+    <t>2026 Regulator 35MSRP: $873,030Options: Triple White Yamaha Offshore F350 Four-Stroke Engines w/ DES Tilt Helm and DEC Includes: Helm Master EX Joystick w/ Multimode Set Point EX Autopilot w/ Waypoint DecelerationElectronic Key Switch w/ Wireless FobArid Bilge System Series 2 (12V, 2-Zone)Dometic DG3 Gyro Stabilization SystemMarine-Grade 110V 8kBTU HVAC Conditioning System with Reverse-Cycle Heat, (4) Helm Vents, Interior Cabin Vent, and InverterT-Top Underside to Match Hull SidesDove Gray UpholsteryDiamond Quilted UpholsteryFiberglass Sun Bed w/ Magnetic Filler CushionFlush-Folding Center Forward Seat w/ Magnetic Cushion at Bow(2) Inductive Cell Phone Charger Cubbies at Bow Seating(2) Inductive Cell Phone Chargers: (1) at Helm; (1) Inside ConsoleAdditional T-Top Garmin 12" GPSMAP® 1243 XSV Touchscreen ChartplotterElectric Anchor Light and Antenna MountsEntertainment Upgrade PackageFactory-Installed Garmin GMR Fantom 54 Open-Array RadarFactory-Installed Garmin GT36UHD-TM Ultra High-Def ClearVü and SideVü TransducerFactory-Installed Garmin GXM 54 SiriusXM Marine Weather Receiver UpgradeMulti-Colored Underwater LED Lights (2)(2) Electric Reel Hook-Ups(4) Conventional Transom Rod Holders(6) Additional Midship Gunwale Conventional Rod Holders(6) Aft Gunwale Cup Holder Rod HoldersClear Acrylic Livewell WindowQuick-Release Under Gunwale Gaff HolderRefrigerated Port Aft In-Deck FishboxUnder Gunwale Rod/Brush StorageBucket Holder with (2) BucketsEdson™ Elite Carbon Wheel w/ Power KnobGray Helm Pad with Black Regulator Logo and 35-Branded Footrest PadsPhender Pro™ with (4) Quick-Release Fender CleatsThrough Stem Bow Roller with Anchor Windlass, Freshwater Washdown, Controls, Chain &amp; AnchorForward Sun Shade – Deep GrayHelm, Console, and Seating Canvas Covers – Deep GrayFeatured Hull Color – Sides Only</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-regulator-35687672febe367f384f0612c1</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176062267719702057368f0f8552b6db.png</t>
   </si>
   <si>
     <t>68766cd63521baf3820c1ada</t>
   </si>
   <si>
-    <t>2026 Regulator 35Gulfstream BlueMSRP: $955,685Included Power OptionTriple White Yamaha Offshore F350 4-Stroke Engines w/ DES Tilt Helm and DEC, plus Helm Master™ EX Joystick, EX Autopilot, and Electronic Key Switch w/ Wireless Fob (included in base price)Power &amp; SystemsArid Bilge Systems Series 2 (12V, 2-Zone)Dometic DG3 Gyro Stabilization SystemMarine-Grade 110V 8kBTU HVAC Conditioning System with Reverse-Cycle Heat, (4) Helm Vents, Interior Cabin Vent, and InverterColor OptionsFeatured Hull Color – Sides OnlyT-Top &amp; TowerT-Top Underside to Match Hull SidesSeating &amp; UpholsteryDiamond Quilted UpholsteryFiberglass Sun Bed w/ Magnetic Filler CushionFlush-Folding Center Forward Seat with Magnetic Cushion at BowTeak Helm PodTeak Ladder-Back Helm Chairs, Helm Armrests, and Forward Settee ArmrestsElectronics(2) Inductive Cell Phone Charger Cubbies at Bow Seating(2) Inductive Cell Phone Chargers: (1) at Helm; (1) Inside ConsoleAdditional T-Top Garmin® 12" GPSMAP® 1243 XSV Touchscreen ChartplotterCenter Forward LED Light Bar on T-TopElectric Anchor Light and Antenna MountsEntertainment Upgrade Package: Fusion® Audio System w/ (10) Backlit Speakers, Subwoofer, Amps &amp; Wi-FiFactory-Installed Garmin® GMR™ Fantom 54 Open-Array RadarGarmin® GT36UHD-TM ClearVü and SideVü TransducerGarmin® GXM™ 54 SiriusXM® Marine Weather Receiver UpgradeMulti-Colored Underwater LED Lights (2)Fishing Upgrades(2) Electric Reel Hook-Ups(4) Conventional Transom Rod Holders(6) Additional Midship Gunwale Conventional Rod Holders(6) Aft Gunwale Cup Holder Rod HoldersClear Acrylic Livewell WindowQuick-Release Under Gunwale Gaff HolderRefrigerated Forward Settee CoolerRefrigerated Port Aft In-Deck FishboxUnder Gunwale Rod/Brush StorageComfort &amp; ConvenienceBucket Holder with (2) BucketsEdson™ Elite Carbon Wheel w/ Power KnobGray Helm Pad with Regulator Logo and 35-Branded Footrest PadsPhender Pro™ with (4) Quick-Release Fender CleatsThrough Stem Bow Roller w/ Anchor Windlass, Chain, Anchor, Controls &amp; Freshwater WashForward Sun ShadeForward Sun Shade – Deep GrayCanvas CoversHelm, Console, and Seating Canvas Covers – Deep Gray</t>
+    <t>2026 Regulator 35MSRP: $955,685Option:Triple White Yamaha Offshore F350 4-Stroke Engines w/ DES Tilt Helm and DEC, plus Helm Master™ EX Joystick, EX Autopilot, and Electronic Key Switch w/ Wireless Fob (included in base price)Arid Bilge Systems Series 2 (12V, 2-Zone)Dometic DG3 Gyro Stabilization SystemMarine-Grade 110V 8kBTU HVAC Conditioning System with Reverse-Cycle Heat, (4) Helm Vents, Interior Cabin Vent, and InverterFeatured Hull Color – Sides OnlyT-Top Underside to Match Hull SidesDiamond Quilted UpholsteryFiberglass Sun Bed w/ Magnetic Filler CushionFlush-Folding Center Forward Seat with Magnetic Cushion at BowTeak Helm PodTeak Ladder-Back Helm Chairs, Helm Armrests, and Forward Settee ArmrestsInductive Cell Phone Charger Cubbies at Bow Seating (2)(2) Inductive Cell Phone Chargers: (1) at Helm; (1) Inside ConsoleAdditional T-Top Garmin® 12" GPSMAP® 1243 XSV Touchscreen ChartplotterCenter Forward LED Light Bar on T-TopElectric Anchor Light and Antenna MountsEntertainment Upgrade Package: Fusion® Audio System w/ (10) Backlit Speakers, Subwoofer, Amps &amp; Wi-FiFactory-Installed Garmin® GMR™ Fantom 54 Open-Array RadarGarmin® GT36UHD-TM ClearVü and SideVü TransducerGarmin® GXM™ 54 SiriusXM® Marine Weather Receiver UpgradeMulti-Colored Underwater LED Lights (2)(2) Electric Reel Hook-Ups(4) Conventional Transom Rod Holders(6) Additional Midship Gunwale Conventional Rod Holders(6) Aft Gunwale Cup Holder Rod HoldersClear Acrylic Livewell WindowQuick-Release Under Gunwale Gaff HolderRefrigerated Forward Settee CoolerRefrigerated Port Aft In-Deck FishboxUnder Gunwale Rod/Brush StorageBucket Holder with (2) BucketsEdson™ Elite Carbon Wheel w/ Power KnobGray Helm Pad with Regulator Logo and 35-Branded Footrest PadsPhender Pro™ with (4) Quick-Release Fender CleatsThrough Stem Bow Roller w/ Anchor Windlass, Chain, Anchor, Controls &amp; Freshwater WashForward Sun Shade – Deep GrayHelm, Console, and Seating Canvas Covers – Deep Gray</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-regulator-3568766cd63521baf3820c1ada</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176062256915349684268f0f7e9a3df1.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1761330124187330615368fbc3cce3ae9.png</t>
   </si>
   <si>
     <t>68656f92c1231f7609008b18</t>
   </si>
   <si>
     <t>2018 NauticStar 243 DC</t>
   </si>
   <si>
-    <t>2018 NauticStar 243DC $43,0002018 Yamaha 250 - 297 hrsOPTIONS:Simrad Go5 5” Touch Screen Fish FinderSport Deck Plumbed LivewellTonneau and Cockpit CoverOverboard Waste Discharge3 Piece Bow Filler CushionsElectric Flush ToiletTransom ShowerDual Battery Switch Color Match BiminiStainless Steel PropOverviewThe 2018 Nauticstar 243 DC is a 24.25-foot deckboat that perfectly balances sporty performance with ample space for relaxation and entertainment. As a dual console model, it offers the flexibility and comfort that families and boating enthusiasts crave. This Nauticstar boat for sale is in used condition, reflecting its well-loved status and proven reliability on the water. Whether you are planning a day of cruising, water sports, or simply soaking up the sun, the 243 DC is engineered to meet your every need.</t>
+    <t>2018 NauticStar 243DC $43,000Options:2018 Yamaha 250 (297 Hous)Simrad Go5 5” Touch Screen Fish FinderSport Deck Plumbed LivewellTonneau and Cockpit CoverOverboard Waste Discharge3 Piece Bow Filler CushionsElectric Flush ToiletTransom ShowerDual Battery Switch Color Match BiminiStainless Steel PropThe 2018 Nauticstar 243 DC is a 24.25-foot deckboat that perfectly balances sporty performance with ample space for relaxation and entertainment. As a dual console model, it offers the flexibility and comfort that families and boating enthusiasts crave. This Nauticstar boat for sale is in used condition, reflecting its well-loved status and proven reliability on the water. Whether you are planning a day of cruising, water sports, or simply soaking up the sun, the 243 DC is engineered to meet your every need.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2018-nauticstar-243-dc68656f92c1231f7609008b18</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176062174173451030768f0f4ad3a512.png</t>
   </si>
   <si>
     <t>68629386b7881559f2089956</t>
   </si>
   <si>
     <t>2026 Sea Hunt Gamefish 28 Coffin Box</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Gamefish 28 Coffin BoxStandard:POWERTwin Yamaha F300 XSB2Yamaha Saltwater Series PropLEANING POSTMezzanine Fiberglass Leaning Post w/ Captains ChairsSTEERINGYamaha Electric SteeringYamaha tilt helmELECTRONICSDual 16" Garmin GPSMAP 8616xsv Package w/ VHFYamaha CL5 Touchscreen DisplayYamaha Auto PilotUpgraded JL Audio Waterproof Stereo w/BluetoothWireless Phone ChargerDual Battery SwitchUnderwater LED LightsINTERIORWhite InteriorCUSHIONSBow BolstersCockpit BolstersTOPSFiberglass T-Top w/ Mister SystemPowder Coat PackageOTHERSide Entry DoorBennett Trim Tabs w/ IndicatorsChina ToiletWindlass AnchorRear Bench SeatOptionalLEANING POSTBattle Station Leaning Post w/ Captains ChairsELECTRONICSYamaha Helm Master w/ Setpoint &amp; AutopilotTOPST-Top Underside ColorKingfish Rod HoldersINTERIORTan InteriorGray InteriorDeluxe Diamond StitchCUSHIONS &amp; CANVASCockpit Storage DrapeDash CoverLeaning Post CoverShrink WrapCoffin Box CoverOTHERGemlux Deluxe Outrigger Kit &amp; ShadeSide Entry Ladder &amp; HolderRecirculating Livewell</t>
+    <t>2026 Sea Hunt Gamefish 28 Coffin BoxBuild Slot Available!Starting: $231,592Standard Options:Twin Yamaha F300 XSB2Yamaha Saltwater Series PropMezzanine Fiberglass Leaning Post w/ Captains ChairsYamaha Electric SteeringYamaha tilt helmDual 16" Garmin GPSMAP 8616xsv Package w/ VHFYamaha CL5 Touchscreen DisplayYamaha Auto PilotUpgraded JL Audio Waterproof Stereo w/BluetoothWireless Phone ChargerDual Battery SwitchUnderwater LED LightsWhite InteriorBow BolstersCockpit BolstersFiberglass T-Top w/ Mister SystemPowder Coat PackageSide Entry DoorBennett Trim Tabs w/ IndicatorsChina ToiletWindlass AnchorRear Bench SeatOptionalBattle Station Leaning Post w/ Captains ChairsELECTRONICSYamaha Helm Master w/ Setpoint &amp; AutopilotTOPST-Top Underside ColorKingfish Rod HoldersINTERIORTan InteriorGray InteriorDeluxe Diamond StitchCUSHIONS &amp; CANVASCockpit Storage DrapeDash CoverLeaning Post CoverShrink WrapCoffin Box CoverOTHERGemlux Deluxe Outrigger Kit &amp; ShadeSide Entry Ladder &amp; HolderRecirculating Livewell</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-gamefish-28-coffin-box68629386b7881559f2089956</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176056242175956836968f00cf56ca9f.png</t>
   </si>
   <si>
     <t>68628fa36dc1134d1904e8f2</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 265SEN.A.P $166,513Options: Twin F200XSA2'sTilt Yamaha Electric SteeringUltra Mezzanine Fiberglass Leaning Post w/Captains ChairsBow BackrestsBow Filler CushionHardtop w/Ice Blue UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsRecirculating Livewell (per Livewell)WindlassSide Entry Ladder w/Ladder HolderGARMIN Dual 12" Electronics Package w/VHF*Ice Blue Hull*Yamaha Reliance Props</t>
+    <t>2026 Sea Hunt Ultra 265SEN.A.P $166,513(Does Not Include Prep &amp; Freight)Options: Twin F200XSA2'sTilt Yamaha Electric SteeringUltra Mezzanine Fiberglass Leaning Post w/Captains ChairsBow BackrestsBow Filler CushionHardtop w/Ice Blue UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsRecirculating Livewell (per Livewell)WindlassSide Entry Ladder w/Ladder HolderGARMIN Dual 12" Electronics Package w/VHF*Ice Blue Hull*Yamaha Reliance Props</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-265-se68628fa36dc1134d1904e8f2</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176062047479849619468f0efba1477d.png</t>
   </si>
   <si>
     <t>68628be8d0529fc5f50e05d4</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 235SEN.A.P $97,954F200XDTilt Seastar Hydraulic SteeringUltra Entertainment Leaning PostBow BackrestsHardtopPowder CoatingTrim Tabs w/IndicatorsUnderwater LightsRecirculating Livewell (per Livewell)Side Entry Ladder w/Ladder HolderTrolling Motor Plug &amp; Wiring HarnessPorta PottiGARMIN 12" Electronics Package w/VHFYamaha Reliance Prop</t>
+    <t>2026 Sea Hunt Ultra 235SEN.A.P $97,954Options:Yamaha F200XDTilt Seastar Hydraulic SteeringUltra Entertainment Leaning PostBow BackrestsHardtopPowder CoatingTrim Tabs w/ IndicatorsUnderwater LightsRecirculating Livewell (per Livewell)Side Entry Ladder w/ Ladder HolderTrolling Motor Plug &amp; Wiring HarnessPorta PottiGARMIN 12" Electronics Package w/ VHFYamaha Reliance Prop</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-235se68628be8d0529fc5f50e05d4</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176062040552998885368f0ef752c04b.png</t>
   </si>
   <si>
     <t>685eebc4407244a0490c3515</t>
   </si>
   <si>
-    <t xml:space="preserve">2025 Sea Hunt Gamefish 25N.A.P. $171,538(Excludes Prep &amp; Freight)Options:Twin F200XSA2'sTilt Yamaha Electric SteeringBait Tank Leaning Post w/Captains ChairsRear Bench SeatBow Table (Telescoping)Bow BackrestsHardtop w/Slate Blue Underside w/KingfishPowder CoatingTrim Tabs w/IndicatorsUnderwater LightsWindlassRecirculating Livewell (per Livewell)Side Entry Ladder w/Ladder HolderGARMIN Dual 12" Electronics Package w/VHFYamaha Auto Pilot*Deluxe Diamond Stitch**Slate Blue Hull*Yamaha Reliance PropsThis GameFish series delivers exactly what serious fishermen demand in a sportfishing center console boat.  These boats come ready to fish with standard features such as multiple insulated fishboxes and livewells, cockpit and bow bolsters, all stainless hardware and Yamaha Digital Command Link Gauges.  The Gamefish 25, 27, and 30 have side entry doors, recessed trim tabs, and hydraulic steering as standard equipment as well.  The cockpits are designed to have abundant room for 360° of fishing.  These hulls deliver soft dry rides second to none.  </t>
+    <t xml:space="preserve">2026 Sea Hunt Gamefish 25N.A.P. $171,538(Does Not Include Prep &amp; Freight)Options:Twin F200XSA2'sTilt Yamaha Electric SteeringBait Tank Leaning Post w/Captains ChairsRear Bench SeatBow Table (Telescoping)Bow BackrestsHardtop w/Slate Blue Underside w/KingfishPowder CoatingTrim Tabs w/IndicatorsUnderwater LightsWindlassRecirculating Livewell (per Livewell)Side Entry Ladder w/Ladder HolderGARMIN Dual 12" Electronics Package w/VHFYamaha Auto Pilot*Deluxe Diamond Stitch**Slate Blue Hull*Yamaha Reliance PropsThis GameFish series delivers exactly what serious fishermen demand in a sportfishing center console boat.  These boats come ready to fish with standard features such as multiple insulated fishboxes and livewells, cockpit and bow bolsters, all stainless hardware and Yamaha Digital Command Link Gauges.  The Gamefish 25, 27, and 30 have side entry doors, recessed trim tabs, and hydraulic steering as standard equipment as well.  The cockpits are designed to have abundant room for 360° of fishing.  These hulls deliver soft dry rides second to none.  </t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-gamefish-25685eebc4407244a0490c3515</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760620275141814515268f0eef3ed19e.png</t>
   </si>
   <si>
     <t>6851b7027e682a750f0d63e4</t>
   </si>
   <si>
-    <t>Build Slot Available!Our Ultra Series was created for families desiring the “Ultra” experience on the water! Sea Hunt delivers the most comfortable and functional center consoles in the industry with our Ultra Line. With its cushioned rear bench seating and oversized bow area, it’s easy to sit back and enjoy pleasure cruising and sandbar hopping. Rod holders and livewells instantly turn the Ultra into the most comfortable fishing boat on the water!</t>
+    <t>2026 Sea Hunt Ultra 265 SEBuild Slot Available!Our Ultra Series was created for families desiring the “Ultra” experience on the water! Sea Hunt delivers the most comfortable and functional center consoles in the industry with our Ultra Line. With its cushioned rear bench seating and oversized bow area, it’s easy to sit back and enjoy pleasure cruising and sandbar hopping. Rod holders and livewells instantly turn the Ultra into the most comfortable fishing boat on the water!</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-265-se6851b7027e682a750f0d63e4</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176056194597583572968f00b199c280.png</t>
   </si>
   <si>
     <t>68472240ca368960450a8865</t>
   </si>
   <si>
     <t>2023 Robalo R270</t>
   </si>
   <si>
-    <t>2023 Robalo R270$200,000Options:Twin Yamaha F250XCV - 110 hours - Warranty until 9/5/2028Yamaha Helm MasterDual Garmin 8616Thru Hull TransducerUnderside Hard top to match hull sidesLeaning Post CoverPorcelain Head w/ overboard dischargeSeadek Helm MatWetbar/Bait Prep StationStainless Steel Anchor w/windlassStowable Side Entry Ladder</t>
+    <t>2023 Robalo R270$184,900Options:Twin Yamaha F250XCV - 110 hours - Warranty until 9/5/2028Yamaha Helm MasterDual Garmin 8616Thru Hull TransducerUnderside Hard top to match hull sidesLeaning Post CoverPorcelain Head w/ overboard dischargeSeadek Helm MatWetbar/Bait Prep StationStainless Steel Anchor w/windlassStowable Side Entry Ladder</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2023-robalo-r27068472240ca368960450a8865</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760621670115341618368f0f466ccf5c.png</t>
   </si>
   <si>
     <t>683e06475ffd382b4901c04c</t>
   </si>
   <si>
     <t>2012 Southwind 2600 Sport Deck</t>
   </si>
   <si>
-    <t>2012 Southwind 2600$49,999Options:2012 Yamaha 250 (712 Hours)Bluetooth StereoColor- BrownDigital ThrottleDuel Battery SwitchGPS/Depth SounderBimini TopMarine Head w/Holding TankFresh Water w/Cockpit SinkCockpit TableBow &amp; Stern Boarding LadderCooler</t>
+    <t>2012 Southwind 2600$39,900Options:2012 Yamaha 250 (712 Hours)Bluetooth StereoColor - BrownDigital ThrottleDuel Battery SwitchGPS/Depth SounderBimini TopMarine Head w/ Holding TankFresh Water w/ Cockpit SinkCockpit TableBow &amp; Stern Boarding LadderCooler</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2012-southwind-2600-sport-deck683e06475ffd382b4901c04c</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760621604144187740668f0f4245499d.png</t>
   </si>
   <si>
     <t>683620d0bb4a30b0310238ae</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 265SEN.A.P. $166,514Options:Twin F200XSA2'STilt Yamaha Electric SteeringUltra Mezzanine Fiberglass Leaning Post w/ Captains ChairsBow BackrestsBow Filler CushionHardtop w/Slate Blue UndersidePowder CoatingTrim Tabs w/ IndicatorsUnderwater LightsRecirculating LivewellsWindlass AnchorSide Entry Ladder w/ Ladder HolderGarmin Dual 12" Electronics Package w/VHF*Slate Blue Hull*Yamaha Reliance PropsYou buy a Sea Hunt Boat because of the standard features! The name says it all! Our Ultra Series was created for families desiring the "Ultra" experience on the water! Sea Hunt delivers the most comfortable and functional center consoles in the industry with our Ultra Line. With its cushioned rear bench seating, and oversized bow area (complete with bow backrests and cup holders), it's easy to sit back and enjoy pleasure cruising and sandbar hopping. Rod Holders and Livewells instantly turn the Ultra into the most comfortable fishing boat on the water! Added standard features include: wrap around bolsters, bow cushions, color screen waterproof stereo, Yamaha Digital Command Link Gauges; and more! Can you really have comfort, fun, and fishing in one boat? With the Ultra Series, you can!</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-265-se683620d0bb4a30b0310238ae</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176062015158642499968f0ee778c5bf.png</t>
   </si>
   <si>
-    <t>6830c697e3e056d0b2076536</t>
-[...28 lines deleted...]
-  <si>
     <t>67eecb1eddad0c4e180e5e94</t>
   </si>
   <si>
     <t>2025 Regulator 30XO</t>
   </si>
   <si>
-    <t>2025 2025 Regulator 30XOMSRP: $484,185Options:Yamaha V6  F350s w/DES Tilt Helm and DEC - Plus Helm Master® EX Joystick w/Multimode Set PointT and EX Autopilot w/ Waypoint DecelerationHydraulic Jackplate w/ Helm Mounted Pro-Trim Control 36 Amp Battery Charger with 25' CordSeakeeper RideT Auto Trim Tab SystemTrolling Motor READYFeatured Hull Color - Sides OnlyBootstriping - White/Charcoal/WhiteT-Top Underside to Match Hull SidesDove Gray Upholstery30XO Tackle &amp; Entertainment Center w/ Corain® Countertop, Removable Cutting Board, Tackle Storage, Waste Basket, and Freshwater Wash Down, with (10) Rocket Launchers built into AftDiamond Quilted UpholsteryTeak Accents2 Inductive Cell Phone Chargers: (1) at Helm; (1) InsideEntertainment Upgrade Package: Includes Fusion® Dynamically Calibrated System with (8) Premium Backlit Speakers, Subwoofer,AMPS and Intergated WifiFactory-Installed Garmin® 30XO Premium Fish Package: Two 16" GPSMAP® 8616 XSV Multi-Touch Widescreen Chartplotter/Sonar Displays, VHF 215 AIS Radio with Dual 8' Antennas, and Airmar® B150 CHIRP Transducer, Plus Black Flushmount Electronics Face and Remote MicMulti-Colored Underwater LED Lights (2)(10) Additional Forward Gunwale Cup Holder Rod HoldersDual 10' Power Pole BladesUnder Gunwale Locking Rod Storage BoxesEdsonT Wheel with Power Knob (Console)Gray Helm Pad w/ Black Regulator LogoPhender ProT with (4) Quick-Release Fender CleatsForward Sun ShadeHelm and Seating Canvas Covers (30XO WITHOUT Half Tower)Engine Canvas Covers</t>
+    <t>2025 2025 Regulator 30XOMSRP: $484,185(Does Not Include Prep &amp; Freight)Options:Yamaha V6  F350s w/DES Tilt Helm and DEC - Plus Helm Master® EX Joystick w/Multimode Set PointT and EX Autopilot w/ Waypoint DecelerationHydraulic Jackplate w/ Helm Mounted Pro-Trim Control 36 Amp Battery Charger with 25' CordSeakeeper RideT Auto Trim Tab SystemTrolling Motor READYFeatured Hull Color - Sides OnlyBootstriping - White/Charcoal/WhiteT-Top Underside to Match Hull SidesDove Gray Upholstery30XO Tackle &amp; Entertainment Center w/ Corain® Countertop, Removable Cutting Board, Tackle Storage, Waste Basket, and Freshwater Wash Down, with (10) Rocket Launchers built into AftDiamond Quilted UpholsteryTeak Accents2 Inductive Cell Phone Chargers: (1) at Helm; (1) InsideEntertainment Upgrade Package: Includes Fusion® Dynamically Calibrated System with (8) Premium Backlit Speakers, Subwoofer,AMPS and Intergated WifiFactory-Installed Garmin® 30XO Premium Fish Package: Two 16" GPSMAP® 8616 XSV Multi-Touch Widescreen Chartplotter/Sonar Displays, VHF 215 AIS Radio with Dual 8' Antennas, and Airmar® B150 CHIRP Transducer, Plus Black Flushmount Electronics Face and Remote MicMulti-Colored Underwater LED Lights (2)(10) Additional Forward Gunwale Cup Holder Rod HoldersDual 10' Power Pole BladesUnder Gunwale Locking Rod Storage BoxesEdsonT Wheel with Power Knob (Console)Gray Helm Pad w/ Black Regulator LogoPhender ProT with (4) Quick-Release Fender CleatsForward Sun ShadeHelm and Seating Canvas Covers (30XO WITHOUT Half Tower)Engine Canvas Covers</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-regulator-30xo67eecb1eddad0c4e180e5e94</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176062005375898810468f0ee155599b.png</t>
   </si>
   <si>
     <t>67eaf6bf3a1daa5f50014d9e</t>
   </si>
   <si>
     <t>2026 C-hawk 26CC</t>
   </si>
   <si>
-    <t>2026 C-hawk 26CCStarts At: $70,874 SAFETYBasic Flotation, Self-Bailing Cockpit w/ Non-Skid Surface, Stainless Steel Console Hand Rail, Enclosed TransomCOCKPIT &amp; DECKStainless Steel Rope Chocks, Cleats (5), Bow &amp; Stern Eyes, Rod Holders (4)Navigational Lighting, Heavy Duty Gunwale MoldingRigging Tube/Console to Stern, Battery/Storage Boxes (2), Bow StorageLeaning Post w/ Cushion &amp; 4 Rod Holders w/ Round BackAuto Bilge Pump, Enclosed TransomCONSOLE (#7 SPORT)Stainless Steel Console Hand Rail, Forward Console Seating w/ CushionsForward Console Cooler/Fish Box, Rear Console Storage w/ DoorHydraulic Steering, Stainless Steel Steering WheelSwitch Panel, Plexiglass Windshield, Vertical Rod Holders (6)SPECIFICATIONSLength: 25’9”, Beam: 8’9”, Draft: 18”, Dry Weight: 3100 lbs.Cockpit Depth: 33” Fwd | 23” Aft, Fuel Capacity: 167 GalMax HP: 400 H.P., Deadrise: 17°, Transom: FullADDITIONAL OPTIONSOutboard Bracket (Single/Single w/ Platform, Twin/Twin w/ Platform)Add Ladder, Lenco Trim Tabs, Lenco Trim Tabs w/ LED SwitchFull Transom, Fish Box in Stern (full transom only)Deluxe Captain’s Chairs (2) (Exchange for Leaning Post)Colored Hull, White Rub Rail w/ SS Insert, Pop-Up Bow LightFlush Mount Cleat 8”Mercury, Honda, Suzuki Pre Rig (Throttle &amp; Shift, Cables, Key Switch, Wiring Harness, Tach, Fuel Gauges)T-Top w/ Electronics Box, (Canvas) Large Heavy DutyStern Light on T-Top, Pulpit (Includes Bow Rail Pulpit Loop)Cut Transom 25” Twin Build UpLivewell Tank &amp; Plumbing in Leaning PostRaw Water Wash Down w/o Live Well or With Live WellDeluxe Combination BatteryBoxes/Livewell (w/o Plumbing) (w/ Plumbing)Single Engine Cut Transom OnlySS Bow Rail</t>
+    <t>2026 C-hawk 26CCStarts At: $70,874SafetyBasic Flotation, Self-Bailing Cockpit w/ Non-Skid Surface, Stainless Steel Console Hand Rail, Enclosed TransomCockpit &amp; DeckStainless Steel Rope Chocks, Cleats (5), Bow &amp; Stern Eyes, Rod Holders (4)Navigational Lighting, Heavy Duty Gunwale MoldingRigging Tube/Console to Stern, Battery Storage Boxes (2), Bow StorageLeaning Post w/ Cushion &amp; Rod Holders (4) w/ Round BackAuto Bilge Pump, Enclosed TransomConsole (#7 Sport)Stainless Steel Console Hand Rail, Forward Seating w/ CushionsForward Console Cooler/ Fish Box, Rear Console Storage w/ DoorHydraulic Steering, Stainless Steel Steering WheelSwitch Panel, Plexiglass Windshield, Vertical Rod Holders (6)SpecificationsLength: 25'9"Beam: 8'9"Draft: 18"Dry Weight: 3100 lbs.Cockpit Depth: 33" Fwd, 23" AftFuel Capacity: 167 galMax HP: 400HP, Deadrise 17°, Transom: FullAdditional OptionsOutboard Bracket (Single/Single w/ Platform, Twin/Twin w/Platform)Add Ladder, Leco Trim Tabs, Lenco Trim Tabs w/ LED SwitchFull Transom, Fish Box in Stern (Full Transom Only)Deluxe Captain's Chairs (2) (Exchange for Leaning Post)Colored Hull, White Rub Rail w/ SS Insert, Pop-Up Bow LightFlush Mount Cleat 8"Mercury, Honda, Suzuki Pre Rig (Throttle &amp; Shift, Cables, Key Switch, Wiring Harness, Tach, Fuel Gauges)T-Top w/ Electronics Box, (Canvas) Large Heavy DutyStern Light on T-Top, Pulpit (Includes Bow Rail Pulpit Loop)Cut Transom 25" Twin Build UpLivewell Tank &amp; Plumbing in Leaning PostRaw Water Wash Down w/o Livewell or w/ LivewellDeluxe Combination BatteryBoxes/Livewell (w/o Plumbing) (w/ Plumbing)Single Engine Cut Transom Only SS Bow Rail</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-c-hawk-26cc67eaf6bf3a1daa5f50014d9e</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760561499124193550768f0095bc18df.png</t>
   </si>
   <si>
     <t>67eaf59a2333dac97a0242b9</t>
   </si>
   <si>
     <t>2026 C-hawk 23CC</t>
   </si>
   <si>
-    <t>2026 C-hawk 23CCStarts at: $46,172SAFETYBasic Flotation, Self-Bailing Cockpit w/ Non-Skid Surface, Stainless Steel Console Hand Rail COCKPIT &amp; DECKStainless Steel Rope Chocks, Cleats (5), Bow &amp; Stern Eyes, Rod Holders (4)Navigational Lighting, Heavy Duty Gunwale MoldingRigging Tube/Console to Stern, Battery/Storage Boxes (2), Bow StorageLeaning Post 3 rod, Auto Bilge Pump CONSOLE (#9 SPORT)Stainless Steel Console Hand Rail, Forward Console Seating w/ CushionsForward Console Cooler/Fish Box, Rear Console Storage w/ DoorHydraulic Steering, Stainless Steel Steering WheelSwitch Panel, Plexiglass Windshield, Vertical Rod Holders (6) SPECIFICATIONSLength: 22’4”, Beam: 8’, Draft: 12”, Dry Weight: 2430 lbs.Cockpit Depth: 22” Fwd | 20” Aft, Fuel Capacity: 66 GalMax HP: 225 H.P., Deadrise: 14°, Transom: 25” ADDITIONAL OPTIONSOutboard Bracket (Single w/ Platform), Add Ladder, Full TransomStern Fish Box, Splash Board (Poly), Leaning Post (exchange for chairs)Large Leaning Post w/ Livewell Tank &amp; PlumbingColored Hull, SS Bow Rail, Lenco Trim Tabs, White Rub Rail w/ SS InsertPop-Up Bow Light, Flush Mount Cleat 8”Mercury, Honda, Suzuki Pre Rig (Throttle &amp; Shift, Cables, Key Switch, Wiring Harness, Tach, Fuel Gauges)T-Top w/ Canvas Top, Heavy Duty T-Top, Electronics Box6 Rod Rocket Launcher, Stern Light on T-Top86 Gallon Fuel Tank (Exchange for 66 Gal)Raw Water Washdown w/ or w/o Live WellFwd Fish Boxes &amp; Cushions, Aft Box Cushions</t>
+    <t>2026 C-hawk 23CCStarts at: $46,172Build Slot Available!Options:SafetyBasic Flotation, Self-Bailing Cockpit w/ Non-Skid Surface, Stainless Steel Console Hand RailCockpit &amp; DeckStainless Steel Rope Chocks, Cleats (5), Bow &amp; Stern Eyes, Rod Holders (4)Navigational Lighting, Heavy Duty Gunwale MoldingRigging Tube/Console to Stern, Battery/Storage Boxes (2), Bow StorageLeaning Post 3 Rod, Auto Bilge PumpConsole (#9 Sport)Stainless Steel Console Hand Rail, Forward Console Seating w/ CushionsForward Console Cooler/Fish Box, Rear Console Storage w/DoorHydraulic Steering, Stainless Steel Steering WheelSwitch Panel, Plexiglass Windshield, Vertical Rod Holders (6)SpecificationsLength: 22'4"Beam: 8'Draft: 12"Dry Weight: 2430 lbs.Cockpit Depth: 22" Fwd, 20" Aft, Fuel Capacity 66 galMax HP: 225HP, Deadrise 14°, Transom: 25"Additional OptionsOutboard Bracket (Single w/ Platform), Add Ladder, Full TransomStern Fish Box, Splash Board (Poly), Leaning Post (Exchange for Chairs)Leaning Post w/ Livewell Tank &amp; PlumbingColored Hull, SS Bow Rail, Lenco Trim Tabs, White Rub Rail w/ SS InsertPop-Up Bow Light, Flush Mount Cleat 8"Mercury, Honda, Suzuki Pre Rig (Throttle &amp; Shift, Cables, Key Switch, Wiring Harness, Tach, Fuel Gauges)T-Top w/ Canvas Top, Heavy Duty T-Top, Electronics Box6 Rod Rocket Launcher, Stern Light on T-Top86 Gallon Fuel Tank (Exchange for 66 Gallon)Raw Water Washdown w/or w/o LivewellFwd Fish Boxes &amp; Cushions, Aft Box Cushions</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-c-hawk-23cc67eaf59a2333dac97a0242b9</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176056141469113994668f00906403cd.png</t>
   </si>
   <si>
-    <t>67d1c3d5706f80c1e1057f4d</t>
-[...13 lines deleted...]
-  <si>
     <t>67cf2563759829ca6008e70d</t>
   </si>
   <si>
-    <t>Build Slot Available!2026 Sea Hunt Ultra 245SE Yamaha F300XS B2Ultra Entertainment Leaning PostColor to Underside of Fiberglass T-TopSide Entry Ladder w/ Ladder HolderRecirculating Livewell (per Livewell)GARMIN 12" Electronics Package w/VHF Hull ColorYamaha Saltwater series prop</t>
+    <t>Build Slot Available!2026 Sea Hunt Ultra 245SEYamaha F300XSB2Ultra Entertainment Leaning PostColor to Underside of Fiberglass T-TopSide Entry Ladder w/ Ladder HolderRecirculating Livewell (per Livewell)Garmin 12" Electronics Package w/ VHFHull ColorYamaha Saltwater Series Prop</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-245se67cf2563759829ca6008e70d</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760561833209770356568f00aa968fa5.png</t>
   </si>
   <si>
     <t>67ab58311c4f2d7d860ee397</t>
   </si>
   <si>
     <t>2024 Monterey 305SS</t>
   </si>
   <si>
     <t>2024 Monterey 305SS$225,00020 Hour Service CompletedOptions: Twin Mercury 250XXL Verado DTS BLACK – 20 HoursAdd Mercury JPO TwinPhender Pro Holders (4)Anchor Windlass W/Stainless Steel Anchor, Rope &amp; ChainElectric Wakeboard Tower White or Black (Includes Wakeboard Bimini)Under Water LED LightsBow &amp; Cockpit CoverCockpit TableCockpit Drawer Refrigerator - DC (WetBar Option Required)GPS Chartplotter(Simrad GO7 XSE)Sirius Satellite Pkg (Includes Antenna &amp; Receiver)Stern Mounted Stereo RemotePremium Stereo Upg Pkg (Includes Subwoofer W/Led Lights &amp; 4 Ch. Amplifier)Wet Bar w/Solid Surface Insert, Sink, Faucet, &amp; Trash ReceptaclesBow Filler CushionsElectric Head System W/Holding TankMacerator W/Overboard Discharge (258SS, 278SS, &amp; 298 Req Elec. Head)</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2024-monterey-305ss67ab58311c4f2d7d860ee397</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760621333173155322968f0f31516c0f.png</t>
   </si>
   <si>
     <t>67911bc18c4a812da100ef5f</t>
   </si>
   <si>
     <t>2025 Regulator 26 XO</t>
   </si>
   <si>
-    <t>2025 Regulator 26XOCarolina BlueOptions: Single White Yamaha XTO Offshore® 450 4-Stroke Engine with DES Tilt Helm, DEC, and EX Autopilot with Waypoint DecelerationHydraulic Extreme Jackplate20-Amp Battery Charger with 25' CordFeatured Hull Color – Sides OnlyBootstriping: White/Charcoal/WhiteT-Top Rocket LauncherT-Top Underside to Match Hull SidesStandard White UpholsteryDiamond Quilted UpholsteryInductive Cell Phone Chargers in Recessed Console TraysEntertainment Upgrade Package: Includes Fusion® Dynamically Calibrated System with (8) Premium Backlit Speakers, Subwoofer, Amps, and Integrated Wi-FiFactory-Installed Garmin® 26XO Premium Fish Package: Includes Dual 12" GPSMAP® 8612 XSV Touchscreen Displays, Garmin® GT 12M-THF CHIRP Transducer, VHF 215 Radio with 8' Antenna2 Conventional Transom Rod Holders6 Additional Forward Gunwale Cup Holder Rod HoldersDual 10' Power Pole BladesEdson™ Wheel with Power KnobHead with Holding Tank and Electric Tank PumpoutPhender Pro™ with (4) Quick-Release Fender CleatsForward Sun Shade - Deep GrayHelm, Console and Seating Canvas Covers - Deep Gray A hybrid center console built for adventure. New optional half tower, single Yamaha 450, multiple casting platforms, built-in coolers, stand-up head compartment, forward sun shade option, and optional removable watersports tow bar allow you to fish and play all day.</t>
+    <t>2025 Regulator 26XO$284,705(Does Not Include Prep &amp; Freight)Options: Single White Yamaha XTO Offshore® 450 4-Stroke Engine with DES Tilt Helm, DEC, and EX Autopilot with Waypoint DecelerationHydraulic Extreme Jackplate20-Amp Battery Charger with 25' CordFeatured Hull Color – Sides OnlyBootstriping: White/Charcoal/WhiteT-Top Rocket LauncherT-Top Underside to Match Hull SidesStandard White UpholsteryDiamond Quilted UpholsteryInductive Cell Phone Chargers in Recessed Console TraysEntertainment Upgrade Package: Includes Fusion® Dynamically Calibrated System with (8) Premium Backlit Speakers, Subwoofer, Amps, and Integrated Wi-FiFactory-Installed Garmin® 26XO Premium Fish Package: Includes Dual 12" GPSMAP® 8612 XSV Touchscreen Displays, Garmin® GT 12M-THF CHIRP Transducer, VHF 215 Radio with 8' Antenna2 Conventional Transom Rod Holders6 Additional Forward Gunwale Cup Holder Rod HoldersDual 10' Power Pole BladesEdson™ Wheel with Power KnobHead with Holding Tank and Electric Tank PumpoutPhender Pro™ with (4) Quick-Release Fender CleatsForward Sun Shade - Deep GrayHelm, Console and Seating Canvas Covers - Deep Gray A hybrid center console built for adventure. New optional half tower, single Yamaha 450, multiple casting platforms, built-in coolers, stand-up head compartment, forward sun shade option, and optional removable watersports tow bar allow you to fish and play all day.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-regulator-26-xo67911bc18c4a812da100ef5f</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176064378615006196568f14acac6e68.png</t>
   </si>
   <si>
     <t>6772b81b1a7ceea36c0ebc38</t>
   </si>
   <si>
     <t>2026 Regulator 25</t>
   </si>
   <si>
     <t>2026 Regulator 25MSRP: $293,145Options:Twin Yamaha F250 4-Stroke Engines with DES Tilt Helm and DEC20-Amp  Batterv Charger with 25' CordT-Top Rocket LauncherAll White Entire HullStandard White Upholstery2X Deluxe Tackle CenterFactory-Installed Garmin® Premium Fish PackageBucket Holder with /2) BucketsCockpit Freshwater Engine FlushPhender ProT with /4) Quick-Release Fender CleatsThrough Stem Bow Roller w/ Anchor Windlass, Remote SwitchRemovable Forward Seat Backrests (2)Multi-Colored Underwater LED LightsTrolling  Motor ReadySpecificationsLOA : 25' 2"LOA W/ BRACKET &amp; ENGINES : 30' 0"BEAM : 8' 10"FUEL CAPACITY : 160 GALDRAFT : 22” ENGINES UPDRAFT : 34.5” ENGINES DOWNTOTAL FISHBOX &amp; STORAGE CAPACITY : 1058 QTSOPTIONAL HEAD W/ HOLDING TANK : 9 GALFRESHWATER TANK : 20 GALTOTAL LIVEWELL CAPACITY: 46 GAL</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-regulator-256772b81b1a7ceea36c0ebc38</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176061956399178844268f0ec2baa3f2.png</t>
   </si>
   <si>
     <t>6772b48e748801522f01b341</t>
   </si>
   <si>
     <t>2025 Regulator 31</t>
   </si>
   <si>
-    <t xml:space="preserve">2025 Regulator 31- WhiteNow equipped with Twin Yamaha 450s and Seakeeper Ride. Massive cockpit, oversized Tackle Center, and optional Carbon Fiber Outriggers keep you on the fish, with every built-in comfort to keep you cool in any watersOptions:Twin White Yamaha XTO Offshore® 450 4-Stroke Engines withDES Tilt Helm and DEC - Plus Helm Master® EX Joystick w/Multimode Set PointT and EX Autopilot with WaypointDeceleration36-Amp Battery Charger with 25' CordSeakeeper® 2 Gyro Stabilization System READY (For Future Installation) BootStriping Navy/Charcoal/Navy T-Top Rocket Launcher T-Top Storage Compartment Dove Gray Upholstery Teak Accents  (2) Inductive Cell Phone Chargers in Recessed Console TraysEntertainment Upgrade Package: Includes Fusion® Dynamically Calibrated System with (10) Premium Backlit Speakers, Subwoofer, Amps, External Antenna, and Integrated Wi-Fi Factory-Installed Garmin® GMR™ Fantom 54 Open-Array Radar Factory-Installed Garmin® Offshore Package: Two 16" GPSMAP® 8616 XSV Multi-Touch Widescreen Chartplotter/Sonar Displays, VHF 215 AIS Radio w/ Dual 8' Antennas, GMR™ 424 xHD 4kW Open-Array Radar, Airmar® B275LHW w/ Wide Beam 1kW CHIRP Transducer, Yamaha EX Autopilot, and Black Flushmount Elec. &amp; Mic Multi-Colored Underwater LED Lights (2) (2) Conventional Transom Rod Holders (2) Electric Reel Hook-Ups (8) Additional Forward Gunwale Cup Holder Rod Holders Clear Lid w/ Etched Regulator Logo -- Starboard Side (Livewell Standard) Quick-Release Under Gunwale Gaff Holder Refrigerated Transom Fishbox Bucket Holder with (2) Buckets Cockpit Freshwater Engine Flush Hose Coil Racks (2) for Raw Water and Freshwater Wash Downs Phender Pro™ with (4) Quick-Release Fender CleatsThrough Stem Bow Roller w/ Anchor Windlass, Remote Switch, Chain and Anchor Automated Rear Shade - Navy Blue Forward Sun Shade - Navy Helm, Console and Seating Canvas Covers - Navy Engine Canvas Covers - Navy </t>
+    <t>2025 Regulator 31MSRP $597,165Options:Twin White Yamaha XTO Offshore® 450 4-Stroke Engines withDES Tilt Helm and DEC - Plus Helm Master® EX Joystick w/Multimode Set PointT and EX Autopilot with WaypointDeceleration36-Amp Battery Charger with 25' CordSeakeeper® 2 Gyro Stabilization System READY (For Future Installation) BootStriping Navy/Charcoal/Navy T-Top Rocket Launcher T-Top Storage Compartment Dove Gray Upholstery Teak Accents  (2) Inductive Cell Phone Chargers in Recessed Console TraysEntertainment Upgrade Package: Includes Fusion® Dynamically Calibrated System with (10) Premium Backlit Speakers, Subwoofer, Amps, External Antenna, and Integrated Wi-Fi Factory-Installed Garmin® GMR™ Fantom 54 Open-Array Radar Factory-Installed Garmin® Offshore Package: Two 16" GPSMAP® 8616 XSV Multi-Touch Widescreen Chartplotter/Sonar Displays, VHF 215 AIS Radio w/ Dual 8' Antennas, GMR™ 424 xHD 4kW Open-Array Radar, Airmar® B275LHW w/ Wide Beam 1kW CHIRP Transducer, Yamaha EX Autopilot, and Black Flushmount Elec. &amp; Mic Multi-Colored Underwater LED Lights (2) (2) Conventional Transom Rod Holders (2) Electric Reel Hook-Ups (8) Additional Forward Gunwale Cup Holder Rod Holders Clear Lid w/ Etched Regulator Logo -- Starboard Side (Livewell Standard) Quick-Release Under Gunwale Gaff Holder Refrigerated Transom Fishbox Bucket Holder with (2) Buckets Cockpit Freshwater Engine Flush Hose Coil Racks (2) for Raw Water and Freshwater Wash Downs Phender Pro™ with (4) Quick-Release Fender CleatsThrough Stem Bow Roller w/ Anchor Windlass, Remote Switch, Chain and Anchor Automated Rear Shade - Navy Blue Forward Sun Shade - Navy Helm, Console and Seating Canvas Covers - Navy Engine Canvas Covers - Navy</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-regulator-316772b48e748801522f01b341</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176061937839336385668f0eb72db6fe.png</t>
   </si>
   <si>
     <t>6772aa406dd7609e8506ca60</t>
   </si>
   <si>
-    <t>BUILD SLOT AVAILABLE2026 Sea Hunt Ultra 229Options:Yamaha F200XC Bait Tank Leaning Post w /flip up bolsters (exchange)Fiberglass T-Top w/ Mister System Powder Coating (T-Top and Seat) Trim Tabs w/ Indicators Underwater Lights Recirculating Livewell (per Livewell)Trolling Motor Plug &amp; Wiring HarnessPorta PottiGARMIN 12" Electronics Package w/VHFYamaha Reliance/GYT Series PropsYou buy a Sea Hunt Boat because of the standard features! he name says it all! Our Ultra Series was created for families desiring the "Ultra" experience on the water! Sea Hunt delivers the most comfortable and functional center consoles in the industry with our Ultra Line. With its cushioned rear bench seating, and oversized bow area (complete with bow backrests and cup holders), it's easy to sit back and enjoy pleasure cruising and sandbar hopping. Rod Holders and Livewells instantly turn the Ultra into the most comfortable fishing boat on the water! Added standard features include: wrap around bolsters, bow cushions, color screen waterproof stereo, Yamaha Digital Command Link Gauges; and more! Can you really have comfort, fun and fishing in one boat? With the Ultra Series, you can!</t>
+    <t>2026 Sea Hunt Ultra 229Build Slot Available!Options:Yamaha F200XC Bait Tank Leaning Post w /flip up bolsters (exchange)Fiberglass T-Top w/ Mister System Powder Coating (T-Top and Seat) Trim Tabs w/ Indicators Underwater Lights Recirculating Livewell (per Livewell)Trolling Motor Plug &amp; Wiring HarnessPorta PottiGARMIN 12" Electronics Package w/VHFYamaha Reliance/GYT Series PropsYou buy a Sea Hunt Boat because of the standard features! he name says it all! Our Ultra Series was created for families desiring the "Ultra" experience on the water! Sea Hunt delivers the most comfortable and functional center consoles in the industry with our Ultra Line. With its cushioned rear bench seating, and oversized bow area (complete with bow backrests and cup holders), it's easy to sit back and enjoy pleasure cruising and sandbar hopping. Rod Holders and Livewells instantly turn the Ultra into the most comfortable fishing boat on the water! Added standard features include: wrap around bolsters, bow cushions, color screen waterproof stereo, Yamaha Digital Command Link Gauges; and more! Can you really have comfort, fun and fishing in one boat? With the Ultra Series, you can!</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-2296772aa406dd7609e8506ca60</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760561581179687363068f009ade8d14.png</t>
   </si>
   <si>
     <t>676038c8085ed3bc4e008f6f</t>
   </si>
   <si>
     <t>2026 Jeanneau NC Weekender 1295 Coupe</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-nc-weekender-1295-coupe676038c8085ed3bc4e008f6f</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760561249174541774268f008612bcdd.png</t>
   </si>
   <si>
     <t>675c6c1bef10365a88092298</t>
   </si>
   <si>
     <t>2026 Jeanneau Leader 10.5 CC</t>
   </si>
   <si>
-    <t>Steering SystemJoystick Control</t>
+    <t>2026 Leader 10.5 CC*BUILD SLOT AVAILABLE*Experience unparalleled luxury and performance with the 2026 Jeanneau Leader 10.5 CC! This exceptional vessel is fully loaded with every option you could dream of, designed to elevate your boating adventures to new heights. And now, you can take advantage of our Demo Dealer Price Special – a fantastic opportunity to own this amazing boat at an unbeatable price, complete with full warranties!Key Features:Spacious Cockpit: Enjoy ample space for entertaining with a well-designed cockpit that includes a comfortable seating area, perfect for socializing or relaxing.Luxurious Cabin: Step inside the elegantly appointed cabin, featuring a convertible dinette, full galley, and a separate head compartment, ensuring comfort and convenience on every voyage.High-Performance Hull: Powered by twin engines, the 10.5 CC boasts superior handling , making it ideal for leisurely cruises Advanced Navigation: Equipped with state-of-the-art navigation systems, including a GPS plotter, fish finder, and autopilot, you’ll navigate with confidence and precision.Entertainment Systems: Enjoy the best in onboard entertainment with a premium sound system, flat-screen TV, and Bluetooth connectivity, keeping everyone entertained on the water.Fishing Ready: Fully outfitted for the avid angler, this boat includes rod holders, a livewell, and ample storage for all your fishing gear.Safety and Comfort: With features like a hardtop for shade, a swim platform for easy water access, and advanced safety systems, your comfort and security are top priorities.Don't miss your chance to own this extraordinary 2024 Jeanneau Leader 10.5 CC at our special demo dealer price. This offer includes full warranties, ensuring you have peace of mind and complete confidence in your purchase.Contact us today to schedule a viewing and see for yourself why this boat is a true standout!</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-leader-105-cc675c6c1bef10365a88092298</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760561125193958622968f007e568960.png</t>
   </si>
   <si>
     <t>672276476a05bfbed60ee4d0</t>
   </si>
   <si>
     <t>2025 Monterey M-65</t>
   </si>
   <si>
-    <t>2025 Monterey M-65 OB$135,000Color: ArcticOptions: Mercury 350XL V10 Verado DTSAdd Merc Cold Fusion White Engine Option Forward Shower w/Pressurized WaterPhender Pro Holders (4)Portlight Stainless Steel for Head Ventilation W/ ScreenSeadek Swim Platform InlayUnder Water LED LightsWakeboard TowerBow &amp; Cockpit CoverGPS ChartplotterPremium Stereo Upg PkgStern Mounted Stereo RemoteWet Bar w/SlideOut CoolerBow Filler CushionsPortside Forward/Aft Facing LoungerBattery Charger W/Deck PlugElectric Head System W/Holding TankMacerator With Overboard Discharge (Req Electric Head Option)Trim Tabs With Trim Tab Indicators Spacious, Suave, and stylish, the M65 offers a unique blend of performance and comfort. Standard features include an ergonomically designed helm station, spacious seating options with custom dedicated storage, Fusion Satellite Ready AM/FM Stereo, as well as a wet bar with solid surface top, sink, and faucet.  Add on the optional wakeboard tower to complete you’re on the water adventures!</t>
+    <t>2025 Monterey M-65 OBMSRP: $135,000Options: Mercury 350XL V10 Verado DTSAdd Merc Cold Fusion White Engine Option Forward Shower w/Pressurized WaterPhender Pro Holders (4)Portlight Stainless Steel for Head Ventilation W/ ScreenSeadek Swim Platform InlayUnder Water LED LightsWakeboard TowerBow &amp; Cockpit CoverGPS ChartplotterPremium Stereo Upg PkgStern Mounted Stereo RemoteWet Bar w/SlideOut CoolerBow Filler CushionsPortside Forward/Aft Facing LoungerBattery Charger W/Deck PlugElectric Head System W/Holding TankMacerator With Overboard Discharge (Req Electric Head Option)Trim Tabs With Trim Tab Indicators</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-monterey-m-65672276476a05bfbed60ee4d0</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176061931039231649568f0eb2e5fe51.png</t>
   </si>
   <si>
     <t>672273c2731b13db340cbdfe</t>
   </si>
   <si>
     <t>2025 Monterey M45 OB</t>
   </si>
   <si>
-    <t>2025 Monterey M45 OB$115,000Carolina BlueOptions:Mercury 300XXL Verado DTSAdd Merc Cold Fusion White Engine Option Forward Shower W/ Pressurized WaterPhender Pro Holders (4)Portlight Stainless Steel for Head Ventilation W/ ScreenSeadek Swim Platform InlayUnder Water LED LightsWakeboard Tower White or BlackBow &amp; Cockpit CoverGPS ChartplotterPremium Stereo Upg PkgStern Mounted Stereo RemoteBow Filler CushionsPortside Forward/Aft Facing LoungerBattery Charger W/Deck PlugPump Out Deck Fitting For ToiletTrim Tabs With Trim Tab IndicatorsSpacious, Suave, and stylish, the M45 offers a unique blend of performance and comfort. Standard features include an ergonomically designed helm station, spacious seating options with custom dedicated storage, Fusion Satellite Ready AM/FM Stereo, as well as a wet bar with solid surface top, sink, and faucet.  Add on the optional wakeboard tower to complete you’re on the water adventures!</t>
+    <t>2025 Monterey M45 OB$115,000Options:Mercury 300XXL Verado DTSAdd Merc Cold Fusion White Engine Option Forward Shower W/ Pressurized WaterPhender Pro Holders (4)Portlight Stainless Steel for Head Ventilation W/ ScreenSeadek Swim Platform InlayUnder Water LED LightsWakeboard Tower White or BlackBow &amp; Cockpit CoverGPS ChartplotterPremium Stereo Upg PkgStern Mounted Stereo RemoteBow Filler CushionsPortside Forward/Aft Facing LoungerBattery Charger W/Deck PlugPump Out Deck Fitting For ToiletTrim Tabs With Trim Tab IndicatorsSpacious, Suave, and stylish, the M45 offers a unique blend of performance and comfort. Standard features include an ergonomically designed helm station, spacious seating options with custom dedicated storage, Fusion Satellite Ready AM/FM Stereo, as well as a wet bar with solid surface top, sink, and faucet.  Add on the optional wakeboard tower to complete you’re on the water adventures!</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-monterey-m45-ob672273c2731b13db340cbdfe</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760619228136988732468f0eadc334ee.png</t>
   </si>
   <si>
     <t>67225b553074f564e10a644a</t>
   </si>
   <si>
-    <t>2025 Monterey M45 OB$115,000Options:Mercury 300XXL Verado DTSAdd Merc Cold Fusion White Engine Option Forward Shower W/ Pressurized WaterPhender Pro Holders (4)Portlight Stainless Steel for Head Ventilation W/ ScreenSeadek Swim Platform InlayUnder Water LED LightsWakeboard Tower White or BlackBow &amp; Cockpit CoverGPS ChartplotterPremium Stereo Upg PkgStern Mounted Stereo RemoteBow Filler CushionsPortside Forward/Aft Facing LoungerBattery Charger W/Deck PlugPump Out Deck Fitting For ToiletTrim Tabs With Trim Tab IndicatorsSpacious, Suave, and stylish, the M45 offers a unique blend of performance and comfort. Standard features include an ergonomically designed helm station, spacious seating options with custom dedicated storage, Fusion Satellite Ready AM/FM Stereo, as well as a wet bar with solid surface top, sink, and faucet.  Add on the optional wakeboard tower to complete you’re on the water adventures!</t>
-[...1 lines deleted...]
-  <si>
     <t>https://bonitaboatcenter.com/boat/2025-monterey-m45-ob67225b553074f564e10a644a</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176061912639545208568f0ea7641d5a.png</t>
   </si>
   <si>
     <t>67222da1749c5dd6540d9af4</t>
   </si>
   <si>
     <t>2025 Monterey Elite 27</t>
   </si>
   <si>
-    <t xml:space="preserve">In STOCK!2025 Monterey Elite 27Options-Mercury 400XXL V10 Verado DTSAdd Mercury Cold Fusion White Engine 250-400hpAnchor Windlass W/Stainless Steel Anchor, Rope &amp; ChainBow Boarding LadderPhender Pro Holders (4) Seadek Swim Platform InlayAft Seat CoverBow CoverBow ShadeHelm Seat CoverConsole CoverAir InflatorBow Filler CushionsElectric Head System W/Holding TankMacerator W/Overboard Discharge (Elite 27 &amp; Elite 30 Req Elec Head) The Monterey Elite 27 combines exceptional design with outstanding performance to deliver an unparalleled boating experience. Featuring sleek lines, premium materials, and state-of-the-art technology, this boat offers a spacious and comfortable layout ideal for both relaxation and adventure. With powerful engines and advanced navigation systems, the Elite 27 ensures a smooth, responsive ride. Elevate your time on the water with the refined luxury and superior craftsmanship of the Monterey Elite 27.  </t>
+    <t>2025 Monterey Elite 27N.A.P. $173,074(Does Not Include Prep &amp; Freight)Options:Mercury 400XXL V10 Verado DTSAdd Mercury Cold Fusion White Engine 250-400hpAnchor Windlass W/Stainless Steel Anchor, Rope &amp; ChainBow Boarding LadderPhender Pro Holders (4) Seadek Swim Platform InlayAft Seat CoverBow CoverBow ShadeHelm Seat CoverConsole CoverAir InflatorBow Filler CushionsElectric Head System W/Holding TankMacerator W/Overboard Discharge (Elite 27 &amp; Elite 30 Req Elec Head)The Monterey Elite 27 combines exceptional design with outstanding performance to deliver an unparalleled boating experience. Featuring sleek lines, premium materials, and state-of-the-art technology, this boat offers a spacious and comfortable layout ideal for both relaxation and adventure. With powerful engines and advanced navigation systems, the Elite 27 ensures a smooth, responsive ride. Elevate your time on the water with the refined luxury and superior craftsmanship of the Monterey Elite 27.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-monterey-elite-2767222da1749c5dd6540d9af4</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176061898115374019668f0e9e5a46f5.png</t>
   </si>
   <si>
-    <t>67222674889a689e8a0f4e0c</t>
-[...28 lines deleted...]
-  <si>
     <t>66c6007ab8eb266e850ee9e6</t>
   </si>
   <si>
     <t>2025 Regulator 28</t>
   </si>
   <si>
-    <t>2025 Regulator 28 - Carolina BlueTwin White Yamaha F300 4-Stroke Engines with DES Tilt Helmand DEC - Plus Helm Master® EX Joystick w/ Multimode SetPointT and EX Autopilot w/ Waypoint Deceleration36-Amp Battery Charger with 25' CordFeatured Hull Color - Sides OnlyBootstriping White/White/WhiteT-Top Rocket LauncherT-Top Storage CompartmentT-Top Underside to Match Hull SidesStandard White Upholstery28 Tackle Center w/ Upholstered Helm Seating for Two w/ IndividualFolding Footrests, (2) Cup Holders, and Seatback Rocket Launcherw/ Tackle Center &amp; Storage, Including: Large Tackle Drawers (2)Dual-Height Pedestal Table with Filler Cushion (2) Inductive Cell Phone Chargers: (1) at Helm; (1) InsideEntertainment Upgrade Package: Includes Fusion® DynamicallyFactory-Installed Garmin® 28 Premium Package:Two 16" GPSMAP® 8616 XSV Multi-Touch WidescreenChartplotter/Sonar Displays, VHF 215 AIS RadioFactory-Installed Garmin® GMRT Fantom 54 Open-Array RadarFactory-Installed Garmin® GT36UHD-TM Ultra High-Def ClearVMulti-Colored Underwater LED Lights (2)(2) Conventional Transom Rod Holders, (6) Aft Gunwale Cup Holder Rod Holders, (8) Additional Forward Gunwale Cup Holder Rod HoldersRefrigerated Transom FishboxBucket Holder with (2) BucketsBuilt-In 12V Watersports Inflation StationCockpit Freshwater Engine FlushEdsonT Wheel with Power KnobGray Helm Pad w/ Black Regulator LogoHose Coil Racks (2) for Raw Water and Freshwater Wash DownsPhender ProT with (4) Quick-Release Fender CleatsThrough Stem Bow Roller w/ Anchor Windlass, Remote Switch,Chain and AnchorForward Sun Shade - DEEP GRAYHelm, Console and Seating Canvas Covers- DEEP GRAYManufacturer Provided DescriptionStep up performance with a fishing machine built for offshore action. With its sharp bow entry and Lou Codega-designed hull, Regulator’s signature ride comes standard. The new Yamaha Helm Master® EX option delivers AutoPilot with Waypoint Deceleration, allowing you to slow your approach and shift easily to Multimode Set Point™ - a seamless integration that makes it easier than ever to maintain your position for rigging baits and more. Our 28 Tackle Center, seatback rod holders, optional T-Top rocket launchers, and Taco® Grand Slam outrigger upgrade create an ideal rigging station for a group of anglers looking for offshore action. The transom walkthrough tuna door provides flexibility for both boarding and fishing, with our flip-up forward seat backrests, optional forward sun shade, and cockpit SureShade® and 28 sunbed table adding an extra degree of comfort as you pursue the Offshore Life.</t>
+    <t>2025 Regulator 28MSRP: $452,365(Does Not Include Prep &amp; Freight)Options:Twin White Yamaha F300 4-Stroke Engines with DES Tilt Helmand DEC - Plus Helm Master® EX Joystick w/ Multimode SetPointT and EX Autopilot w/ Waypoint Deceleration36-Amp Battery Charger with 25' CordFeatured Hull Color - Sides OnlyBootstriping White/White/WhiteT-Top Rocket LauncherT-Top Storage CompartmentT-Top Underside to Match Hull SidesStandard White Upholstery28 Tackle Center w/ Upholstered Helm Seating for Two w/ IndividualFolding Footrests, (2) Cup Holders, and Seatback Rocket Launcherw/ Tackle Center &amp; Storage, Including: Large Tackle Drawers (2)Dual-Height Pedestal Table with Filler Cushion (2) Inductive Cell Phone Chargers: (1) at Helm; (1) InsideEntertainment Upgrade Package: Includes Fusion® DynamicallyFactory-Installed Garmin® 28 Premium Package:Two 16" GPSMAP® 8616 XSV Multi-Touch WidescreenChartplotter/Sonar Displays, VHF 215 AIS RadioFactory-Installed Garmin® GMRT Fantom 54 Open-Array RadarFactory-Installed Garmin® GT36UHD-TM Ultra High-Def ClearVMulti-Colored Underwater LED Lights (2)(2) Conventional Transom Rod Holders, (6) Aft Gunwale Cup Holder Rod Holders, (8) Additional Forward Gunwale Cup Holder Rod HoldersRefrigerated Transom FishboxBucket Holder with (2) BucketsBuilt-In 12V Watersports Inflation StationCockpit Freshwater Engine FlushEdsonT Wheel with Power KnobGray Helm Pad w/ Black Regulator LogoHose Coil Racks (2) for Raw Water and Freshwater Wash DownsPhender ProT with (4) Quick-Release Fender CleatsThrough Stem Bow Roller w/ Anchor Windlass, Remote Switch,Chain and AnchorForward Sun Shade - DEEP GRAYHelm, Console and Seating Canvas Covers- DEEP GRAY</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-regulator-2866c6007ab8eb266e850ee9e6</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760618437178792267768f0e7c59aa4e.png</t>
   </si>
   <si>
     <t>66b0f2f333bfbeaffa074274</t>
   </si>
   <si>
     <t>2026 Jeanneau NC-795 SPORT</t>
   </si>
   <si>
+    <t>2026 Jeanneau NC-795 Sport Build Slot Available!The NC 795 Sport features a spacious exterior layout with wide swim platforms for easy boarding and recessed side decks that sit flush with the cockpit for safe, convenient movement. The foldaway aft bench can be paired with optional port and starboard seating to create a comfortable L- or U-shaped lounge.Inside the pilot station, an optional sliding sunroof adds natural light and ventilation. Two bolster seats come standard, with an option for a third, along with a compact galley that includes a sink, pressurized water, a 10-gallon fridge, and an optional removable gas stove.Below deck, the forward cabin comfortably sleeps two, with extra storage and an available enclosed toilet compartment for a chemical or marine WC—perfect for overnight stays and weekend getaways.DisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
+  </si>
+  <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-nc-795-sport66b0f2f333bfbeaffa074274</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760561022184268361968f0077ee9b43.png</t>
   </si>
   <si>
     <t>66b0ee37b70cb762eb0b393a</t>
   </si>
   <si>
     <t>2026 Jeanneau NC-695 SPORT</t>
   </si>
   <si>
+    <t>2026 Jeanneau NC-695 Sport Build Slot Available!The NC 695 Sport is built for any adventure, from fishing and diving to paddleboarding and cruising. Its spacious self-bailing cockpit features folding seating and easy access to the swim platform, making it perfect for handling gear or relaxing on the water. Smart storage, a roof rack, wide side decks, and sturdy handrails keep everything within reach. Inside, enjoy a comfortable wheelhouse with seating for three and a cozy cabin with a berth and toilet. Trailerable and tough, the NC 695 Sport is ready to explore wherever your next trip takes you. DisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
+  </si>
+  <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-nc-695-sport66b0ee37b70cb762eb0b393a</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176056093016521678068f00722a95c0.png</t>
   </si>
   <si>
     <t>66b0dfe55caf0c848000d870</t>
   </si>
   <si>
     <t xml:space="preserve">2026 Sea Hunt Ultra 219 </t>
   </si>
   <si>
-    <t xml:space="preserve"> Build Slot Available2026 Sea Hunt Ultra 219OPTIONS:Yamaha FX 150 or Yamaha F200XCSingle 12” Garmin GPSMAP 1243xsv Package w/VHFFiberglass T-Top w/ Mister SystemPowder Coat PackageT-Top Underside ColorKingfish Rod HoldersDeluxe D Tubing T-Top w/ Elec. BoxBimini TopTan Interior OR Gray InteriorCockpit Storage DrapeDash CoverLeaning Post CoverShrink WrapAluminum LP CoverT-Top Life Jacket Bag (Soft T-Tops Only)T-Top Spray ShieldT-Top Spray Shield "Gull Wings"Bennett Trim Tabs w/ IndicatorsUnderwater LED LightsTrolling Motor Plug &amp; Wiring Harness Recirculating LivewellSki Tow BarPorta PottiTackle Center for LP w/ BackrestCooler Slide for Aluminum LPSH Custom Cooler for SlideThe name says it all! Our Ultra Series was created for families desiring the "Ultra" experience on the water! Sea Hunt delivers the most comfortable and functional center consoles in the industry with our Ultra Line. With its cushioned rear bench seating, and oversized bow area (complete with bow backrests and cup holders), it's easy to sit back and enjoy pleasure cruising and sandbar hopping. Rod Holders and Livewells instantly turn the Ultra into the most comfortable fishing boat on the water! Added standard features include: wrap around bolsters, bow cushions, color screen waterproof stereo, Yamaha Digital Command Link Gauges; and more! Can you really have comfort, fun, and fishing in one boat? With the Ultra Series, you can! Bonita Boat Center servicing all of SWFL - Bonita Springs, Naples, Marco Island, Fort Myers, Fort Myers Beach, Cape Coral, Port Charlotte, Punta Gorda, Since 1969. We are proud to feature Monterey, Sea Hunt, Regulator, Blackfin, Axis, Malibu, Jeanneau boats. We also represent Yamaha and Mercury.  We offer the best boating value anywhere in Southwest Florida and your experience with us will be enjoyable and rewarding!</t>
+    <t>2026 Sea Hunt Ultra 219Build Slot Available!Options:Yamaha FX 150 or Yamaha F200XCSingle 12” Garmin GPSMAP 1243xsv Package w/VHFFiberglass T-Top w/ Mister SystemPowder Coat PackageT-Top Underside ColorKingfish Rod HoldersDeluxe D Tubing T-Top w/ Elec. BoxBimini TopTan Interior OR Gray InteriorCockpit Storage DrapeDash CoverLeaning Post CoverShrink WrapAluminum LP CoverT-Top Life Jacket Bag (Soft T-Tops Only)T-Top Spray ShieldT-Top Spray Shield "Gull Wings"Bennett Trim Tabs w/ IndicatorsUnderwater LED LightsTrolling Motor Plug &amp; Wiring Harness Recirculating LivewellSki Tow BarPorta PottiTackle Center for LP w/ BackrestCooler Slide for Aluminum LPSH Custom Cooler for Slide</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-219-66b0dfe55caf0c848000d870</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176056175549712160668f00a5bd7572.png</t>
   </si>
   <si>
     <t>668fef8169a028c02709dfcd</t>
   </si>
   <si>
     <t>2025 Jeanneau NC 1095</t>
   </si>
   <si>
-    <t xml:space="preserve">2025 Jeanneau NC 1095OPTIONS:YAMAHA 2X300 NSB2-U-LU SBW WHITETRIM LEVEL PREMIERE USAUPHOLSTERY SALOON IN FABRIC JUMBO PURE    COMFORT PACKELECTRONIC PACK GARMIN UPGRADEDAUDIO PACK FUSION RA70NRING FOR TRAILER  U-SHAPE COCKPIT SALOON + TABLE + SUNDECK COMPLEMENTSLIDING AFT COCKPIT SUN PROTECTION - SILVER COLORSUNSHADE FOR FRONT SUNPADSTORAGE RACK ON THE ROOF FOR STAND UP PADDLEFRONT SUNDECK WITH LIFTING BACKRESTSREMOVABLE EXTERIOR CARPET SET INFINITY FOR U-SHAPE COCKPITBOW THRUSTERADDITIONAL WATER TANK (100 LITERS)GENERATOR PANDA DIESEL 6_4KVA 115V-60HZDECK SEARCHLIGHTUNDERWATER LIGHTADDITIONAL FRIDGE IN STORAGE COMPARTMENT / THIRD CABINMICROWAVE OVEN 115V115V VITROCERAMIC COOKTOPAIR CONDITIONING 115V 60HZMATTRESS FOR 3RD CABINDOUBLE BERTH COMPLEMENT IN SALOONOVERHEAD STORAGE LOCKER IN THE GALLEYOVERHEAD LOCKER IN SALOONOVERHEAD LOCKERS IN THE FRONT CABINAUTOMATIC TRIM TABS ZIPWAKEYAMAHA PRE-RIGGING HMEX 2X300 NSB ELECTRIC CONTROL USUPGRADE YAMAHA JOYSTICK FOR TWIN 300 SBW WHITETV ANTENNAPRE-WIRING TV FUSION 110VRADAR GARMIN FANTOM18HORN EXPERIENCE THE SEA WITH EXCEPTIONAL VOLUME AND COMFORTWith the NC 1095, the attributes of the line are taken to the max:  safety, comfort, versatility, incredible volume, impressive equipment, and an unequalled feeling of freedom!SEANAPPS Technology on board THE VERSATILE WEEKENDER IN XXLThe NC 1095 meets its challenge, featuring an outboard engine aboard a 10-metre powerboat, and delivering performance, reliability, stable cruising, exceptional seakeeping, and ease of handling. With top speeds at 37 knots for those who love sensations of speed, this model features great maneuverability, even at lower speeds. Offering versatility, a rich selection of equipment and a clever layout, which has made the line a success, this large model also affords remarkable volume and even greater comfort.                             </t>
+    <t xml:space="preserve">2025 Jeanneau NC 1095MSRP $417,505Options:Yamaha 2x300 Nsb2-U-Lu Sbw WhiteTrim Level Premiere UsaUpholstery Saloon In Fabric Jumbo PureComfort PackElectronic Pack Garmin UpgradedAudio Pack Fusion Ra70nRing For TrailerU-Shape Cockpit Saloon + Table + Sundeck ComplementSliding Aft Cockpit Sun Protection - Silver ColorSunshade For Front SunpadStorage Rack On The Roof For Stand Up PaddleFront Sundeck With Lifting BackrestsRemovable Exterior Carpet Set Infinity For U-Shape CockpitBow ThrusterAdditional Water Tank (100 Liters)Generator Panda Diesel 6.4kva 115v-60hzDeck SearchlightUnderwater LightAdditional Fridge In Storage Compartment / Third CabinMicrowave Oven 115v115v Vitroceramic CooktopAir Conditioning 115v 60hzMattress For 3rd CabinDouble Berth Complement In SaloonOverhead Storage Locker In The GalleyOverhead Locker In SaloonOverhead Lockers In The Front CabinAutomatic Trim Tabs ZipwakeYamaha Pre-Rigging Hmex 2x300 Nsb Electric Control UsUpgrade Yamaha Joystick For Twin 300 Sbw WhiteTv AntennaPre-Wiring Tv Fusion 110vRadar Garmin Fantom18HornEXPERIENCE THE SEA WITH EXCEPTIONAL VOLUME AND COMFORTWith the NC 1095, the attributes of the line are taken to the max:  safety, comfort, versatility, incredible volume, impressive equipment, and an unequalled feeling of freedom!SEANAPPS Technology on board THE VERSATILE WEEKENDER IN XXLThe NC 1095 meets its challenge, featuring an outboard engine aboard a 10-metre powerboat, and delivering performance, reliability, stable cruising, exceptional seakeeping, and ease of handling. With top speeds at 37 knots for those who love sensations of speed, this model features great maneuverability, even at lower speeds. Offering versatility, a rich selection of equipment and a clever layout, which has made the line a success, this large model also affords remarkable volume and even greater comfort.                             </t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-jeanneau-nc-1095668fef8169a028c02709dfcd</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176061835086845579168f0e76e4e715.png</t>
   </si>
   <si>
     <t>668fe60aa757f5c6ed069af9</t>
   </si>
   <si>
     <t>2025 Jeanneau LEADER 10.5 WA S2</t>
   </si>
   <si>
-    <t>In stock!More pictures coming soon.2025 Jeanneau Leader 10.5 WA S2 - WhiteYAMAHA 2X300 NSA2-U-LU SBW WHITE"UPGRADE YAMAHA JOYSTICK FOR TWIN 300 SBW WHITEYAMAHA PRE-RIGGING HMEX 2X300-350 NSB USAIR CONDITIONING 12K BTU 110V60HZ SHORE POWER AND GENERATORGENERATOR PANDA DIESEL 3,8KVA 115V-60HZCLOSED AFT CABIN VERSION FIBERGLASS HARDTOP         STANDARD WHITE HULL       TRIM LEVEL PREMIERE USA SILVERTEX ICEELECTRONIC PACK GARMIN UPGRADED 2PREMIUM FUSION AUDIO PACK FOR BOAT WITH HARD TOPREMOVABLE SUNSHADE FOR AFT COCKPIT FOR T-TOPREMOVABLE SUNSHADE FOR FRONT COCKPITREMOVABLE SWIM LADDER AND LIFELINES FOR LATERAL TERRACE      SET OF PROTECTIVE COVERSPOLYESTER BATHING PLATFORMSREMOVABLE FIBERGLASS TABLE FOR AFT COCKPITDECK SEARCHLIGHT FOR T-TOP2 UNDERWATER LIGHTSCOCKPIT FRIDGE 49LMICROWAVE OVEN 115VCOCKPIT GRILL 110V  USA115V VITROCERAMIC COOKTOP FOR INTERIOR KITCHEN LIFE ON BOARD MADE EVEN EASIER - The Leader 10.5 WA invites you to extend your stopovers on the water in the greatest comfort. Perfectly integrated into the profile of the boat, the optional T-top enables you, with the addition of a sun awning aft, to dine in the shade. The outdoor galley, backing the seats of the helm station, includes a fridge, electric grill, a gas burner, storage, or even a live well to hold the catch of the day. Down below, optionally equipped with air conditions, the spacious and com-fortable interior also features a second separate cabin aft. Forward, the traditional breakfast nook converts into a V-berth with separation curtain. This day boat has everything to give you a taste of cruising and nights at sea.</t>
+    <t>2025 Jeanneau Leader 10.5 WA S2MSRP: $420,895Options:Yamaha 2x300 Nsa2-U-Lu Sbw WhiteUpgrade Yamaha Joystick For Twin 300 Sbw WhiteYamaha Pre-Rigging Hmex 2x300-350 Nsb UsAir Conditioning 12k Btu 110v60hz Shore Power And GeneratorGenerator Panda Diesel 3.8kva 115v-60hzClosed Aft Cabin VersionFiberglass HardtopStandard White HullTrim Level Premiere Usa Silvertex IceElectronic Pack Garmin Upgraded 2Premium Fusion Audio Pack For Boat With Hard TopRemovable Sunshade For Aft Cockpit For T-TopRemovable Sunshade For Front CockpitRemovable Swim Ladder And Lifelines For Lateral TerraceSet Of Protective CoversPolyester Bathing PlatformsRemovable Fiberglass Table For Aft CockpitDeck Searchlight For T-Top2 Underwater LightsCockpit Fridge 49lMicrowave Oven 115vCockpit Grill 110v Usa115v Vitroceramic Cooktop For Interior Kitchen  LIFE ON BOARD MADE EVEN EASIER - The Leader 10.5 WA invites you to extend your stopovers on the water in the greatest comfort. Perfectly integrated into the profile of the boat, the optional T-top enables you, with the addition of a sun awning aft, to dine in the shade. The outdoor galley, backing the seats of the helm station, includes a fridge, electric grill, a gas burner, storage, or even a live well to hold the catch of the day. Down below, optionally equipped with air conditions, the spacious and com-fortable interior also features a second separate cabin aft. Forward, the traditional breakfast nook converts into a V-berth with separation curtain. This day boat has everything to give you a taste of cruising and nights at sea.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-jeanneau-leader-105-wa-s2668fe60aa757f5c6ed069af9</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760618281104967037968f0e729cc075.png</t>
   </si>
   <si>
+    <t>668ef87f61abb444bf0ddb28</t>
+  </si>
+  <si>
+    <t>2025 Monterey 275SS</t>
+  </si>
+  <si>
+    <t>2025 Monterey 275 SS$149,999Options:Mercury 400XL V10 Verado DTS - WhitePower PoleElectric Wakeboard Tower BlackAnchor Windlass W/Galvanized Anchor Rope &amp; ChainPhender Pro Holders (4)Portlight Stainless Steel / Inboard Head Wall for Ventilation W/ ScreenSeadek Swim Platform Inlay Transom Shower With Pressurized Water (Cold Only)Under Water LED LightsBow &amp; Cockpit CoverPremium Stereo Upg Pkg (Includes Subwoofer W/Led Lights &amp; 4 Ch. Amplifier)Stern Mounted Stereo RemoteWet Bar w/Solid Surface Insert, Sink, Faucet, &amp; Trash ReceptaclesBow Filler CushionsBattery Charger W/Deck PlugElectric Head System W/Holding TankMacerator W/Overboard Discharge  SETTING A NEW STANDARD - The 275SS is a new addition to the Super Sport series that features a spacious layout, a multitude of seating options and a vast amount of dedicated storage space. Experience the pure blend of outboard power at its best coupled with a style that only our Super Sport line can deliver with this perfectly designed new model.</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2025-monterey-275ss668ef87f61abb444bf0ddb28</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1761742597135717059569020f0533fdf.png</t>
+  </si>
+  <si>
     <t>668eb197fcc0a3a015010f82</t>
   </si>
   <si>
     <t>2025 Blackfin 252CC</t>
   </si>
   <si>
-    <t>2025 Blackfin 252CC - TitaniumMSRP: $267,533Our Price: $175,000Options:Twin Mercury 225XL Four Stroke DTS- WhiteColored hull sidesUnderside Hardtop ColorAnchor Windlass w/SS Anchor &amp; Thru Hull Roller HardwareHelm Floor Pad – SeadekTransom Shower w/Pressurized Water (Cold Only)Swim Platform Inlay – SeadekBow ShadeCockpit Table w/Seadek Inlay,Pedestal, Vertical Side MountPremium Stereo Upg Pkg, InclDual GPS/Chartplotter - 8612, 315 VHFTransducer B60 600 Watts (Garmin Electronics OptionToilet, Electric w/Holding Tank, Indicator &amp; Pump-Out DeckMacerator w/Overboard Discharge (Req. Electric Toilet FEATURES AT A GLANCE- No matter what your destination is, the 252CC will take you there in style and comfort. Designed for everyday performance and fishability, the 252CC’s unique hull design offers a smooth, dry, top performing ride. The 252CC is equipped with a fiberglass hardtop &amp; leaning post with a command center featuring a custom-designed helm seat with flip-up bolster, high protective windscreen, gunnel and hardtop mounted rod holders, baitwell and in-floor macerated fish-boxes with pump-outs, making the 252CC perfect for handling your big offshore fishing adventures.</t>
+    <t>2025 Blackfin 252CC MSRP: $267,533Our Price: $175,000Options:Twin Mercury 225XL Four Stroke DTS - WhiteColored Hull SidesUnderside Hardtop ColorAnchor Windlass w/SS Anchor &amp; Thru Hull Roller HardwareHelm Floor Pad – SeadekTransom Shower w/Pressurized Water (Cold Only)Swim Platform Inlay – SeadekBow ShadeCockpit Table w/Seadek Inlay,Pedestal, Vertical Side MountPremium Stereo Upg Pkg, InclDual GPS/Chartplotter - 8612, 315 VHFTransducer B60 600 Watts (Garmin Electronics OptionToilet, Electric w/Holding Tank, Indicator &amp; Pump-Out DeckMacerator w/Overboard Discharge (Req. Electric ToiletFEATURES AT A GLANCE- No matter what your destination is, the 252CC will take you there in style and comfort. Designed for everyday performance and fishability, the 252CC’s unique hull design offers a smooth, dry, top performing ride. The 252CC is equipped with a fiberglass hardtop &amp; leaning post with a command center featuring a custom-designed helm seat with flip-up bolster, high protective windscreen, gunnel and hardtop mounted rod holders, baitwell and in-floor macerated fish-boxes with pump-outs, making the 252CC perfect for handling your big offshore fishing adventures.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-blackfin-252cc668eb197fcc0a3a015010f82</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760618101114445531068f0e675798a4.png</t>
   </si>
   <si>
     <t>667b23cb7428241ee1079fab</t>
   </si>
   <si>
     <t>2026 Regulator 26 XO</t>
   </si>
   <si>
-    <t>Build Slot Available2026 Regulator Marine 26XO AVAILABLE OPTIONS-Single White Yamaha XTO Offshore® 450 4-Stroke Engine with DES Tilt Helm, DEC, and EX Autopilot with Waypoint DecelerationHydraulic Extreme Jackplate (450 Engine)T-Top Rocket Launcher                  T-Top Underside Different than Hull Sides                     T-Top Underside to Match Hull Sides                  Taco® Grand Slam 390 Outrigger Bases with 15' Telescoping Poles              Upper Station w/ Sliding Sunroof, Helm Seat w/ Handrails and (2) Cup Holders, Dual Station Controls, Engine Start/Stop Panel, Yamaha CL5™ Display, Garmin® 943 Display, and Trim Tab Controls, with (10) Rocket Launchers built into Aft Support Frame (in lieu of Std. Seatback Rocket Launchers)                      Standard White Upholstery            Credit: Remove Forward Backrests &amp; All Forward Seating Cushions            Deluxe Tackle Center w/ Upholstered Helm Seating for Two w/ Flip-Up Bolster, Individual Footrests, (4) Seatback Rocket Launchers, (2) Cup Holders, 32 gal. Livewell, and Tackle Storage                       Diamond Quilted Upholstery                     (2) Inductive Cell Phone Chargers in Recessed Console Trays             Electric Anchor Light and Antenna Mounts                    Entertainment Upgrade Package: Includes Fusion® Dynamically Calibrated System with (8) Premium Backlit Speakers, Subwoofer, Amps, and Integrated Wi-Fi              Factory-Installed Garmin® 26XO Fish Package: One 16" GPSMAP® 8616 XSV Multi-Touch Widescreen Chartplotter/Sonar Display, VHF 215 Radio w/ Dual Antennas, and Garmin® GT 12M-THF CHIRP Transducer, Plus Black Flushmount Electronics Face and Remote Mic              Factory-Installed Garmin® 26XO Premium Fish Package: Includes Dual 12" GPSMAP® 8612 XSV Touchscreen Displays, Garmin® GT 12M-THF CHIRP Transducer, VHF 215 Radio with 8' Antenna                     Factory-Installed Garmin® Fantom 24 Dome Radar                  Factory-Installed Garmin® GMR™ 24 xHD Marine Dome Radar                  Factory-Installed Garmin® GT36UHD-TM Ultra High-Def ClearVü and SideVü Side Scan Transducer                Factory-Installed Garmin® GXM™ 54 SiriusXM® Marine Weather Receiver Upgrade                 LED Light Bar                      (2) Conventional Transom Rod Holders               (6) Additional Forward Gunwale Conventional Rod Holders               (6) Additional Forward Gunwale Cup Holder Rod Holders                  Dual 10' Power Pole Blades                       Built-In 12V Watersports Inflation Station                      Edson™ Elite Carbon Wheel with Power Knob (Console)                   Edson™ Elite Carbon Wheel with Power Knob (Tower)                       Edson™ Wheel with Power Knob (Console)                  Edson™ Wheel with Power Knob (Tower)                      Gray Helm Pad w/ Black Regulator Logo            Head with Holding Tank and Electric Tank Pumpout                Phender Pro™ with (4) Quick-Release Fender Cleats                Removable Watersports Tow Bar              Forward Sun ShadeAft sun shadeCoversDO IT ALL… IN ANY WATERS. The Regulator 26XO is a center console crossover built for adventures, giving you easy access to lakes, bays, and skinny waters, as well as the capability to head offshore when the time is right. New optional Half Tower gives you more navigational flexibility (and fun!), with more than 122 square feet of deck space, spacious seating, and generous storage, providing fishability and family comfort. Bonita Boat Center servicing all SWFL - Bonita Springs, Naples, Marco Island, Fort Myers, Fort Myers Beach, Cape Coral, Port Charlotte, Punta Gorda, Since 1969. We are proud to feature Monterey, Sea Hunt, Regulator, Blackfin,  Axis, Malibu, Jeanneau boats. We also represent Yamaha and Mercury.  We offer the best boating value anywhere in Southwest Florida and your experience with us will be enjoyable and rewarding!</t>
+    <t>2026 Regulator Marine 26XOBuild Slot Available!Options:Single White Yamaha XTO Offshore® 450 4-Stroke Engine with DES Tilt Helm, DEC, and EX Autopilot with Waypoint DecelerationHydraulic Extreme Jackplate (450 Engine)T-Top Rocket LauncherT-Top Underside Different than Hull SidesT-Top Underside to Match Hull SidesTaco® Grand Slam 390 Outrigger Bases with 15' Telescoping PolesUpper Station w/ Sliding Sunroof, Helm Seat w/ Handrails and (2) Cup Holders, Dual Station Controls, Engine Start/Stop Panel, Yamaha CL5™ Display, Garmin® 943 Display, and Trim Tab Controls, with (10) Rocket Launchers built into Aft Support Frame (in lieu of Std. Seatback Rocket Launchers)Standard White UpholsteryCredit: Remove Forward Backrests &amp; All Forward Seating CushionsDeluxe Tackle Center w/ Upholstered Helm Seating for Two w/ Flip-Up Bolster, Individual Footrests, (4) Seatback Rocket Launchers, (2) Cup Holders, 32 gal. Livewell, and Tackle StorageDiamond Quilted Upholstery(2) Inductive Cell Phone Chargers in Recessed Console TraysElectric Anchor Light and Antenna MountsEntertainment Upgrade Package: Includes Fusion® Dynamically Calibrated System with (8) Premium Backlit Speakers, Subwoofer, Amps, and Integrated Wi-FiFactory-Installed Garmin® 26XO Fish Package: One 16" GPSMAP® 8616 XSV Multi-Touch Widescreen Chartplotter/Sonar Display, VHF 215 Radio w/ Dual Antennas, and Garmin® GT 12M-THF CHIRP Transducer, Plus Black Flushmount Electronics Face and Remote MicFactory-Installed Garmin® 26XO Premium Fish Package: Includes Dual 12" GPSMAP® 8612 XSV Touchscreen Displays, Garmin® GT 12M-THF CHIRP Transducer, VHF 215 Radio with 8' AntennaFactory-Installed Garmin® Fantom 24 Dome RadarFactory-Installed Garmin® GMR™ 24 xHD Marine Dome RadarFactory-Installed Garmin® GT36UHD-TM Ultra High-Def ClearVü and SideVü Side Scan TransducerFactory-Installed Garmin® GXM™ 54 SiriusXM® Marine Weather Receiver UpgradeLED Light Bar(2) Conventional Transom Rod Holders(6) Additional Forward Gunwale Conventional Rod Holders(6) Additional Forward Gunwale Cup Holder Rod HoldersDual 10' Power Pole BladesBuilt-In 12V Watersports Inflation StationEdson™ Elite Carbon Wheel with Power Knob (Console)Edson™ Elite Carbon Wheel with Power Knob (Tower)Edson™ Wheel with Power Knob (Console)Edson™ Wheel with Power Knob (Tower)Gray Helm Pad w/ Black Regulator LogoHead with Holding Tank and Electric Tank PumpoutPhender Pro™ with (4) Quick-ReleaseFender CleatsRemovable Watersports Tow BarForward Sun ShadeAft Sun ShadeCovers</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-regulator-26-xo667b23cb7428241ee1079fab</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760561335136101920868f008b704b4a.png</t>
   </si>
   <si>
     <t>6669b30f55499d84210964ab</t>
   </si>
   <si>
     <t>2026 Sea Hunt BX 22 BR</t>
   </si>
   <si>
-    <t>Order yours Today!2026 Sea Hunt BX 22 BR You buy a Sea Hunt Boat because of the standard features! Whether you're running the flats hunting Redfish, or cruising the intercoastal waterways; our BX series gives you the freedom to head out on the water for adventure. With shallow drafts, dual casting platforms, lockable rod storage, and aerated livewells, the only question is " Did you bring enough bait"? Our distinguished Carolina Flare coupled with our sharp bow entry, provides you with the driest ride possible to go to the extreme! Our BX series gives you the capability to tell only the best of Fishing Tales!Bonita Boat Center servicing all of SWFL - Bonita Springs, Naples, Marco Island, Fort Myers, Fort Myers Beach, Cape Coral, Port Charlotte, Punta Gorda, Since 1969. We are proud to feature Monterey, Sea Hunt, Regulator, Blackfin, Axis, Malibu, Jeanneau boats. We also represent Yamaha and Mercury.  We offer the best boating value anywhere in Southwest Florida and your experience with us will be enjoyable and rewarding!</t>
+    <t>2026 Sea Hunt BX 22 BR Build Slot Available!You buy a Sea Hunt Boat because of the standard features! Whether you're running the flats hunting Redfish, or cruising the intercoastal waterways; our BX series gives you the freedom to head out on the water for adventure. With shallow drafts, dual casting platforms, lockable rod storage, and aerated livewells, the only question is " Did you bring enough bait"? Our distinguished Carolina Flare coupled with our sharp bow entry, provides you with the driest ride possible to go to the extreme! Our BX series gives you the capability to tell only the best of Fishing Tales!</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-bx-22-br6669b30f55499d84210964ab</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760560857193467894268f006d9d1ab4.png</t>
   </si>
   <si>
     <t>6658aaa563693da3da02c87e</t>
   </si>
   <si>
     <t>2025 Jeanneau LEADER 9.0 WA SERIES 2</t>
   </si>
   <si>
-    <t>In Stock Now!2025 Jeanneau Leader 9.0 WA S2YAMAHA F250 X 2 NSB WHITETRIM LEVEL PREMIEREELECTRONIC PACK GARMIN UPGRADEDPREMIUM FUSION AUDIO PACK FOR BOAT WITH HARD TOPCOMFORT PACK 115V-60HZ USAMOORING KITANCHORING KITAFT COCKPIT BACKREST CONVERTIBLE INTO SUNPADFOLDING SIDE BENCH ON PORTSIDESUNSHADE FOR AFT COCKPIT - DARK SMOKESUNSHADE FOR FRONT COCKPIT - DARK SMOKEREMOVABLE SWIM LADDER AND LIFELINES FOR LATERAL TERRACESET OF PROTECTIVE COVERSAFT SWIM PLATFORMS WITH TEAKFIBERGLASS COCKPIT TABLE – REMOVABLEFRONT SUNDECK UPHOLSTERY WITH MERIDIAN SEATSBOW THRUSTER2 UNDERWATER LIGHTSGAS GRIDDLE IN EXTERIOR GALLEYEXTERIOR FRIDGE IN LEANING POSTMICROWAVE OVEN 115VUPGRADED BATHROOM WITH SHOWER DOOR AND TOILET SEATDOUBLE BERTH IN SALON MARLIN PURE WHITEINTERIOR CURTAINSAUTOMATIC TRIM TABS ZIPWAKENEW PRE-RIGGING YAMAHA 2X200-250 SBW ELECTRIC REMOTE USUPGRADE YAMAHA JOYSTICK FOR TWIN 250 SBW WHITEHORNDESIGN AND HIGH PERFORMANCE TO EXPERIENCE PURE THRILL - Boasting a V-shaped hull by Michael Peters and twin engines for up to 2 x 250 HP, the Leader 9.0 WA will delight thrill-seekers and fans of express crossings, the wind in their hair, with top speeds of over 40 knots. With elongated lines, a T-top, a protective glass windscreen, and large windows in the hull… this boat, inspired by the Leader 10.5 WA and 12.5 WA, boasts an elegant, distinguished, and contemporary style, yet one that is also synonymous with safety and fun for the whole family.</t>
+    <t>2025 Jeanneau Leader 9.0 WA S2MSRP $278,850Options:Yamaha F250 X2 Nsb WhiteTrim Level PremiereElectronic Pack Garmin UpgradedPremium Fusion Audio Pack For Boat With Hard TopComfort Pack 115v-60hz UsaMooring KitAnchoring KitAft Cockpit Backrest Convertible Into SunpadFolding Side Bench On PortsideSunshade For Aft Cockpit - Dark SmokeSunshade For Front Cockpit - Dark SmokeRemovable Swim Ladder And Lifelines For Lateral TerraceSet Of Protective CoversAft Swim Platforms With TeakFiberglass Cockpit Table – RemovableFront Sundeck Upholstery With Meridian SeatsBow Thruster2 Underwater LightsGas Griddle In Exterior GalleyExterior Fridge In Leaning PostMicrowave Oven 115vUpgraded Bathroom With Shower Door And Toilet SeatDouble Berth In Salon Marlin Pure WhiteInterior CurtainsAutomatic Trim Tabs ZipwakeNew Pre-Rigging Yamaha 2x200-250 Sbw Electric Remote UsUpgrade Yamaha Joystick For Twin 250 Sbw WhiteHorn</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-jeanneau-leader-90-wa-series-26658aaa563693da3da02c87e</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760617659178005703368f0e4bb04713.png</t>
   </si>
   <si>
     <t>663be0cd9ce10f89930552f9</t>
   </si>
   <si>
     <t>2025 Axis A245</t>
   </si>
   <si>
-    <t>Manufacturer Provided DescriptionCompletely new from bow to stern, the Axis A245 is without question the crown jewel of the Axis line-up. Highlighted by a state-of-the-art hull profile for enhanced on-water performance and an aggressive look, this 18-seat pickle-fork wakeboat comes with easy-to-access, deep storage, and plenty of seating for all your friends and family. Built with standard features including a walkthrough lounge design, a seven-inch Garmin touchscreen, and the AW20 tower, the A245 has everything your crew needs for non-stop thrills. And, as the most aggressive Axis yet, the A245 punches well above its class delivering a world-class experience behind the boat without breaking the bank. The A245 generates clean, ocean-like waves with plenty of push and a wakeboard wake that pros dream of — and they are fully customizable so that riders of every skill level, age, and ability can have fun. We've truly thought of everything to deliver an on-the-water experience you've never experienced before.</t>
+    <t>2025 Axis A245Build Slot Available!Go All Out With The All-New A245GROUND-BREAKING PERFORMANCECompletely new from bow to stern, the Axis A245 is without question the crown jewel of the Axis line-up. Highlighted by an all-new, state-of-the-art hull profile for enhanced on-water performance and an all-new aggressive look, this 18-seat pickle-fork wakeboat comes with easy-to-access, deep storage, and plenty of seating for all your friends and family. Built with standard features including a walkthrough lounge design, a seven-inch Garmin touchscreen, and the AW20 tower, the A245 has everything your crew needs for non-stop thrills. And, as the most aggressive Axis yet, the A245 punches well above its class delivering a world-class experience behind the boat without breaking the bank. The A245 generates clean, ocean-like waves with plenty of push and a wakeboard wake that pros dream of — and they are fully customizable so that riders of every skill level, age, and ability can have fun. We've truly thought of everything to deliver an on-the-water experience you've never experienced before.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-axis-a245663be0cd9ce10f89930552f9</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176054785865788803968efd4129fbf6.png</t>
   </si>
   <si>
     <t>663be0cd9ce10f89930552f3</t>
   </si>
   <si>
+    <t>2026 Jeanneau NC-895 Sport Build Slot Available!Options:Yamaha Twin 250 Nsb-Sbw - Electric ControlTrim Level Premiere Us 2022Leatherette Dolce Artesian Upholstery In Salon OptionComfort Pack 110V-60Hz Usa 2022Electronic Pack 2022 GarminAudio Pack 2022 Fusion Ra70NFolding Side Bench On StarboardFolding Side Bench On PortsideCockpit Sun Awning - Silver ColorBow LadderCockpit Aft Closing Kit - Silver ColorsFiller Cushion For Bow SunpadCushions In Front CockpitGenerator Westerbeke 3.5 Kva 110VPre-Fit Air Conditioning 110V60Hz Shore PowerRemovable Carpet Set In Wheelhouse And In CabinsCurtains For Wheelhouse And CabinsYamaha Double Steering Hmex Twin 200-250 NcbYamaha Upgraded Joystick Twin 250 NsbVHF Garmin 215 UsHornUnderwater Lights DisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
+  </si>
+  <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-nc-895-sport-s2663be0cd9ce10f89930552f3</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760562161133396101768f00bf1aa3cd.png</t>
   </si>
   <si>
     <t>663bbda833fed713e809d9b0</t>
   </si>
   <si>
     <t>2026 Jeanneau Leader 7.5 WA Series 3</t>
   </si>
   <si>
+    <t>2026 Jeanneau LEADER 7.5 Series 3Build Slot Available!Options:Yamaha F300 Nsb2 White - Yamaha Joystick NsbLeaning Post Version With Cockpit GalleyTrim Level Premiere 2022Electronic Pack 2022 Garmin UpgradedAudio Pack 2022 Fusion Ra70nElectrical WindlassControl Of Windlass From Pilot StationRequires The Windlass OptionAnchoring KitSunshade For Aft Cockpit For T-Top - Dark SmokeSunshade For Front Sunpad For T-Top - Dark SmokeBow Platform With LadderAluminium T-Top With Fiberglass Roof - Black LegsSwimming Platforms With TeakCockpit Table LuxeFront Sundeck Mattress With Lifting BackrestBackrests For The Aft Cockpit Side Seats Luxe110v 60hz Shore Power Socket + Battery ChargerLed Lights In The CockpitDouble Berth ComplementCabin And Door CurtainsMarine Toilet With Holding TankAutomatic Trim Tabs ZipwakeHornOpening Deck HatchTeak Batten On The Cockpit Floor For Leaning Post VersionDesigned by Michael Peters in collaboration with Sarrazin Design, the Leader 7.5 Series 3 brings together exceptional performance, all-around good looks, and great onboard living into one impressive 25-foot package. Powered by a single 300HP outboard Yamaha engine, the new Leader 7.5 Series 3 is a revival of its predecessor the Leader 7.5 Series 2 but includes a newly designed Michael Peter’s hull giving it greater performance. Reach a top speed of 46+ mph while you will cruise comfortably at 30 mph. The extended flush swim platforms allow easy access onboard for your crew. Beginning all the way aft, the U-shaped bench complete with a center table provides plenty of seating that cleverly folds away when not in use. New this year is the optional entertainment island complete with sink, fridge, and optional gas stove or live-well.True to the Jeanneau DNA, the Leader 7.5 Series 3 has a new, optional fiberglass t-top along with a sleek black profile windscreen. Moving forward to the bow, a sun pad stretched the full width with two adjustable backrests, perfect for those days in the sun. Both entertainment spaces can be fully protected from the sun with option sunshades. Slip below and you'll find a nice spacious salon with plenty of seating, a small galley, and a private head. For overnights, the seating area easily converts to make a double berth, making the Leader 7.5 Series 3 much more than just a day boat.</t>
+  </si>
+  <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-leader-75-wa-series-3663bbda833fed713e809d9b0</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760548002111428371568efd4a2afaab.png</t>
   </si>
   <si>
     <t>663bb69e956ccaea090a8dfa</t>
   </si>
   <si>
     <t>2026 Jeanneau Leader 6.5 WA Series 3</t>
   </si>
   <si>
+    <t>2026 Jeanneau Leader 6.5 WA Series 3Build Slot Available!The Leader 6.5 WA Series 3 benefits from an excellent hull designed by Michael Peters. Her powerful, solid design corresponds perfectly with the Leader WA line. This comfortable 20 foot model offers delightful family outings with her incredibly ergonomic design and spacious layout. Every detail has been considered for an inviting atmosphere and easy life on board.The Leader 6.5 WA Series 3 demonstrates tremendous on-board capacities. Forward, the extremely large recessed sundeck is particularly secure. To the aft, the model features a large U-shaped cockpit that transforms into a sundeck. The long, flush aft swim platforms correspond with key features of the new generation. On the interior, the Leader 6.5 WA Series3 offers a magnificent, spacious cabin with double berth as well as a WC. Chic, comfortable, and versatile, the Leader 6.5 WA Series 3 is the ultimate family boat and is sure to become a reference in its class.DisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
+  </si>
+  <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-leader-65-wa-series-3663bb69e956ccaea090a8dfa</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176054811012852787968efd50e37cfe.png</t>
   </si>
   <si>
     <t>663bb69e956ccaea090a8df8</t>
   </si>
   <si>
     <t>2025 Malibu Wakesetter 25 LSV</t>
   </si>
   <si>
+    <t>2025 MALIBU 25 LSV Build Slot Available!The 25 LSV is where luxury meets performance. At 25 feet, this boat is the longest in the Luxury Sport V-Drive Series. Cut through big-lake chop, double-ups and rolling surf waves with the sleek traditional bow even while fully loaded with an 18-person crew and topped-off ballast. Stretch out and grab some sun in the oversized wraparound lounge, or convert the space into a dining room with the Multi View Wake Bench.DisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
+  </si>
+  <si>
     <t>https://bonitaboatcenter.com/boat/2025-malibu-wakesetter-25-lsv663bb69e956ccaea090a8df8</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176054821493360246968efd5762736f.png</t>
   </si>
   <si>
     <t>663bb69e956ccaea090a8df6</t>
   </si>
   <si>
     <t>2026 Jeanneau Leader 12.5 WA</t>
   </si>
   <si>
+    <t>2026 Jeanneau Leader 12.5 Build Slot Available!A LAVISH DAY CRUISER JAM PACKED WITH SURPRISESEven if the Leader 12.5 benefits from generous size, its designers worked to maximize the possibilities offered for each square metre/foot. The result is an extremely comfortable boat, with a multi mission attitude, a do-everything layout above paired with a lower deck that combines clever and comfortable space for overnighting. The forward sundeck doubles as a saloon, with raised triple chaise lounge seating and facing bench seating, with removeable table, backing the anchor locker. An electric drop-down terrace to port provides easy access for swimming, while extending the width of the cockpit. On the interior, the owner's cabin, located amidship, features a double berth and a single berth, which can be combined to create one immense king-size berth. The fully equipped galley is complete with a ceramic cooktop, fridge, optional mi-crowave, plus storage while the forward salon seating transforms into an additional king-sized berth.DisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
+  </si>
+  <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-leader-125-wa663bb69e956ccaea090a8df6</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760547684102935871668efd364f3ddc.png</t>
   </si>
   <si>
     <t>663bb69e956ccaea090a8df4</t>
   </si>
   <si>
     <t>2025 Axis A225</t>
   </si>
   <si>
-    <t xml:space="preserve">FEATURESMalibu Monsoon EngineAxis is powered with a Malibu Monsoon M5Di or M6Di. These Engines were designed and developed to bring you even better reliability, performance, fuel economy, and sound reduction.Big Surf SoundNo set us complete without a playlist and with Axis you have your choice of crystal-clear Wet Sound audio package. Sync to Bluetooth while you're in the boat, or for ultimate control, dial in your audio levels while you're riding with Surf Band.Axis AE20 TowerNo Axis is complete whiteout its matching tower. Opt for the shock package for even smoother raising and lowering.Axis TrailerThere's no better way to haul your Axis boat than with an Axis trailer. We hired the best team of craftspeople in the business to custom-build trailers that match our boats in engineering and quality. We make Axis trailers in the same Loudon, Tennessee, facility  where we build boats and where our corporate headquarters is located. When you buy Axis trailer, you're assured that your Axis boat will fit properly and securely with no clearance issues.  </t>
+    <t xml:space="preserve">2025 Axis A225Build Slot Available!The Watersports Playground of Your Dreams!Inspired by the battle-proven classic and best-selling Axis of all time, the A225 brings the signature blend of value, performance, and technology into a stylish new package. Big enough to make a pro-level wake or wave and give your crew plenty of space, but small enough to fit in standard garages or size-restricted waterways, you won’t believe the power and endless on-the-water fun packed in this midsize wake boat.FEATURESMalibu Monsoon EngineAxis is powered with a Malibu Monsoon M5Di or M6Di. These Engines were designed and developed to bring you even better reliability, performance, fuel economy, and sound reduction.Big Surf SoundNo set is complete without a playlist and with Axis you have your choice of crystal-clear Wet Sound audio package. Sync to Bluetooth while you're in the boat, or for ultimate control, dial in your audio levels while you're riding with Surf Band.Axis AE20 TowerNo Axis is complete whiteout its matching tower. Opt for the shock package for even smoother raising and lowering.Axis TrailerThere's no better way to haul your Axis boat than with an Axis trailer. We hired the best team of craftspeople in the business to custom-build trailers that match our boats in engineering and quality. We make Axis trailers in the same Loudon, Tennessee, facility  where we build boats and where our corporate headquarters is located. When you buy Axis trailer, you're assured that your Axis boat will fit properly and securely with no clearance issues.  </t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-axis-a225663bb69e956ccaea090a8df4</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176055263480708927268efe6ba504fb.png</t>
   </si>
   <si>
     <t>663bb69e956ccaea090a8df2</t>
   </si>
   <si>
     <t>2025 Axis T235</t>
   </si>
   <si>
+    <t xml:space="preserve">2025 Axis T235Build Slot Available!Built on the backbone of performance that made the T23 so popular, the T235 takes on-the-water performance to a whole new level. Designed, engineered, and handcrafted specifically for wakeboarding and wakesurfing, the T235 sits at 23.5ft long and is just enough boat to make world-class wakes and waves while still being easy to maneuver and tow. Featuring classic, traditional bow lines, and bold styling, your entire 16-person crew can ride in style with plenty of speakers, cup holders, and storage in the bow and wraparound lounge. For many families, it’s the perfect compromise.FEATURESMalibu Monsoon EngineAxis is powered with a Malibu Monsoon M5Di or M6Di. These Engines were designed and developed to bring you even better reliability, performance, fuel economy, and sound reduction.Big Surf SoundNo set is complete without a playlist and with Axis you have your choice of crystal-clear Wet Sound audio package. Sync to Bluetooth while you're in the boat, or for ultimate control, dial in your audio levels while you're riding with Surf Band.Axis AE20 TowerNo Axis is complete whiteout its matching tower. Opt for the shock package for even smoother raising and lowering.Axis TrailerThere's no better way to haul your Axis boat than with an Axis trailer. We hired the best team of craftspeople in the business to custom-build trailers that match our boats in engineering and quality. We make Axis trailers in the same Loudon, Tennessee, facility  where we build boats and where our corporate headquarters is located. When you buy Axis trailer, you're assured that your Axis boat will fit properly and securely with no clearance issues.  </t>
+  </si>
+  <si>
     <t>https://bonitaboatcenter.com/boat/2025-axis-t235663bb69e956ccaea090a8df2</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176055277174369425468efe743c975e.png</t>
   </si>
   <si>
     <t>663bb69e956ccaea090a8df0</t>
   </si>
   <si>
     <t>2025 Axis T250</t>
   </si>
   <si>
+    <t xml:space="preserve">2025 Axis T250Build Slot Available!Super Advanced 25-Footer- THE BIGGEST AXIS BOAT YETThe Axis T250 makes history as the longest boat ever produced by Axis. With bold styling, spacious seating, proven technology, and signature Axis performance, the T250 is ready for all your friends and family. Thanks to Axis design innovations, the 25-foot T250 is still nimble on the water for quick returns to fallen riders and precise docking. The lines of the T250 are guaranteed to turn heads whether it's being towed to the ramp or running down the lake.FEATURESMalibu Monsoon EngineAxis is powered with a Malibu Monsoon M5Di or M6Di. These Engines were designed and developed to bring you even better reliability, performance, fuel economy, and sound reduction.Big Surf SoundNo set is complete without a playlist and with Axis you have your choice of crystal-clear Wet Sound audio package. Sync to Bluetooth while you're in the boat, or for ultimate control, dial in your audio levels while you're riding with Surf Band.Axis AE20 TowerNo Axis is complete whiteout its matching tower. Opt for the shock package for even smoother raising and lowering.Axis TrailerThere's no better way to haul your Axis boat than with an Axis trailer. We hired the best team of craftspeople in the business to custom-build trailers that match our boats in engineering and quality. We make Axis trailers in the same Loudon, Tennessee, facility  where we build boats and where our corporate headquarters is located. When you buy Axis trailer, you're assured that your Axis boat will fit properly and securely with no clearance issues.  </t>
+  </si>
+  <si>
     <t>https://bonitaboatcenter.com/boat/2025-axis-t250663bb69e956ccaea090a8df0</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176055296813667817668efe808dd960.png</t>
   </si>
   <si>
     <t>663bb69e956ccaea090a8dee</t>
   </si>
   <si>
     <t>2025 Axis A20</t>
   </si>
   <si>
+    <t xml:space="preserve">2025 Axis A20Build Slot Available!The A20 does it all from wakeboarding to wakesurfing with wake innovations that make the transition happen at the touch of a few buttons. Still big enough to make a great wake or wave but small enough to fit in standard garages and on size-restricted waterways, you won’t believe what the A20 can do. We dare you to underestimate this compact powerhouse.FEATURESMalibu Monsoon EngineAxis is powered with a Malibu Monsoon M5Di or M6Di. These Engines were designed and developed to bring you even better reliability, performance, fuel economy, and sound reduction.Big Surf SoundNo set is complete without a playlist and with Axis you have your choice of crystal-clear Wet Sound audio package. Sync to Bluetooth while you're in the boat, or for ultimate control, dial in your audio levels while you're riding with Surf Band.Axis AE20 TowerNo Axis is complete whiteout its matching tower. Opt for the shock package for even smoother raising and lowering.Axis TrailerThere's no better way to haul your Axis boat than with an Axis trailer. We hired the best team of craftspeople in the business to custom-build trailers that match our boats in engineering and quality. We make Axis trailers in the same Loudon, Tennessee, facility  where we build boats and where our corporate headquarters is located. When you buy Axis trailer, you're assured that your Axis boat will fit properly and securely with no clearance issues.  </t>
+  </si>
+  <si>
     <t>https://bonitaboatcenter.com/boat/2025-axis-a20663bb69e956ccaea090a8dee</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760552884119686386568efe7b477d09.png</t>
   </si>
   <si>
     <t>663bb69e956ccaea090a8dec</t>
   </si>
   <si>
     <t>2025 Malibu Wakesetter 24 MXZ</t>
   </si>
   <si>
-    <t>Manufacturer Provided DescriptionMXZ stands for maximized space, luxury and performance—and the 24 MXZ delivers all of that and more. Famous for its perfect wakes and waves, sharp styling mixed with cutting-edge technology, and the most spacious bow in the Malibu line, the 24 MXZ is bold and maximized. The 24 MXZ is the ultimate pickle-fork packed with innovations, a luxurious interior and the unbelievable performance behind the boat.</t>
+    <t>2025 MALIBU 24MXZBuild Slot Available! MXZ stands for maximized space, luxury and performance—and the 24 MXZ delivers all of that and more. Famous for its perfect wakes and waves, sharp styling mixed with cutting-edge technology, and the most spacious bow in the Malibu line, the 24 MXZ is bold and maximized. With new innovations, a luxurious new interior and unbelievable performance behind the boat, the 24 MXZ is the ultimate pickle-fork.Manufacturer Provided DescriptionMXZ stands for maximized space, luxury and performance—and the 24 MXZ delivers all of that and more. Famous for its perfect wakes and waves, sharp styling mixed with cutting-edge technology, and the most spacious bow in the Malibu line, the 24 MXZ is bold and maximized. The 24 MXZ is the ultimate pickle-fork packed with innovations, a luxurious interior and the unbelievable performance behind the boat.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-malibu-wakesetter-24-mxz663bb69e956ccaea090a8dec</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176055906246288987268efffd6e9e37.png</t>
   </si>
   <si>
     <t>663bb69e956ccaea090a8dea</t>
   </si>
   <si>
     <t>2025 Malibu Wakesetter 21 LX</t>
   </si>
   <si>
-    <t>Manufacturer Provided DescriptionThe Malibu Wakesetter 21 LX pulls from a pedigree of models that preceded it to deliver the performance expected from a true Malibu Wakesetter. One of the most unique characteristics of the 21 LX is the Hybrid Bow which incorporates the sharp lines of the traditional bow to cut smoothly through the water with the space of a pickle-fork bow. Versatility, comfort, and ultimate convenience are the hallmarks of the 21 LX—making it the perfect entry point for Malibu’s Wakesetter line-up.</t>
+    <t>2025 MALIBU 21LXBuild Slot Available!Hybrid Wakesetter with Rock-Solid Wake PerformanceThe Malibu Wakesetter 21 LX pulls from a pedigree of models that preceded it to deliver the performance expected from a true Malibu Wakesetter. One of the most unique characteristics of the 21 LX is the Hybrid Bow which incorporates the sharp lines of the traditional bow to cut smoothly through the water with the space of a pickle-fork bow. Versatility, comfort, and ultimate convenience are the hallmarks of the 21 LX—making it the perfect entry point for Malibu’s Wakesetter line-up.Manufacturer Provided DescriptionThe Malibu Wakesetter 21 LX pulls from a pedigree of models that preceded it to deliver the performance expected from a true Malibu Wakesetter. One of the most unique characteristics of the 21 LX is the Hybrid Bow which incorporates the sharp lines of the traditional bow to cut smoothly through the water with the space of a pickle-fork bow. Versatility, comfort, and ultimate convenience are the hallmarks of the 21 LX—making it the perfect entry point for Malibu’s Wakesetter line-up.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-malibu-wakesetter-21-lx663bb69e956ccaea090a8dea</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760559276122235938568f000acce58a.png</t>
   </si>
   <si>
     <t>663bb69e956ccaea090a8de6</t>
   </si>
   <si>
     <t>2026 Jeanneau Leader 7.5 CC</t>
   </si>
   <si>
+    <t>2026 JEANNEAU Leader 7.5 CCBuild Slot Available!Options:Yamaha F300 NcbLeaning Post Version With Cockpit GalleyTrim Level Premiere 2022Electronic Pack 2022 Garmin UpgradedAudio Pack 2022 Fusion Ra70nControl Of Windlass From Pilot StationElectrical WindlassAnchoring KitDark Smoke Sunshade For Aft Cockpit For T-TopDark Smoke Sunshade For Front Cockpit For T-TopBowplatform With LadderAluminium T-Top With Fiberglass Roof White LegsSwimming Platforms With TeakCockpit Table LuxeBaitwell With Salt Water Pump For Circulation And Deck WashBackrests For The Aft Cockpit Side Seats LuxeForward Cockpit Backrests And Remov Forward Facing BackrestBackrest On Front ConsoleFront Sunpad110v 60hz Shore Power Socket + Battery ChargerLed Lights In The CockpitDouble Berth ComplementMattress In The Front Cabin For Single BerthMarine Toilet With Holding TankAutomatic Trim Tabs ZipwakeHornTeak Batten on the Cockpit Floor for Leaning Post Version Designed by Michael Peters, the Leader 7.5 CC Series 3 with its performance hull, clever design, and attention to comfort onboard, sets this center console in a category all its own.At 25’ 4”, the 7.5 CC Series 3 is in many ways the perfect size boat for so many of our clients. Powered by a single Yamaha outboard with a maximum of 300HP, the Leader 7.5 CC Series 3 will easily get you to where you want to be quickly, safely and in total comfort. With a cruising speed of 30 mph and with a top speed of 46+ mph, you can cruise for 200 miles before another fuel up.With a hull design by Michael Peters, The Series 3 holds true to the Jeanneau DNA with her dynamic lines and a sporty attitude. A fiberglass T-top was added for full sun protection at the helm, while the XXL large flush swim platforms make it easy to board on either port or starboard. Despite the enormous popularity of the center cockpit design, a real drawback is often a lack of comfortable places to sit and hang out. Not so aboard the 7.5 CC Series 3. Beginning all the way aft, the U-shaped bench complete with a center table provides a plethora of seating that cleverly folds away when not in use. Also included is an optional leaning post with an exterior galley complete with a fridge or live-well. More great seating that can quickly convert to a massive lounge area can be found all the way forward directly in front of the helm station. The bench seat hatch in front of the helm also fully opens to down below allowing you to stow cushions and toys easily. Both forward and aft cockpits can be fully protected from the sun with an optional sunshade. There is even a double berth below complete with a marine toilet making overnights easily accomplished aboard the Leader 7.55 CC Series 3.  DisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
+  </si>
+  <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-leader-75-cc663bb69e956ccaea090a8de6</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176055953891589111168f001b26d4fe.png</t>
   </si>
   <si>
     <t>663aa46a0a3831fcd60d8b54</t>
   </si>
   <si>
     <t>2026 Jeanneau Leader 9.0 CC</t>
   </si>
   <si>
-    <t xml:space="preserve">Manufacturer Provided DescriptionThe Leader 9.0 Center Console is a 30-footer that has now made its way to North America -- being the first Center Console of the Jeanneau Leader Range. Once again, Jeanneau managed to design a powerboat with unique features for the American Market. It is the only 30-foot Center Console with a double berth down below, a separate shower and head compartment, optional air conditioning, and optional generator. Look no further -- this is the center console revolution you've been waiting for. Sidedecks on one level allow for ease of movement around the deck. To the aft, the swim platforms allow for easy access to the water. A L-shaped seating area around a table has two additional folding bench seats on the port side creates a large seating area for entertaining. By day, the table can be transformed into a large sundeck. The optional outside galley is fully equipped with a fridge, stove, sink and storage compartments.The helm station has sleek seating for three and is shaded with a hardtop. Moving to the forward lounge. A U-shaped couch can be completed with an optional table and converted into a vast sundeck. Whether you're cruising for a weekend away or enjoying a sunset cruise with friends -- the Leader 9.0 CC can accommodate up to 11 onboard and is powered by twin 200 Hp (up to 250 Hp for more performance) engines. </t>
+    <t xml:space="preserve">2026 JEANNEAU LEADER 9.0 CCBuild Slot Available!Game changing center console! Comfortable and easy to handle, clever and spacious, the Leader 9.0 CC shines in its versatility.  It is the ideal companion for all your water activities, which you can enjoy alone or in a group of up to 11 people. SEANAPPS Technology on board! Sport fishing, outings with family, or cruising with a friend! The Leader 9.0 CC offers you multiple ways to experience the water. Particularly well adapted for sport fishing, it features large sidedecks on one level for ease of movement around the boat, a vast storage locker, and in standard version, a leaning post incorporating a live well, a cooler, and rod holders. For use with family and friends, the leaning post can be equipped with a grill or stove, sink, refrigerator and tons of storage. While the helm station has sleek seating for three while the vast forward and aft cockpits enable you to vary your activities, whether cruising or at anchor, where they can be transformed into a sundeck or saloon in a snap. Down below, the Leader 9.0 CC features a bright double berth with clever storage, as well as a separate shower and head compartment. An additional space can even be easily converted into an additional berth for two children. For family outings, boisterous fishing trips, or drinks with friends before a sunset… The Leader 9.0 CC is there for all your favorite moments on the water.  Manufacturer Provided DescriptionThe Leader 9.0 Center Console is a 30-footer that has now made its way to North America -- being the first Center Console of the Jeanneau Leader Range. Once again, Jeanneau managed to design a powerboat with unique features for the American Market. It is the only 30-foot Center Console with a double berth down below, a separate shower and head compartment, optional air conditioning, and optional generator. Look no further -- this is the center console revolution you've been waiting for. Sidedecks on one level allow for ease of movement around the deck. To the aft, the swim platforms allow for easy access to the water. A L-shaped seating area around a table has two additional folding bench seats on the port side creates a large seating area for entertaining. By day, the table can be transformed into a large sundeck. The optional outside galley is fully equipped with a fridge, stove, sink and storage compartments.The helm station has sleek seating for three and is shaded with a hardtop. Moving to the forward lounge. A U-shaped couch can be completed with an optional table and converted into a vast sundeck. Whether you're cruising for a weekend away or enjoying a sunset cruise with friends -- the Leader 9.0 CC can accommodate up to 11 onboard and is powered by twin 200 Hp (up to 250 Hp for more performance) engines. </t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-leader-90-cc663aa46a0a3831fcd60d8b54</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760559663107749404968f0022f4344b.png</t>
   </si>
   <si>
     <t>663aa46a0a3831fcd60d8b52</t>
   </si>
   <si>
     <t>2026 Jeanneau DB37</t>
   </si>
   <si>
+    <t>2026 Jeanneau DB/37 OBBuild Slot Available!EXPERIENCE ALL THE SENSATIONS ON THE WATERAboard the DB/37 OB, pleasures on the water have 1,000 faces:  the sensation of inebriating speed while cruising offshore; relaxing into a gentler pace of life, surrounded by natural beauty while at anchor; and enjoying the comfort of a refined atmosphere on starry evenings in the cockpit saloon, or in the privacy of the interior.A UNIQUE LINE DELIVERING STYLE AND PERFORMANCE Elegance and power are at your service aboard the DB/37 OB.  Boasting a distinguished, contemporary silhouette, as if sculpted, by Camillo Garroni, this premium day boat, with a hull designed by Michael Peters, demonstrates its full capacity while cruising. Fast, agile, and easy to handle, the DB/37 OB flies across the water, powered by twin outboard engines with 2x400 HP, promising impressive top speeds… to the thrill of the pilot.SPORTY CRUISING IN COMPLETE SAFETYPassengers are not forgotten aboard this sporty, yet protective boat, with a wide, integrated windscreen, two comfortable seats beside the pilot, two modular facing bench seats, which can be removed for an opening onto the sea… and for those who love the sea spray, a sundeck in the forward cockpit is accessible via two perfectly secure, recessed sidedecks. THE IDEAL BOAT FOR SHARING MOMENTS WITH FAMILY AND FRIENDS The DB/37 OB offers exceptionally fluid movement on board.  At anchor, her side terraces can be deployed for even more space on board.  Access to the sea is also facilitated by her vast aft swim platform.  Gathered around the cockpit table in the saloon, guests enjoy an uninterrupted field of view, open to the scenery and the horizon.  Parties, dinner with friends, or soaking up the warmth of the sun between dives… the choice is yours.  But that’s not all:  designed for shared pleasures, this day boat invites you to extend your cruise, with her two bright and comfortable, spacious cabinsDisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
+  </si>
+  <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-db37663aa46a0a3831fcd60d8b52</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760560144203729353668f00410e0008.png</t>
   </si>
   <si>
     <t>663a9d5e87b20523af07cea7</t>
   </si>
   <si>
     <t>2025 Malibu Response TXi Open Bow</t>
   </si>
   <si>
+    <t>2025 Malibu Response TXi Open BowBuild Slot Available!The Response TXi brings three-event performance like nothing else on the water today. Uniquely designed for the TXi, the T-Cut Diamond Hull™ has proved it's performance time after time including the 13 world records under its belt. With Malibu innovations such as the Advanced Rudder Control, the Response TXi produces the soft, barely-there wakes and rock-solid tracking to give the skier a consistent pull every time. The Malibu Open Edition includes a 7-inch touchscreen, Zero Off GPS speed control, and billet aluminum accents. The luxurious open bow allows for 2 extra passengers to join you on the water and witness what only the TXi can do in the course.DisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
+  </si>
+  <si>
     <t>https://bonitaboatcenter.com/boat/2025-malibu-response-txi-open-bow663a9d5e87b20523af07cea7</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176056026942825600968f0048d097c4.png</t>
   </si>
   <si>
     <t>663a8f4f8c2a57bb0a0d2759</t>
   </si>
   <si>
     <t>2025 Malibu Wakesetter 20 VTX</t>
   </si>
   <si>
+    <t>2025 Malibu Wakesetter 20 VTXBuild Slot Available!The 20 VTX is Malibu's ultimate triple threat. VTX stands for versatility and it truly is the boat that makes everyone happy whether you want to ski, wakesurf, or wakeboard. Its unique Malibu Cut Diamond Hull™ is tournament approved—so you get pro-level slalom wakes—or you can fill the ballast, drop the Power Wedge III and deploy Surf Gate for a wave you’re not going to believe came off a 20-foot boat. Fun to drive, easy to store and simple to trailer, the 20 VTX is just what your multisport family has been looking for.DisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
+  </si>
+  <si>
     <t>https://bonitaboatcenter.com/boat/2025-malibu-wakesetter-20-vtx663a8f4f8c2a57bb0a0d2759</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760559765138097928668f00295a4498.png</t>
   </si>
   <si>
     <t>663a8f4f8c2a57bb0a0d2757</t>
   </si>
   <si>
     <t>2025 Malibu Wakesetter 22 LSV</t>
   </si>
   <si>
+    <t>2025 MALIBU 22 LSVBuild Slot Available!The most compact of the LSV family, the 22 LSV shares all the same wake-making potential, comfort amenities and user-centric tech as its bigger brothers, but at just under 22 feet it’s more approachable for smaller families and first-time buyers. Choose between the Wake Plus Hull for surf or wakeboard enthusiast or the Diamond Multisport Hull for all-around performance with slalom wakes you’ll barely notice. Either way, the 22 LSV combines all the best aspects of the bigger LSVs into a more compact package that still packs a big punch. DisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
+  </si>
+  <si>
     <t>https://bonitaboatcenter.com/boat/2025-malibu-wakesetter-22-lsv663a8f4f8c2a57bb0a0d2757</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176055985797355390468f002f138a36.png</t>
   </si>
   <si>
     <t>663a8f4f8c2a57bb0a0d2755</t>
   </si>
   <si>
     <t>2026 Jeanneau NC Weekender 1095 Fly</t>
   </si>
   <si>
+    <t xml:space="preserve">2026 Jeanneau NC Weekender 1095 FlyBuild Slot Available!Already unique in its category, with an outboard engine and three cabins, the NC 1095 is ahead of the trends by offering a flybridge version.KEY FEATURES OF THE NC 1095 FLYModular cockpit with easy side accessRecessed side-deck on starboardAft sliding side door and skylights2 cabin + Optional 3rd cabin or storage spaceOptimized storage spaces throughoutXXL flybridge for additional space for cruisingSliding side door at the helmOutboard powered cruiserIncredibly flat acceleration and rideUnparalleled fuel efficiencyThe flybridge includes a forward sundeck and a folding copilot bench seat. The bench seat can be transformed into a sun lounger or an XXL sundeck, according to preference! This area also includes numerous storage compartments plus an optional bimini for sun protection.Like all Jeanneaus, the NC 1095 has been designed for life underway and include some clever features like recessed side-decks allowing for safe movement about the boat with easy access to the helm. A large L-shaped lounge comfortably fits a large group and easily converts into a large lounging area. Large transom platforms on either side of the outboard engines, make boarding safe and easy. To fully enjoy life on the water, the  forward  sundeck  with  its  lifting back rests, provides for additional living space while on deck. The interior of  the NC 1095 with its opening sunroofs and large windows in the hull, allow for plenty of natural lighting. The galley is large and fully functional: here again, a surprising amount of storage space is available in both upper and lower cabinets, allowing you to store everything for your time on the water. The NC 1095 is offered in both 2 and 3 cabin versions. A nicely appointed owner’s cabin forward complete with large center-line bed, easy access to head and shower, two overhead hatches, and long windows down each side, greatly enhance the overall comfort for the master of the ship. The guest cabin to port, rounds out this truly liveable interior allowing two guests to join the funning total comfort. A third cabin to starboard can be utilized as either an additional double berth or simply additional storage which is always in high demand on board. </t>
+  </si>
+  <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-nc-weekender-1095-fly663a8f4f8c2a57bb0a0d2755</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176055999448868597668f0037a351f6.png</t>
   </si>
   <si>
     <t>66102009356f1125d9097b8b</t>
   </si>
   <si>
     <t>2026 Regulator 41</t>
   </si>
   <si>
     <t xml:space="preserve">Order yours today. Build slots available!2026 Regulator 41 Discover the pinnacle of offshore fishing luxury: the 2026 Regulator 41. Step into a world of unparalleled boating excellence with the latest iteration of the Regulator 41 – boasting a new high-tech helm, updated cabin interior, and an array of features that cater to the most discerning anglers.Powered by quad Yamaha 450s with Helm Master® EX and equipped with Seakeeper® 5, the Regulator 41 is your ticket to conquering the waters of Southwest Florida with confidence. Whether you're chasing trophy fish or cruising along the coastline, this vessel delivers unrivaled performance and stability.Experience the new Offshore Command Center, complete with Garmin® Multi-Function Display and Digital Switching, seamlessly integrated with the Regulator MyHelm™ interface. Control key functions effortlessly with the touch of a button – perfect for navigating the dynamic waters of Southwest Florida.Anglers will delight in the optional outrigger bases with 22’ Carbon Fiber collapsible poles, alongside the generous livewell and fishbox capacity. The aft mezzanine seat with prep &amp; tackle center and automated rear shade provide additional cockpit seating without compromising on fishing amenities, ideal for entertaining guests while cruising Southwest Florida's coastal waters.Explore the redesigned cabin, featuring a galley kitchen, double berth, and spacious head with shower – ensuring comfort and convenience for overnight stays in Southwest Florida's stunning surroundings.Don't miss your opportunity to own the ultimate offshore fishing machine. Custom order your 2026 Regulator 41 today and embark on unforgettable adventures in Southwest Florida's aquatic playground! </t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-regulator-4166102009356f1125d9097b8b</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176056045735036808668f005491ee22.png</t>
   </si>
   <si>
     <t>660db549ecd5132d520831c8</t>
   </si>
   <si>
     <t>2026 Sea Hunt Gamefish 30 with Coffin Box</t>
   </si>
   <si>
-    <t>Manufacturer Provided DescriptionThis series delivers exactly what serious fishermen demand in a sportfishing center console boat. These boats come ready to fish with standard features such as multiple insulated fishboxes and livewells, cockpit and bow bolsters, all stainless hardware and Yamaha Digital Command Link Gauges. The Gamefish 25, 27, and 30 have side entry doors, recessed trim tabs, and hydraulic steering as standard equipment as well. The cockpits are designed to have abundant room for 360° of fishing. These hulls deliver soft dry rides second to none.</t>
+    <t>2026 Gamefish 30 with Coffin BoxBuild Slot Available!This series delivers exactly what serious fishermen demand in a sportfishing center console boat. These boats come ready to fish with standard features such as multiple insulated fishboxes and livewells, cockpit and bow bolsters, all stainless hardware and Yamaha Digital Command Link Gauges. The Gamefish 25, 27, and 30 have side entry doors, recessed trim tabs, and hydraulic steering as standard equipment as well. The cockpits are designed to have abundant room for 360° of fishing. These hulls deliver soft dry rides second to none.Manufacturer Provided DescriptionThis series delivers exactly what serious fishermen demand in a sportfishing center console boat. These boats come ready to fish with standard features such as multiple insulated fishboxes and livewells, cockpit and bow bolsters, all stainless hardware and Yamaha Digital Command Link Gauges. The Gamefish 25, 27, and 30 have side entry doors, recessed trim tabs, and hydraulic steering as standard equipment as well. The cockpits are designed to have abundant room for 360° of fishing. These hulls deliver soft dry rides second to none.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-gamefish-30-with-coffin-box660db549ecd5132d520831c8</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176056056591740655768f005b5c5648.png</t>
   </si>
   <si>
     <t>660d840f608ad1daa50d2dab</t>
   </si>
   <si>
     <t>2026 Sea Hunt Gamefish 27 Forward Seating</t>
   </si>
   <si>
-    <t>Manufacturer Provided DescriptionThis series delivers exactly what serious fishermen demand in a sportfishing center console boat.  These boats come ready to fish with standard features such as multiple insulated fishboxes and livewells, cockpit and bow bolsters, all stainless hardware and Yamaha Digital Command Link Gauges. The Gamefish 25, 27, and 30 have side entry doors, recessed trim tabs, and hydraulic steering as standard equipment as well. The cockpits are designed to have abundant room for 360° of fishing. These hulls deliver soft dry rides second to none.</t>
+    <t>2026 Gamefish 27 Forward SeatingBuild Slot Available!This series delivers exactly what serious fishermen demand in a sportfishing center console boat. These boats come ready to fish with standard features such as multiple insulated fishboxes and livewells, cockpit and bow bolsters, all stainless hardware and Yamaha Digital Command Link Gauges. The Gamefish 25, 27, 28, and 30 have side entry doors, recessed trim tabs, and hydraulic steering as standard equipment as well. The cockpits are designed to have abundant room for 360° of fishing. These hulls deliver soft dry rides second to none.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-gamefish-27-forward-seating660d840f608ad1daa50d2dab</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176056067359388565968f00621164b5.png</t>
   </si>
   <si>
     <t>65c3e14a813da0d41b0451b1</t>
   </si>
   <si>
     <t>2024 Blackfin 272CC</t>
   </si>
   <si>
     <t>2024 Blackfin 272 CCMSRP: $371,003Our Price: $250,000Options:Twin Mercury 300XL VeradosAdd Mercury JPO Underside Hardtop Color 6 Rod Holders - Hardtop MountedUnderwater Lights, LEDConsole CoverCockpit Table w/Seadek Inlay,Pedestal, Vertical Side Mount Base, Bow Filler &amp; Casting PlatformPremium Stereo Upg Pkg, Incl. (6) 7.7" JL Speakers, (2) Subwoofers, 5/2-channel Amps &amp; LED Speaker LightsDual GPS/Chartplotter - 8612Transducer B175H Chirp 1000 Watts Radar - GMR 18xHD RadomeMacerator w/Overboard Discharge</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2024-blackfin-272cc65c3e14a813da0d41b0451b1</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760616805107221296168f0e165ed88f.png</t>
   </si>
   <si>
     <t>6500d85dc2ab3878a70e17d6</t>
   </si>
   <si>
     <t>2024 Regulator 28</t>
   </si>
   <si>
-    <t>2024 Regulator 28AVAILABLE NOWOptions:Twin White Yamaha F300 4-Stroke Engines with DES Tilt Helm and DEC - Plus Helm Master® EX Joystick w/ Multimode SetPointT and EX Autopilot w/ Waypoint Deceleration White Armstrong BracketFeatured Hull Color - Sides Only - SeafoamWhite Armstrong BracketAutomated Rear ShadeT-Top Rocket LauncherT-Top Underside to Match Hull SidesStandard: 28 Tackle Center w/ Bolstered seating, individual footrests, seatback rocket launcher, tackle storage and plier and knife holdersDual-Height Pedestal Table with Filler Cushion and Table/Pedestal StorageStandard White UpholsteryRear Shade Color_Deep Gray(6) Aft Gunwale Cup Holder Rod Holders(8) Additional Forward Gunwale Cup Holder Rod Holders36-Amp Battery Charger w/ 25' CordBucket Holder with (2) BucketsCockpit Freshwater TWIN Engine FlushEdson Wheel w/ Power KnobHose Coil Racks (2) for Raw Water and Freshwater Wash DownsMulti-Colored Underwater LED Lights (2)Quick-Release Under Gunwale Gaff HolderPhender ProT w/ 4 Quick-Release Fender CleatsRefrigerated Transom FishboxThrough Stem Bow Roller w/ Anchor Windlass, Remote Switch,Chain, and AnchorStandard: Factory Installed Garmin® 28 Premium Package: Two 16" GPSMAP® 8616 XSV Multi-Touch WidescreenChartplotter/Sonar Displays, VHF 215 AIS Radio with 8' AntennaAirmar® B275LHW with Wide Beam 1kW CHIRP Transducer, PlusBlack Flushmount Electronics Face and Remote MicEntertainment Upgrade Package: Fusion-Dynamically CalibratedSystem with (10) Premium Backlit Speakers, Subwoofer, AmpsExternal Antenna, and Integrated Wi-FiFactory-Installed Garmin GMRT 424 xHD 4kW Open-ArrayFactory-Installed Garmin® GXM 54 SiriusXM® Marine Weather Receiver UpgradeInductive Cell Phone ChargerCustom 2X Helm, Console &amp; Seating CoverStep up performance with a fishing machine built for offshore action. With its sharp bow entry and Lou Codega-designed hull, Regulator’s signature ride comes standard. The new Yamaha Helm Master® EX option delivers AutoPilot with Waypoint Deceleration, allowing you to slow your approach and shift easily to Multimode Set Point™ - a seamless integration that makes it easier than ever to maintain your position for rigging baits and more. Our 28 Tackle Center, seatback rod holders, optional T-Top rocket launchers, and Taco® Grand Slam outrigger upgrade create an ideal rigging station for a group of anglers looking for offshore action. The transom walkthrough tuna door provides flexibility for both boarding and fishing, with our flip-up forward seat backrests, optional forward sun shade, and cockpit SureShade® and 28 sunbed table adding an extra degree of comfort as you pursue the Offshore Life.</t>
+    <t>2024 Regulator 28MSRP: $450,470Options:Twin White Yamaha F300 4-Stroke Engines with DES Tilt Helm and DEC - Plus Helm Master® EX Joystick w/ Multimode SetPointT and EX Autopilot w/ Waypoint Deceleration White Armstrong BracketFeatured Hull Color - Sides Only - SeafoamWhite Armstrong BracketAutomated Rear ShadeT-Top Rocket LauncherT-Top Underside to Match Hull SidesStandard: 28 Tackle Center w/ Bolstered seating, individual footrests, seatback rocket launcher, tackle storage and plier and knife holdersDual-Height Pedestal Table with Filler Cushion and Table/Pedestal StorageStandard White UpholsteryRear Shade Color_Deep Gray(6) Aft Gunwale Cup Holder Rod Holders(8) Additional Forward Gunwale Cup Holder Rod Holders36-Amp Battery Charger w/ 25' CordBucket Holder with (2) BucketsCockpit Freshwater TWIN Engine FlushEdson Wheel w/ Power KnobHose Coil Racks (2) for Raw Water and Freshwater Wash DownsMulti-Colored Underwater LED Lights (2)Quick-Release Under Gunwale Gaff HolderPhender ProT w/ 4 Quick-Release Fender CleatsRefrigerated Transom FishboxThrough Stem Bow Roller w/ Anchor Windlass, Remote Switch,Chain, and AnchorStandard: Factory Installed Garmin® 28 Premium Package: Two 16" GPSMAP® 8616 XSV Multi-Touch WidescreenChartplotter/Sonar Displays, VHF 215 AIS Radio with 8' AntennaAirmar® B275LHW with Wide Beam 1kW CHIRP Transducer, PlusBlack Flushmount Electronics Face and Remote MicEntertainment Upgrade Package: Fusion-Dynamically CalibratedSystem with (10) Premium Backlit Speakers, Subwoofer, AmpsExternal Antenna, and Integrated Wi-FiFactory-Installed Garmin GMRT 424 xHD 4kW Open-ArrayFactory-Installed Garmin® GXM 54 SiriusXM® Marine Weather Receiver UpgradeInductive Cell Phone ChargerCustom 2X Helm, Console &amp; Seating Cover</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2024-regulator-286500d85dc2ab3878a70e17d6</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-17606168941154008268f0e1be63398.png</t>
   </si>
   <si>
     <t>64f3630e500c26bc030d18d5</t>
   </si>
   <si>
     <t>2023 Regulator 37</t>
   </si>
   <si>
-    <t xml:space="preserve">2023 Regulator 37144 HOURSOFFSITE ListingOptions:Triple White Yamaha XF425 4-St with warranty until 03/28/2030     Std Color Sides Only w/ White       White Armstrong Bracket            E-Series Galley UpgradeSureshade Auto Rear                     GEMLUX Bluewater Outrigger 22'            T-Top Storage Compartment                   T-Top Underside to Match Hull             Rear Sureshade Color Deep Gray              Dove Gray Upholstery                      (10) Cup Holder Rod Holders                12k BTU Air-Conditioning Syste           Bucket Holder with (2) Buckets              Cockpit Freshwater TRIPLE Engi            Edson Elite Carbon Wheel w/ Po            Electric Reel Hook-Ups                    FLIR M-232 Thermal Camera                 Forward Sun Shade Color Deep G            LED Light Bar                             Multi-Colored Underwater LED L            Onan 13.5kW Diesel Generator             Phender Pro (4 Pins and 4 Rece              Refrigerated Port In-Deck Fish            Refrigerated Transom Fishbox              Seakeeper® 5 Gyro Stabilizatio         Under Gunwale Rod Storage                 Factory-Installed Garmin® 37 P            Cabin Entertainment Upgrade Pa             Electric Anchor Light and Ante            Entertainment Upgrade Package:            Factory Installed Garmin® GXM             Inductive Cell Phone Charger                Custom 37 Helm &amp; Seating Cover     Bootstriping - Charcoal/Magnes               GOST Nav 2.0 elite tracking system        Platinum Protection - warranty until March, 20228 EVOLUTION EVERYDAY Triple Yamaha XTO Offshore® 450s. 507-gallon fuel capacity. Digitally-enhanced helm station. Triple helm seating with aft bench seat and pump room. Optional Tower. Deluxe cabin with queen berth, galley, head...and so much more. Our expert engineers and craftsmen have planned every inch of this 43-foot-plus ride to deliver fishability, comfort, and convenience at every turn. The new Offshore Command Center features Garmin® Multi-Function Display with Digital Switching and Monitoring, along with proprietary Regulator MyHelm™ interface to seamlessly and intuitively connect key functions in one application – with wireless key fob to trigger lighting, batteries, and more as you approach or disembark with the touch of a button. The E-Series Seating &amp; Tackle Center features a raised deck with triple helm seating, plenty of tackle storage, and six rocket launchers – plus aft-facing bench seat for two, flanked by built-in armrests with Cup Holder Rod Holders. Opt for E-Series Galley Upgrade with electric grill and refrigerator to entertain with ease. Beneath the bench seat, you’ll find the illuminated pump room with fuel tank access, optional Seakeeper® 5 and other systems, as well as extra storage.With more fishboxes per foot than any boat in our fleet, you’ll be ready for the offshore bite. Relaxation is never far away thanks to abundant forward seating, forward settee with extra deep cooler, and convertible electric pedestal sun bed/table. </t>
+    <t xml:space="preserve">2023 Regulator 37$ 799,999Options: Triple White Yamaha XF425 Four Stroke w/ Warranty Until 03/28/2030 - 144 HoursGulfstream Blue HullWhite Armstrong BracketESeries Galley UpgradeSureshade Auto RearGEMLUX Bluewater Outrigger 22'T-Top Storage CompartmentT-Top Underside Gulfstream BlueRear Sunshade: Deep GreyDove Gray UpholsteryCup Holder Rod Holders (10)12K BTU Air Conditioning SystemBucket Holder w/ (2) BucketsCockpit Freshwater Triple EngineEdison Elite Carbon WheelElectric Reel HookUpsFLIR M232 Thermal CameraForward Sun Shade: Deep GreyLED Light BarMultiColored Underwater LED LightsOnan 13.5kW Diesel GeneratorPhender ProsRefrigerated Port InDeck FishRefrigerated Transom FishboxSeakeeper 5 Gyro StabilizationUnder Gunwale Rod StorageFactory Installed Garin 37 Premium Fish Package: Triple 17" GPS Map 8617Cabin Entertainment Upgrade PackageElectric Anchor Light and AntennaEntertainment Upgrade PackageFactory Installed Garmin GXMInductive Cell Phone ChargerCustom 37 Helm &amp; Seating CoversBootstripe: Charcoal/Magnesium/CharcoalGOST Nav 2.0 Elite Tracking SystemPlatinum Protection Warranty Until 03/2028Full Custom Cover The new Offshore Command Center features Garmin® Multi-Function Display with Digital Switching and Monitoring, along with proprietary Regulator MyHelm™ interface to seamlessly and intuitively connect key functions in one application – with wireless key fob to trigger lighting, batteries, and more as you approach or disembark with the touch of a button. The E-Series Seating &amp; Tackle Center features a raised deck with triple helm seating, plenty of tackle storage, and six rocket launchers – plus aft-facing bench seat for two, flanked by built-in armrests with Cup Holder Rod Holders. Opt for E-Series Galley Upgrade with electric grill and refrigerator to entertain with ease. Beneath the bench seat, you’ll find the illuminated pump room with fuel tank access, optional Seakeeper® 5 and other systems, as well as extra storage.With more fishboxes per foot than any boat in our fleet, you’ll be ready for the offshore bite. Relaxation is never far away thanks to abundant forward seating, forward settee with extra deep cooler, and convertible electric pedestal sun bed/table. </t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2023-regulator-3764f3630e500c26bc030d18d5</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760732148193468387368f2a3f4eb831.png</t>
   </si>
   <si>
     <t>64d556de0b1bdecbad020c56</t>
   </si>
   <si>
     <t>2024 Jeanneau DB/43 OB</t>
   </si>
   <si>
-    <t>2024 Jeanneau DB/43 OBTriple Mercury 350hp Cold Fusion         Version 2 Cabins 2 Heads White            Version Aft Sundeck                           Comfort Pack                          Electronic Pack Raymarine              Upgrade For Electronic Pack Raymarine            Mooring Kit                               Aft Electrical Sun Awning – SureshadeGyroscopic Stabilizer Seakeeper SK3           2nd Cockpit Fridge 17gal Starboard            Exterior Cockpit A/C                       Bedding Set Mona Lison For The 2 cabins           2 Batteries Chargers 60ah                   Inverter 12-115v 60hz 2000w               Automatic Trim Tabs Zipwake 60            Tv Antenna                                  Raymarine Clearcruise (Camera and GPS Antenna)            Raymarine Quantum 2 Digital Radar Including Deck Searchlight            Lithium Batteries For The Seakeeper         Cockpit Wood Latting                     Hull Paint premiumManufacturer Provided DescriptionThe DB/43 OB promises moments of pure exhilaration.  Full speed crossings, with a pause for sunbathing and a swim, stunning sunsets, shared smiles, a glass in hand... you don't have to choose between enjoying intense sensations and simple pleasures. Boasting a strong outboard engine, the DB/43 OB offers sporty, responsive driving, with top speeds approaching 40 knots. Excellent performance is accompanied by remarkable seakeeping abilities and comfortable cruising, notably due to the hull by Michael Peters. A uniquely distinguished profile sets the tone for this boat, with a sparkling, contemporary design. Bathed in light, the spacious owner's cabin offers surprising levels of finish and comfort. Guests are accommodated in a superb full-beam cabin. But it is on deck, under the sun or in the moonlight, where the most memorable moments will be shared. In the airy cockpit, an inviting saloon accommodates up to eight people around a modular table. The superbly equipped central island galley contributes to a festive atmosphere, enabling you to prepare and savour tasty dishes together. Afterward, two side terraces can be deployed to form a wide, lateral swim platform. In this Beach Club atmosphere, guests can dive into turquoise waters or relax and sunbathe on the sundeck. Aboard a DB/43 OB, you will enjoy a multitude of fun activities and shared pleasures.</t>
+    <t>2024 Jeanneau DB/43 OB$899,999Options:Triple Mercury 350hp Cold Fusion         Version 2 Cabins 2 Heads White            Version Aft Sundeck                           Comfort Pack                          Electronic Pack Raymarine              Upgrade For Electronic Pack Raymarine            Mooring Kit                               Aft Electrical Sun Awning – SureshadeGyroscopic Stabilizer Seakeeper SK3           2nd Cockpit Fridge 17gal Starboard            Exterior Cockpit A/C                       Bedding Set Mona Lison For The 2 cabins           2 Batteries Chargers 60ah                   Inverter 12-115v 60hz 2000w               Automatic Trim Tabs Zipwake 60            Tv Antenna                                  Raymarine Clearcruise (Camera and GPS Antenna)            Raymarine Quantum 2 Digital Radar Including Deck Searchlight            Lithium Batteries For The Seakeeper         Cockpit Wood Latting                     Hull Paint premiumManufacturer Provided DescriptionThe DB/43 OB promises moments of pure exhilaration.  Full speed crossings, with a pause for sunbathing and a swim, stunning sunsets, shared smiles, a glass in hand... you don't have to choose between enjoying intense sensations and simple pleasures. Boasting a strong outboard engine, the DB/43 OB offers sporty, responsive driving, with top speeds approaching 40 knots. Excellent performance is accompanied by remarkable seakeeping abilities and comfortable cruising, notably due to the hull by Michael Peters. A uniquely distinguished profile sets the tone for this boat, with a sparkling, contemporary design. Bathed in light, the spacious owner's cabin offers surprising levels of finish and comfort. Guests are accommodated in a superb full-beam cabin. But it is on deck, under the sun or in the moonlight, where the most memorable moments will be shared. In the airy cockpit, an inviting saloon accommodates up to eight people around a modular table. The superbly equipped central island galley contributes to a festive atmosphere, enabling you to prepare and savour tasty dishes together. Afterward, two side terraces can be deployed to form a wide, lateral swim platform. In this Beach Club atmosphere, guests can dive into turquoise waters or relax and sunbathe on the sundeck. Aboard a DB/43 OB, you will enjoy a multitude of fun activities and shared pleasures.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2024-jeanneau-db43-ob64d556de0b1bdecbad020c56</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760617560130968626168f0e45812419.png</t>
   </si>
   <si>
     <t>6489f2190300dfae2d037976</t>
   </si>
   <si>
     <t>2024 Blackfin 400CC</t>
   </si>
   <si>
-    <t>Manufacturer Advertised Price: $1,131,577 Our Price:$889,0002024 Blackfin 400 CCQuad Mercury 400L V10 Verado DTS - Cold Fusion White Engine Dual GPS/Chartplotter - Garmin GPSMAP 9224B175 HW , Transducer and B175L, Transducer.FLIR Thermal CameraDual Row Helm Seating (6) , Heated Seats, Power Adjustment on Captains SeatZipwake Trim Control System, Series SUnderside Hardtop Color - Whisper Gray Hardtop System w/White Framing Scuba Tank Racks Fabric Interior Ultra FeatherSwim Platform Inlay - SeadekPrewire for Gyro StabilizerSea Keeper 4, Gyro StabilizerAir ConditionerBow &amp; Aft Shade, Console, Forward Console Lounge, Fwd &amp; Aft Helm Seat, &amp; Transom Seat CoversEnclosed Shower w/ Lighted Shower HeadMacerator w/Overboard DischargeNMMA CertifiedSteering SystemJoystick Control</t>
+    <t>2024 Blackfin 400 CCOur Price: $889,000Options:Quad Mercury 400L V10 Verado DTS - Cold Fusion White Engine Dual GPS/Chartplotter - Garmin GPSMAP 9224Joystick ControlB175 HW , Transducer and B175L, Transducer.FLIR Thermal CameraDual Row Helm Seating (6) , Heated Seats, Power Adjustment on Captains SeatZipwake Trim Control System, Series SUnderside Hardtop Color - Whisper Gray Hardtop System w/White Framing Scuba Tank Racks Fabric Interior Ultra FeatherSwim Platform Inlay - SeadekPrewire for Gyro StabilizerSea Keeper 4, Gyro StabilizerAir ConditionerBow &amp; Aft Shade, Console, Forward Console Lounge, Fwd &amp; Aft Helm Seat, &amp; Transom Seat CoversEnclosed Shower w/ Lighted Shower HeadMacerator w/Overboard DischargeNMMA Certified</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2024-blackfin-400cc6489f2190300dfae2d037976</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760616976204072849168f0e2107b8c4.png</t>
   </si>
   <si>
     <t>6464f2fe31d54a54b803c759</t>
   </si>
   <si>
     <t>2026 Regulator 23</t>
   </si>
   <si>
-    <t>ConsoleFiberglass T-Top with Surfboard Edges, Spreader Lights, and Multi-Colored LED Lights – Complete with Integrated, Vented Wraparound WindshieldWhite Powder Coat PackageFactory-Installed Garmin® 16 Fish Package: One 16” GPSMAP® 8616 XSV Multi-Touch Widescreen Chartplotter/Sonar Display, VHF 110 Radio with 8’ Digital VHF Antenna and Airmar® B150 CHIRP TransducerSeaStar Solutions® Optimus Electronic Power Steering with Tilt HelmRitchie® Blue Face SuperSport CompassMarine Stereo with AM/FM/WB, SiriusXM® Ready with Bluetooth and (4) Premium SpeakersStand-Up Head Compartment with Portable Marine ToiletEZ-View Flushmount Electronic Mounting Face with Access in Head CompartmentDual Battery System with Switches and Marine BatteriesIlluminated Glove Box with Lid69 qt. Insulated Cooler Under Forward Console SeatVented Port Light in ConsoleUSB Charging PortsSwitch Panel with Stainless LED Push Button Switches</t>
+    <t>2026 Regulator 23Build Slot Available! Options:Fiberglass T-Top with Surfboard Edges, Spreader Lights, and Multi-Colored LED Lights – Complete with Integrated, Vented Wraparound WindshieldWhite Powder Coat PackageFactory-Installed Garmin® 16 Fish Package: One 16” GPSMAP® 8616 XSV Multi-Touch Widescreen Chartplotter/Sonar Display, VHF 110 Radio with 8’ Digital VHF Antenna and Airmar® B150 CHIRP TransducerSeaStar Solutions® Optimus Electronic Power Steering with Tilt HelmRitchie® Blue Face SuperSport CompassMarine Stereo with AM/FM/WB, SiriusXM® Ready with Bluetooth and (4) Premium SpeakersStand-Up Head Compartment with Portable Marine ToiletEZ-View Flushmount Electronic Mounting Face with Access in Head CompartmentDual Battery System with Switches and Marine BatteriesIlluminated Glove Box with Lid69 qt. Insulated Cooler Under Forward Console SeatVented Port Light in ConsoleUSB Charging PortsSwitch Panel with Stainless LED Push Button Switches</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-regulator-236464f2fe31d54a54b803c759</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760560752164832062568f00670080c9.png</t>
   </si>
   <si>
     <t>5fcf60751b6fae1bc53f3356</t>
   </si>
   <si>
     <t>2018 HCB 53 Suenos</t>
   </si>
   <si>
-    <t>2018 Hydra-Sports 53 SuenosFeatures Include:Seakeeper Model 5Air conditioningDiesel GeneratorBaitwell-dual 60 gallons eachPort and Stbd Refrigerated FishboxBow TableFiberglass with Power Lift and Filler CushionBow Thruster Electric Reel Outlets(4)Garmin-Triple 17" Chart Plotters (2)8417, 8617 with GSD 26 Sounder &amp; dual transducers for Chirp Technology Garmin 48" 4 KW Open Array Radar Garmin Auto Pilot Garmin VHF 300 RadioSatellite TV ReceiverUnderwater CameraGrillStainless Steel, removable with storage cover Helm Seats Triple Captains Chairs with swiveling Pedestals Helm Master Steering (Yamaha) Ice Chests Gunwale mounted 2 port and 2 starboard Insulated deck lidsOutriggers Taco top mount with 18' Silver outrigger poles Painted Engines- two tone Stereo System-JL AudioSummer Kitchen with Corian Counter top, two sinks , storage and 12 volt S/S Refrigerator T-Top custom painted with faired welds, integrated windshield, D-tubing, rod holders and spreader lights Tuna / Dive / Utility Doors, Port and Starboard, open inward for use while docked Underwater lighting (4) Stern (2) 2 Bow53 SuenosHydraSports Custom unveiled 53’ Sueños, the world’s largest, outboard powered, center console at the Miami International Boat Show in February 2015.The most common question has been, “Why such a large boat?”  The answer is simple according to Elias De La Torre III, CEO of HydraSports Custom boats, “We’ve sold 140 of the 42’ center consoles and our boat owners have requested a larger boat to move into.”  After extensive market research and input from current HydraSports boat owners it seemed the market was finally ready. As with all HydraSports Custom boats, 53’ Sueños, will have very limited production.  The plan is to build no more than 12 of these boats per year for world-wide distribution via a network of factory direct test centers. This boat features Advanced Combat Craft Construction leveraging two million dollars of US Navy funded research for their Advanced Combatant Craft.  Developed by Structural Composites this technology has won numerous awards including three Congressional Medals of Merit.</t>
+    <t>2018 Hydra-Sports 53 Suenos$799,999Options:Seakeeper Model 5Air conditioningDiesel GeneratorBaitwell-dual 60 gallons eachPort and Stbd Refrigerated FishboxBow TableFiberglass with Power Lift and Filler CushionBow Thruster Electric Reel Outlets(4)Garmin-Triple 17" Chart Plotters (2)8417, 8617 with GSD 26 Sounder &amp; dual transducers for Chirp Technology Garmin 48" 4 KW Open Array Radar Garmin Auto Pilot Garmin VHF 300 RadioSatellite TV ReceiverUnderwater CameraGrillStainless Steel, removable with storage cover Helm Seats Triple Captains Chairs with swiveling Pedestals Helm Master Steering (Yamaha) Ice Chests Gunwale mounted 2 port and 2 starboard Insulated deck lidsOutriggers Taco top mount with 18' Silver outrigger poles Painted Engines- two tone Stereo System-JL AudioSummer Kitchen with Corian Counter top, two sinks , storage and 12 volt S/S Refrigerator T-Top custom painted with faired welds, integrated windshield, D-tubing, rod holders and spreader lights Tuna / Dive / Utility Doors, Port and Starboard, open inward for use while docked Underwater lighting (4) Stern (2) 2 Bow53 SuenosHydraSports Custom unveiled 53’ Sueños, the world’s largest, outboard powered, center console at the Miami International Boat Show in February 2015.The most common question has been, “Why such a large boat?”  The answer is simple according to Elias De La Torre III, CEO of HydraSports Custom boats, “We’ve sold 140 of the 42’ center consoles and our boat owners have requested a larger boat to move into.”  After extensive market research and input from current HydraSports boat owners it seemed the market was finally ready. As with all HydraSports Custom boats, 53’ Sueños, will have very limited production.  The plan is to build no more than 12 of these boats per year for world-wide distribution via a network of factory direct test centers. This boat features Advanced Combat Craft Construction leveraging two million dollars of US Navy funded research for their Advanced Combatant Craft.  Developed by Structural Composites this technology has won numerous awards including three Congressional Medals of Merit.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2018-hcb-53-suenos5fcf60751b6fae1bc53f3356</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760621188113486107968f0f2840cc98.png</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1942,2920 +2032,2998 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:H110"/>
+  <dimension ref="A1:H113"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="25" customWidth="1"/>
     <col min="2" max="2" width="20" customWidth="1"/>
     <col min="3" max="4" width="10" customWidth="1"/>
     <col min="5" max="5" width="50" customWidth="1"/>
     <col min="6" max="6" width="20" customWidth="1"/>
     <col min="7" max="7" width="100" customWidth="1"/>
     <col min="8" max="8" width="50" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
-      <c r="C2" t="s">
+      <c r="C2">
+        <v>319689</v>
+      </c>
+      <c r="D2">
+        <v>319689</v>
+      </c>
+      <c r="E2" t="s">
         <v>10</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
         <v>11</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>12</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3">
+        <v>285000</v>
+      </c>
+      <c r="D3">
+        <v>285000</v>
+      </c>
+      <c r="E3" t="s">
         <v>16</v>
       </c>
-      <c r="C3">
-[...7 lines deleted...]
-      </c>
       <c r="F3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
         <v>21</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D4" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>24</v>
       </c>
       <c r="H4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>27</v>
       </c>
-      <c r="C5" t="s">
-[...3 lines deleted...]
-        <v>10</v>
+      <c r="C5">
+        <v>109999</v>
+      </c>
+      <c r="D5">
+        <v>109999</v>
       </c>
       <c r="E5" t="s">
         <v>28</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G5" t="s">
         <v>29</v>
       </c>
       <c r="H5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>31</v>
       </c>
       <c r="B6" t="s">
         <v>32</v>
       </c>
       <c r="C6">
-        <v>361784</v>
+        <v>149900</v>
       </c>
       <c r="D6">
-        <v>361784</v>
+        <v>149900</v>
       </c>
       <c r="E6" t="s">
         <v>33</v>
       </c>
       <c r="F6" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G6" t="s">
         <v>34</v>
       </c>
       <c r="H6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>36</v>
       </c>
       <c r="B7" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="C7">
-        <v>350339.9</v>
+        <v>239999</v>
       </c>
       <c r="D7">
-        <v>350339.9</v>
+        <v>239999</v>
       </c>
       <c r="E7" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="F7" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G7" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="H7" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B8" t="s">
-        <v>40</v>
-[...5 lines deleted...]
-        <v>319689.7</v>
+        <v>42</v>
+      </c>
+      <c r="C8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="F8" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="H8" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B9" t="s">
-        <v>45</v>
-[...5 lines deleted...]
-        <v>319689.7</v>
+        <v>47</v>
+      </c>
+      <c r="C9" t="s">
+        <v>22</v>
+      </c>
+      <c r="D9" t="s">
+        <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="F9" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="H9" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B10" t="s">
-        <v>32</v>
-[...5 lines deleted...]
-        <v>349399.9</v>
+        <v>21</v>
+      </c>
+      <c r="C10" t="s">
+        <v>22</v>
+      </c>
+      <c r="D10" t="s">
+        <v>22</v>
       </c>
       <c r="E10" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="F10" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="H10" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B11" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="C11">
-        <v>361784</v>
+        <v>94500</v>
       </c>
       <c r="D11">
-        <v>361784</v>
+        <v>94500</v>
       </c>
       <c r="E11" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="F11" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G11" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="H11" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B12" t="s">
-        <v>56</v>
-[...5 lines deleted...]
-        <v>164999</v>
+        <v>61</v>
+      </c>
+      <c r="C12" t="s">
+        <v>22</v>
+      </c>
+      <c r="D12" t="s">
+        <v>22</v>
       </c>
       <c r="E12" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="F12" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="H12" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="B13" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="C13" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D13" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E13" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="F13" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="H13" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="B14" t="s">
-        <v>66</v>
+        <v>21</v>
       </c>
       <c r="C14" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D14" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E14" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="F14" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="H14" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B15" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C15">
-        <v>99999</v>
+        <v>361784</v>
       </c>
       <c r="D15">
-        <v>99999</v>
+        <v>361784</v>
       </c>
       <c r="E15" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="F15" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="H15" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="B16" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="C16">
-        <v>89999</v>
+        <v>350339.9</v>
       </c>
       <c r="D16">
-        <v>89999</v>
+        <v>350339.9</v>
       </c>
       <c r="E16" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="F16" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="H16" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="B17" t="s">
-        <v>81</v>
-[...5 lines deleted...]
-        <v>10</v>
+        <v>9</v>
+      </c>
+      <c r="C17">
+        <v>319689</v>
+      </c>
+      <c r="D17">
+        <v>319689</v>
       </c>
       <c r="E17" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="F17" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="H17" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B18" t="s">
-        <v>86</v>
-[...5 lines deleted...]
-        <v>10</v>
+        <v>89</v>
+      </c>
+      <c r="C18">
+        <v>319689</v>
+      </c>
+      <c r="D18">
+        <v>319689</v>
       </c>
       <c r="E18" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="F18" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="H18" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B19" t="s">
-        <v>91</v>
-[...5 lines deleted...]
-        <v>10</v>
+        <v>94</v>
+      </c>
+      <c r="C19">
+        <v>349399</v>
+      </c>
+      <c r="D19">
+        <v>349399</v>
       </c>
       <c r="E19" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="F19" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="H19" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="B20" t="s">
-        <v>96</v>
+        <v>75</v>
       </c>
       <c r="C20">
-        <v>89999</v>
+        <v>361784</v>
       </c>
       <c r="D20">
-        <v>89999</v>
+        <v>361784</v>
       </c>
       <c r="E20" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="F20" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="H20" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B21" t="s">
-        <v>101</v>
-[...5 lines deleted...]
-        <v>10</v>
+        <v>42</v>
+      </c>
+      <c r="C21">
+        <v>79753</v>
+      </c>
+      <c r="D21">
+        <v>79753</v>
       </c>
       <c r="E21" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F21" t="s">
-        <v>103</v>
+        <v>17</v>
       </c>
       <c r="G21" t="s">
         <v>104</v>
       </c>
       <c r="H21" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
         <v>106</v>
       </c>
       <c r="B22" t="s">
         <v>107</v>
       </c>
       <c r="C22" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D22" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E22" t="s">
         <v>108</v>
       </c>
       <c r="F22" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G22" t="s">
         <v>109</v>
       </c>
       <c r="H22" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>111</v>
       </c>
       <c r="B23" t="s">
-        <v>86</v>
-[...5 lines deleted...]
-        <v>10</v>
+        <v>112</v>
+      </c>
+      <c r="C23">
+        <v>99999</v>
+      </c>
+      <c r="D23">
+        <v>99999</v>
       </c>
       <c r="E23" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F23" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G23" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="H23" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B24" t="s">
-        <v>9</v>
-[...5 lines deleted...]
-        <v>10</v>
+        <v>117</v>
+      </c>
+      <c r="C24">
+        <v>84900</v>
+      </c>
+      <c r="D24">
+        <v>84900</v>
       </c>
       <c r="E24" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="F24" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G24" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="H24" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B25" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C25">
-        <v>126900</v>
+        <v>173327</v>
       </c>
       <c r="D25">
-        <v>126900</v>
+        <v>173327</v>
       </c>
       <c r="E25" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F25" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G25" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="H25" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B26" t="s">
-        <v>125</v>
-[...5 lines deleted...]
-        <v>10</v>
+        <v>127</v>
+      </c>
+      <c r="C26">
+        <v>124506</v>
+      </c>
+      <c r="D26">
+        <v>124506</v>
       </c>
       <c r="E26" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="F26" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G26" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="H26" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B27" t="s">
-        <v>130</v>
-[...5 lines deleted...]
-        <v>10</v>
+        <v>132</v>
+      </c>
+      <c r="C27">
+        <v>144662</v>
+      </c>
+      <c r="D27">
+        <v>144662</v>
       </c>
       <c r="E27" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="F27" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G27" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="H27" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B28" t="s">
-        <v>135</v>
-[...5 lines deleted...]
-        <v>10</v>
+        <v>137</v>
+      </c>
+      <c r="C28">
+        <v>89999</v>
+      </c>
+      <c r="D28">
+        <v>89999</v>
       </c>
       <c r="E28" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="F28" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G28" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="H28" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B29" t="s">
-        <v>107</v>
+        <v>142</v>
       </c>
       <c r="C29" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D29" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E29" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="F29" t="s">
-        <v>12</v>
+        <v>144</v>
       </c>
       <c r="G29" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="H29" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="B30" t="s">
-        <v>66</v>
-[...5 lines deleted...]
-        <v>10</v>
+        <v>47</v>
+      </c>
+      <c r="C30">
+        <v>113730</v>
+      </c>
+      <c r="D30">
+        <v>113730</v>
       </c>
       <c r="E30" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F30" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G30" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="H30" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="B31" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="C31" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D31" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E31" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="F31" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H31" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
     </row>
     <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B32" t="s">
-        <v>152</v>
-[...5 lines deleted...]
-        <v>102190</v>
+        <v>61</v>
+      </c>
+      <c r="C32" t="s">
+        <v>22</v>
+      </c>
+      <c r="D32" t="s">
+        <v>22</v>
       </c>
       <c r="E32" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="F32" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="H32" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="B33" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="C33">
-        <v>27900</v>
+        <v>74099</v>
       </c>
       <c r="D33">
-        <v>27900</v>
+        <v>74099</v>
       </c>
       <c r="E33" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="F33" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G33" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="H33" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="B34" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="C34">
-        <v>149000</v>
+        <v>199428</v>
       </c>
       <c r="D34">
-        <v>149000</v>
+        <v>199428</v>
       </c>
       <c r="E34" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="F34" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G34" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="H34" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="B35" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="C35">
-        <v>179900</v>
+        <v>153601</v>
       </c>
       <c r="D35">
-        <v>179900</v>
+        <v>153601</v>
       </c>
       <c r="E35" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="F35" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G35" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="H35" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="B36" t="s">
-        <v>91</v>
-[...5 lines deleted...]
-        <v>10</v>
+        <v>47</v>
+      </c>
+      <c r="C36">
+        <v>98392</v>
+      </c>
+      <c r="D36">
+        <v>98392</v>
       </c>
       <c r="E36" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="F36" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G36" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="H36" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="B37" t="s">
-        <v>176</v>
-[...5 lines deleted...]
-        <v>10</v>
+        <v>107</v>
+      </c>
+      <c r="C37">
+        <v>254150</v>
+      </c>
+      <c r="D37">
+        <v>254150</v>
       </c>
       <c r="E37" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="F37" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G37" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="H37" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B38" t="s">
-        <v>181</v>
+        <v>170</v>
       </c>
       <c r="C38">
-        <v>37900</v>
+        <v>162763</v>
       </c>
       <c r="D38">
-        <v>37900</v>
+        <v>162763</v>
       </c>
       <c r="E38" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="F38" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G38" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="H38" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B39" t="s">
-        <v>176</v>
-[...5 lines deleted...]
-        <v>10</v>
+        <v>187</v>
+      </c>
+      <c r="C39">
+        <v>102190</v>
+      </c>
+      <c r="D39">
+        <v>102190</v>
       </c>
       <c r="E39" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="F39" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G39" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="H39" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
     <row r="40" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B40" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C40">
-        <v>446630</v>
+        <v>27900</v>
       </c>
       <c r="D40">
-        <v>446630</v>
+        <v>27900</v>
       </c>
       <c r="E40" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="F40" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G40" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="H40" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
     </row>
     <row r="41" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B41" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="C41">
-        <v>830030</v>
+        <v>149000</v>
       </c>
       <c r="D41">
-        <v>830030</v>
+        <v>149000</v>
       </c>
       <c r="E41" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="F41" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G41" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="H41" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B42" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="C42">
-        <v>955685</v>
+        <v>179900</v>
       </c>
       <c r="D42">
-        <v>955685</v>
+        <v>179900</v>
       </c>
       <c r="E42" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="F42" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G42" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="H42" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B43" t="s">
-        <v>204</v>
+        <v>132</v>
       </c>
       <c r="C43">
-        <v>43000</v>
+        <v>143874</v>
       </c>
       <c r="D43">
-        <v>43000</v>
+        <v>143874</v>
       </c>
       <c r="E43" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="F43" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G43" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="H43" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B44" t="s">
-        <v>209</v>
-[...5 lines deleted...]
-        <v>10</v>
+        <v>211</v>
+      </c>
+      <c r="C44">
+        <v>122825</v>
+      </c>
+      <c r="D44">
+        <v>122825</v>
       </c>
       <c r="E44" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="F44" t="s">
-        <v>103</v>
+        <v>17</v>
       </c>
       <c r="G44" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="H44" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="B45" t="s">
-        <v>135</v>
-[...5 lines deleted...]
-        <v>10</v>
+        <v>216</v>
+      </c>
+      <c r="C45">
+        <v>37900</v>
+      </c>
+      <c r="D45">
+        <v>37900</v>
       </c>
       <c r="E45" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="F45" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G45" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="H45" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="B46" t="s">
-        <v>107</v>
-[...5 lines deleted...]
-        <v>10</v>
+        <v>211</v>
+      </c>
+      <c r="C46">
+        <v>119763</v>
+      </c>
+      <c r="D46">
+        <v>119763</v>
       </c>
       <c r="E46" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="F46" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G46" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="H46" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="B47" t="s">
-        <v>22</v>
-[...5 lines deleted...]
-        <v>10</v>
+        <v>225</v>
+      </c>
+      <c r="C47">
+        <v>446630</v>
+      </c>
+      <c r="D47">
+        <v>446630</v>
       </c>
       <c r="E47" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F47" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="H47" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B48" t="s">
-        <v>135</v>
-[...5 lines deleted...]
-        <v>10</v>
+        <v>230</v>
+      </c>
+      <c r="C48">
+        <v>830030</v>
+      </c>
+      <c r="D48">
+        <v>830030</v>
       </c>
       <c r="E48" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="F48" t="s">
-        <v>103</v>
+        <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="H48" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
     </row>
     <row r="49" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="B49" t="s">
         <v>230</v>
       </c>
       <c r="C49">
-        <v>195000</v>
+        <v>955685</v>
       </c>
       <c r="D49">
-        <v>195000</v>
+        <v>955685</v>
       </c>
       <c r="E49" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="F49" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="H49" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
     </row>
     <row r="50" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="B50" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="C50">
-        <v>49999</v>
+        <v>43000</v>
       </c>
       <c r="D50">
-        <v>49999</v>
+        <v>43000</v>
       </c>
       <c r="E50" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="F50" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G50" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="H50" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
     </row>
     <row r="51" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="B51" t="s">
-        <v>135</v>
+        <v>244</v>
       </c>
       <c r="C51" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D51" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E51" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="F51" t="s">
-        <v>18</v>
+        <v>144</v>
       </c>
       <c r="G51" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="H51" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
     </row>
     <row r="52" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="B52" t="s">
-        <v>244</v>
+        <v>170</v>
       </c>
       <c r="C52">
-        <v>219999</v>
+        <v>166513</v>
       </c>
       <c r="D52">
-        <v>219999</v>
+        <v>166513</v>
       </c>
       <c r="E52" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="F52" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G52" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="H52" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
     </row>
     <row r="53" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="B53" t="s">
-        <v>249</v>
+        <v>47</v>
       </c>
       <c r="C53">
-        <v>219000</v>
+        <v>97954</v>
       </c>
       <c r="D53">
-        <v>219000</v>
+        <v>97954</v>
       </c>
       <c r="E53" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="F53" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G53" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="H53" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
     </row>
     <row r="54" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="B54" t="s">
-        <v>254</v>
+        <v>66</v>
       </c>
       <c r="C54">
-        <v>484185</v>
+        <v>171538</v>
       </c>
       <c r="D54">
-        <v>484185</v>
+        <v>171538</v>
       </c>
       <c r="E54" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="F54" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G54" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="H54" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
     </row>
     <row r="55" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B55" t="s">
-        <v>259</v>
+        <v>170</v>
       </c>
       <c r="C55" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D55" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E55" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="F55" t="s">
-        <v>103</v>
+        <v>144</v>
       </c>
       <c r="G55" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="H55" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="56" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B56" t="s">
-        <v>264</v>
-[...5 lines deleted...]
-        <v>10</v>
+        <v>265</v>
+      </c>
+      <c r="C56">
+        <v>184900</v>
+      </c>
+      <c r="D56">
+        <v>184900</v>
       </c>
       <c r="E56" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="F56" t="s">
-        <v>103</v>
+        <v>17</v>
       </c>
       <c r="G56" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="H56" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="57" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B57" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C57">
-        <v>199999</v>
+        <v>39900</v>
       </c>
       <c r="D57">
-        <v>199999</v>
+        <v>39900</v>
       </c>
       <c r="E57" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="F57" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G57" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="H57" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="58" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B58" t="s">
-        <v>86</v>
-[...5 lines deleted...]
-        <v>10</v>
+        <v>170</v>
+      </c>
+      <c r="C58">
+        <v>166514</v>
+      </c>
+      <c r="D58">
+        <v>166514</v>
       </c>
       <c r="E58" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="F58" t="s">
-        <v>103</v>
+        <v>17</v>
       </c>
       <c r="G58" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="H58" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="59" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B59" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C59">
-        <v>225000</v>
+        <v>484185</v>
       </c>
       <c r="D59">
-        <v>225000</v>
+        <v>484185</v>
       </c>
       <c r="E59" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="F59" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G59" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="H59" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="60" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B60" t="s">
-        <v>283</v>
-[...5 lines deleted...]
-        <v>284705</v>
+        <v>284</v>
+      </c>
+      <c r="C60" t="s">
+        <v>22</v>
+      </c>
+      <c r="D60" t="s">
+        <v>22</v>
       </c>
       <c r="E60" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="F60" t="s">
-        <v>18</v>
+        <v>144</v>
       </c>
       <c r="G60" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="H60" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="61" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B61" t="s">
-        <v>288</v>
-[...5 lines deleted...]
-        <v>293145</v>
+        <v>289</v>
+      </c>
+      <c r="C61" t="s">
+        <v>22</v>
+      </c>
+      <c r="D61" t="s">
+        <v>22</v>
       </c>
       <c r="E61" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F61" t="s">
-        <v>18</v>
+        <v>144</v>
       </c>
       <c r="G61" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="H61" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="62" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B62" t="s">
-        <v>293</v>
-[...5 lines deleted...]
-        <v>597165</v>
+        <v>127</v>
+      </c>
+      <c r="C62" t="s">
+        <v>22</v>
+      </c>
+      <c r="D62" t="s">
+        <v>22</v>
       </c>
       <c r="E62" t="s">
         <v>294</v>
       </c>
       <c r="F62" t="s">
-        <v>18</v>
+        <v>144</v>
       </c>
       <c r="G62" t="s">
         <v>295</v>
       </c>
       <c r="H62" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="63" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
         <v>297</v>
       </c>
       <c r="B63" t="s">
-        <v>61</v>
-[...5 lines deleted...]
-        <v>10</v>
+        <v>298</v>
+      </c>
+      <c r="C63">
+        <v>225000</v>
+      </c>
+      <c r="D63">
+        <v>225000</v>
       </c>
       <c r="E63" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="F63" t="s">
-        <v>103</v>
+        <v>17</v>
       </c>
       <c r="G63" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="H63" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="64" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B64" t="s">
-        <v>302</v>
-[...5 lines deleted...]
-        <v>10</v>
+        <v>303</v>
+      </c>
+      <c r="C64">
+        <v>284705</v>
+      </c>
+      <c r="D64">
+        <v>284705</v>
       </c>
       <c r="E64" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="F64" t="s">
-        <v>103</v>
+        <v>17</v>
       </c>
       <c r="G64" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="H64" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="65" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B65" t="s">
-        <v>307</v>
-[...5 lines deleted...]
-        <v>10</v>
+        <v>308</v>
+      </c>
+      <c r="C65">
+        <v>293145</v>
+      </c>
+      <c r="D65">
+        <v>293145</v>
       </c>
       <c r="E65" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="F65" t="s">
-        <v>103</v>
+        <v>17</v>
       </c>
       <c r="G65" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H65" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="66" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B66" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C66">
-        <v>135000</v>
+        <v>597165</v>
       </c>
       <c r="D66">
-        <v>135000</v>
+        <v>597165</v>
       </c>
       <c r="E66" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="F66" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G66" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="H66" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
     </row>
     <row r="67" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B67" t="s">
-        <v>317</v>
-[...5 lines deleted...]
-        <v>115000</v>
+        <v>42</v>
+      </c>
+      <c r="C67" t="s">
+        <v>22</v>
+      </c>
+      <c r="D67" t="s">
+        <v>22</v>
       </c>
       <c r="E67" t="s">
         <v>318</v>
       </c>
       <c r="F67" t="s">
-        <v>18</v>
+        <v>144</v>
       </c>
       <c r="G67" t="s">
         <v>319</v>
       </c>
       <c r="H67" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="68" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
         <v>321</v>
       </c>
       <c r="B68" t="s">
-        <v>317</v>
-[...5 lines deleted...]
-        <v>115000</v>
+        <v>322</v>
+      </c>
+      <c r="C68" t="s">
+        <v>22</v>
+      </c>
+      <c r="D68" t="s">
+        <v>22</v>
       </c>
       <c r="E68" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="F68" t="s">
-        <v>18</v>
+        <v>144</v>
       </c>
       <c r="G68" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="H68" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
     <row r="69" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B69" t="s">
-        <v>326</v>
-[...5 lines deleted...]
-        <v>173074</v>
+        <v>327</v>
+      </c>
+      <c r="C69" t="s">
+        <v>22</v>
+      </c>
+      <c r="D69" t="s">
+        <v>22</v>
       </c>
       <c r="E69" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="F69" t="s">
-        <v>18</v>
+        <v>144</v>
       </c>
       <c r="G69" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="H69" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="70" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B70" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C70">
-        <v>125999</v>
+        <v>135000</v>
       </c>
       <c r="D70">
-        <v>125999</v>
+        <v>135000</v>
       </c>
       <c r="E70" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="F70" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G70" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="H70" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="71" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B71" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C71">
-        <v>219999</v>
+        <v>115000</v>
       </c>
       <c r="D71">
-        <v>219999</v>
+        <v>115000</v>
       </c>
       <c r="E71" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="F71" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G71" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="H71" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
     </row>
     <row r="72" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B72" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="C72">
-        <v>452365</v>
+        <v>115000</v>
       </c>
       <c r="D72">
-        <v>452365</v>
+        <v>115000</v>
       </c>
       <c r="E72" t="s">
+        <v>338</v>
+      </c>
+      <c r="F72" t="s">
+        <v>17</v>
+      </c>
+      <c r="G72" t="s">
         <v>342</v>
       </c>
-      <c r="F72" t="s">
-[...2 lines deleted...]
-      <c r="G72" t="s">
+      <c r="H72" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="73" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
+        <v>344</v>
+      </c>
+      <c r="B73" t="s">
         <v>345</v>
       </c>
-      <c r="B73" t="s">
+      <c r="C73">
+        <v>173074</v>
+      </c>
+      <c r="D73">
+        <v>173074</v>
+      </c>
+      <c r="E73" t="s">
         <v>346</v>
       </c>
-      <c r="C73" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F73" t="s">
-        <v>103</v>
+        <v>17</v>
       </c>
       <c r="G73" t="s">
         <v>347</v>
       </c>
       <c r="H73" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="74" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
         <v>349</v>
       </c>
       <c r="B74" t="s">
         <v>350</v>
       </c>
-      <c r="C74" t="s">
-[...3 lines deleted...]
-        <v>10</v>
+      <c r="C74">
+        <v>452365</v>
+      </c>
+      <c r="D74">
+        <v>452365</v>
       </c>
       <c r="E74" t="s">
-        <v>33</v>
+        <v>351</v>
       </c>
       <c r="F74" t="s">
-        <v>103</v>
+        <v>17</v>
       </c>
       <c r="G74" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H74" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
     </row>
     <row r="75" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B75" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C75" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D75" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E75" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="F75" t="s">
-        <v>103</v>
+        <v>144</v>
       </c>
       <c r="G75" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="H75" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="76" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B76" t="s">
-        <v>359</v>
-[...5 lines deleted...]
-        <v>417505</v>
+        <v>360</v>
+      </c>
+      <c r="C76" t="s">
+        <v>22</v>
+      </c>
+      <c r="D76" t="s">
+        <v>22</v>
       </c>
       <c r="E76" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="F76" t="s">
-        <v>18</v>
+        <v>144</v>
       </c>
       <c r="G76" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="H76" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="77" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B77" t="s">
-        <v>364</v>
-[...5 lines deleted...]
-        <v>420895</v>
+        <v>365</v>
+      </c>
+      <c r="C77" t="s">
+        <v>22</v>
+      </c>
+      <c r="D77" t="s">
+        <v>22</v>
       </c>
       <c r="E77" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="F77" t="s">
-        <v>18</v>
+        <v>144</v>
       </c>
       <c r="G77" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="H77" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
     </row>
     <row r="78" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B78" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C78">
-        <v>175000</v>
+        <v>417505</v>
       </c>
       <c r="D78">
-        <v>175000</v>
+        <v>417505</v>
       </c>
       <c r="E78" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="F78" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G78" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="H78" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="79" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B79" t="s">
-        <v>374</v>
-[...5 lines deleted...]
-        <v>10</v>
+        <v>375</v>
+      </c>
+      <c r="C79">
+        <v>420895</v>
+      </c>
+      <c r="D79">
+        <v>420895</v>
       </c>
       <c r="E79" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="F79" t="s">
-        <v>103</v>
+        <v>17</v>
       </c>
       <c r="G79" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="H79" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
     </row>
     <row r="80" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B80" t="s">
-        <v>379</v>
-[...5 lines deleted...]
-        <v>10</v>
+        <v>380</v>
+      </c>
+      <c r="C80">
+        <v>149999</v>
+      </c>
+      <c r="D80">
+        <v>149999</v>
       </c>
       <c r="E80" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="F80" t="s">
-        <v>103</v>
+        <v>17</v>
       </c>
       <c r="G80" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="H80" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
     </row>
     <row r="81" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B81" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C81">
-        <v>278850</v>
+        <v>175000</v>
       </c>
       <c r="D81">
-        <v>278850</v>
+        <v>175000</v>
       </c>
       <c r="E81" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="F81" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G81" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="H81" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
     </row>
     <row r="82" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B82" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C82" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D82" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E82" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="F82" t="s">
-        <v>103</v>
+        <v>144</v>
       </c>
       <c r="G82" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="H82" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="83" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B83" t="s">
-        <v>32</v>
+        <v>395</v>
       </c>
       <c r="C83" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D83" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E83" t="s">
-        <v>33</v>
+        <v>396</v>
       </c>
       <c r="F83" t="s">
-        <v>103</v>
+        <v>144</v>
       </c>
       <c r="G83" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="H83" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
     </row>
     <row r="84" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="B84" t="s">
-        <v>397</v>
-[...5 lines deleted...]
-        <v>10</v>
+        <v>400</v>
+      </c>
+      <c r="C84">
+        <v>278850</v>
+      </c>
+      <c r="D84">
+        <v>278850</v>
       </c>
       <c r="E84" t="s">
-        <v>308</v>
+        <v>401</v>
       </c>
       <c r="F84" t="s">
-        <v>103</v>
+        <v>17</v>
       </c>
       <c r="G84" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="H84" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
     </row>
     <row r="85" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="B85" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="C85" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D85" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E85" t="s">
-        <v>33</v>
+        <v>406</v>
       </c>
       <c r="F85" t="s">
-        <v>103</v>
+        <v>144</v>
       </c>
       <c r="G85" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="H85" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
     </row>
     <row r="86" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="B86" t="s">
-        <v>405</v>
+        <v>80</v>
       </c>
       <c r="C86" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D86" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E86" t="s">
-        <v>33</v>
+        <v>410</v>
       </c>
       <c r="F86" t="s">
-        <v>103</v>
+        <v>144</v>
       </c>
       <c r="G86" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="H86" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
     </row>
     <row r="87" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="B87" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="C87" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D87" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E87" t="s">
-        <v>33</v>
+        <v>415</v>
       </c>
       <c r="F87" t="s">
-        <v>103</v>
+        <v>144</v>
       </c>
       <c r="G87" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="H87" t="s">
-        <v>411</v>
+        <v>417</v>
       </c>
     </row>
     <row r="88" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
-        <v>412</v>
+        <v>418</v>
       </c>
       <c r="B88" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="C88" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D88" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E88" t="s">
-        <v>414</v>
+        <v>420</v>
       </c>
       <c r="F88" t="s">
-        <v>103</v>
+        <v>144</v>
       </c>
       <c r="G88" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
       <c r="H88" t="s">
-        <v>416</v>
+        <v>422</v>
       </c>
     </row>
     <row r="89" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
-        <v>417</v>
+        <v>423</v>
       </c>
       <c r="B89" t="s">
-        <v>418</v>
+        <v>424</v>
       </c>
       <c r="C89" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D89" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E89" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="F89" t="s">
-        <v>103</v>
+        <v>144</v>
       </c>
       <c r="G89" t="s">
-        <v>419</v>
+        <v>426</v>
       </c>
       <c r="H89" t="s">
-        <v>420</v>
+        <v>427</v>
       </c>
     </row>
     <row r="90" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
-        <v>421</v>
+        <v>428</v>
       </c>
       <c r="B90" t="s">
-        <v>422</v>
+        <v>429</v>
       </c>
       <c r="C90" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D90" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E90" t="s">
-        <v>414</v>
+        <v>430</v>
       </c>
       <c r="F90" t="s">
-        <v>103</v>
+        <v>144</v>
       </c>
       <c r="G90" t="s">
-        <v>423</v>
+        <v>431</v>
       </c>
       <c r="H90" t="s">
-        <v>424</v>
+        <v>432</v>
       </c>
     </row>
     <row r="91" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
-        <v>425</v>
+        <v>433</v>
       </c>
       <c r="B91" t="s">
-        <v>426</v>
+        <v>434</v>
       </c>
       <c r="C91" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D91" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E91" t="s">
-        <v>414</v>
+        <v>435</v>
       </c>
       <c r="F91" t="s">
-        <v>103</v>
+        <v>144</v>
       </c>
       <c r="G91" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="H91" t="s">
-        <v>428</v>
+        <v>437</v>
       </c>
     </row>
     <row r="92" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A92" t="s">
-        <v>429</v>
+        <v>438</v>
       </c>
       <c r="B92" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="C92" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D92" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E92" t="s">
-        <v>431</v>
+        <v>440</v>
       </c>
       <c r="F92" t="s">
-        <v>103</v>
+        <v>144</v>
       </c>
       <c r="G92" t="s">
-        <v>432</v>
+        <v>441</v>
       </c>
       <c r="H92" t="s">
-        <v>433</v>
+        <v>442</v>
       </c>
     </row>
     <row r="93" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
-        <v>434</v>
+        <v>443</v>
       </c>
       <c r="B93" t="s">
-        <v>435</v>
+        <v>444</v>
       </c>
       <c r="C93" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D93" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E93" t="s">
-        <v>436</v>
+        <v>445</v>
       </c>
       <c r="F93" t="s">
-        <v>103</v>
+        <v>144</v>
       </c>
       <c r="G93" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="H93" t="s">
-        <v>438</v>
+        <v>447</v>
       </c>
     </row>
     <row r="94" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
-        <v>439</v>
+        <v>448</v>
       </c>
       <c r="B94" t="s">
-        <v>440</v>
+        <v>449</v>
       </c>
       <c r="C94" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D94" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E94" t="s">
-        <v>33</v>
+        <v>450</v>
       </c>
       <c r="F94" t="s">
-        <v>103</v>
+        <v>144</v>
       </c>
       <c r="G94" t="s">
-        <v>441</v>
+        <v>451</v>
       </c>
       <c r="H94" t="s">
-        <v>442</v>
+        <v>452</v>
       </c>
     </row>
     <row r="95" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
-        <v>443</v>
+        <v>453</v>
       </c>
       <c r="B95" t="s">
-        <v>444</v>
+        <v>454</v>
       </c>
       <c r="C95" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D95" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E95" t="s">
-        <v>445</v>
+        <v>455</v>
       </c>
       <c r="F95" t="s">
-        <v>103</v>
+        <v>144</v>
       </c>
       <c r="G95" t="s">
-        <v>446</v>
+        <v>456</v>
       </c>
       <c r="H95" t="s">
-        <v>447</v>
+        <v>457</v>
       </c>
     </row>
     <row r="96" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
-        <v>448</v>
+        <v>458</v>
       </c>
       <c r="B96" t="s">
-        <v>449</v>
+        <v>459</v>
       </c>
       <c r="C96" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D96" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E96" t="s">
-        <v>33</v>
+        <v>460</v>
       </c>
       <c r="F96" t="s">
-        <v>103</v>
+        <v>144</v>
       </c>
       <c r="G96" t="s">
-        <v>450</v>
+        <v>461</v>
       </c>
       <c r="H96" t="s">
-        <v>451</v>
+        <v>462</v>
       </c>
     </row>
     <row r="97" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
-        <v>452</v>
+        <v>463</v>
       </c>
       <c r="B97" t="s">
-        <v>453</v>
+        <v>464</v>
       </c>
       <c r="C97" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D97" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E97" t="s">
-        <v>33</v>
+        <v>465</v>
       </c>
       <c r="F97" t="s">
-        <v>103</v>
+        <v>144</v>
       </c>
       <c r="G97" t="s">
-        <v>454</v>
+        <v>466</v>
       </c>
       <c r="H97" t="s">
-        <v>455</v>
+        <v>467</v>
       </c>
     </row>
     <row r="98" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A98" t="s">
-        <v>456</v>
+        <v>468</v>
       </c>
       <c r="B98" t="s">
-        <v>457</v>
+        <v>469</v>
       </c>
       <c r="C98" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D98" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E98" t="s">
-        <v>33</v>
+        <v>470</v>
       </c>
       <c r="F98" t="s">
-        <v>103</v>
+        <v>144</v>
       </c>
       <c r="G98" t="s">
-        <v>458</v>
+        <v>471</v>
       </c>
       <c r="H98" t="s">
-        <v>459</v>
+        <v>472</v>
       </c>
     </row>
     <row r="99" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A99" t="s">
-        <v>460</v>
+        <v>473</v>
       </c>
       <c r="B99" t="s">
-        <v>461</v>
+        <v>474</v>
       </c>
       <c r="C99" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D99" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E99" t="s">
-        <v>33</v>
+        <v>475</v>
       </c>
       <c r="F99" t="s">
-        <v>103</v>
+        <v>144</v>
       </c>
       <c r="G99" t="s">
-        <v>462</v>
+        <v>476</v>
       </c>
       <c r="H99" t="s">
-        <v>463</v>
+        <v>477</v>
       </c>
     </row>
     <row r="100" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A100" t="s">
-        <v>464</v>
+        <v>478</v>
       </c>
       <c r="B100" t="s">
-        <v>465</v>
+        <v>479</v>
       </c>
       <c r="C100" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D100" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E100" t="s">
-        <v>308</v>
+        <v>480</v>
       </c>
       <c r="F100" t="s">
-        <v>103</v>
+        <v>144</v>
       </c>
       <c r="G100" t="s">
-        <v>466</v>
+        <v>481</v>
       </c>
       <c r="H100" t="s">
-        <v>467</v>
+        <v>482</v>
       </c>
     </row>
     <row r="101" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A101" t="s">
-        <v>468</v>
+        <v>483</v>
       </c>
       <c r="B101" t="s">
-        <v>469</v>
+        <v>484</v>
       </c>
       <c r="C101" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D101" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E101" t="s">
-        <v>470</v>
+        <v>485</v>
       </c>
       <c r="F101" t="s">
-        <v>103</v>
+        <v>144</v>
       </c>
       <c r="G101" t="s">
-        <v>471</v>
+        <v>486</v>
       </c>
       <c r="H101" t="s">
-        <v>472</v>
+        <v>487</v>
       </c>
     </row>
     <row r="102" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A102" t="s">
-        <v>473</v>
+        <v>488</v>
       </c>
       <c r="B102" t="s">
-        <v>474</v>
+        <v>489</v>
       </c>
       <c r="C102" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D102" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E102" t="s">
-        <v>475</v>
+        <v>490</v>
       </c>
       <c r="F102" t="s">
-        <v>103</v>
+        <v>144</v>
       </c>
       <c r="G102" t="s">
-        <v>476</v>
+        <v>491</v>
       </c>
       <c r="H102" t="s">
-        <v>477</v>
+        <v>492</v>
       </c>
     </row>
     <row r="103" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A103" t="s">
-        <v>478</v>
+        <v>493</v>
       </c>
       <c r="B103" t="s">
-        <v>479</v>
+        <v>494</v>
       </c>
       <c r="C103" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D103" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E103" t="s">
-        <v>480</v>
+        <v>495</v>
       </c>
       <c r="F103" t="s">
-        <v>103</v>
+        <v>144</v>
       </c>
       <c r="G103" t="s">
-        <v>481</v>
+        <v>496</v>
       </c>
       <c r="H103" t="s">
-        <v>482</v>
+        <v>497</v>
       </c>
     </row>
     <row r="104" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A104" t="s">
-        <v>483</v>
+        <v>498</v>
       </c>
       <c r="B104" t="s">
-        <v>484</v>
-[...5 lines deleted...]
-        <v>250000</v>
+        <v>499</v>
+      </c>
+      <c r="C104" t="s">
+        <v>22</v>
+      </c>
+      <c r="D104" t="s">
+        <v>22</v>
       </c>
       <c r="E104" t="s">
-        <v>485</v>
+        <v>500</v>
       </c>
       <c r="F104" t="s">
-        <v>18</v>
+        <v>144</v>
       </c>
       <c r="G104" t="s">
-        <v>486</v>
+        <v>501</v>
       </c>
       <c r="H104" t="s">
-        <v>487</v>
+        <v>502</v>
       </c>
     </row>
     <row r="105" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A105" t="s">
-        <v>488</v>
+        <v>503</v>
       </c>
       <c r="B105" t="s">
-        <v>489</v>
-[...5 lines deleted...]
-        <v>450470</v>
+        <v>504</v>
+      </c>
+      <c r="C105" t="s">
+        <v>22</v>
+      </c>
+      <c r="D105" t="s">
+        <v>22</v>
       </c>
       <c r="E105" t="s">
-        <v>490</v>
+        <v>505</v>
       </c>
       <c r="F105" t="s">
-        <v>18</v>
+        <v>144</v>
       </c>
       <c r="G105" t="s">
-        <v>491</v>
+        <v>506</v>
       </c>
       <c r="H105" t="s">
-        <v>492</v>
+        <v>507</v>
       </c>
     </row>
     <row r="106" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A106" t="s">
-        <v>493</v>
+        <v>508</v>
       </c>
       <c r="B106" t="s">
-        <v>494</v>
-[...5 lines deleted...]
-        <v>840000</v>
+        <v>509</v>
+      </c>
+      <c r="C106" t="s">
+        <v>22</v>
+      </c>
+      <c r="D106" t="s">
+        <v>22</v>
       </c>
       <c r="E106" t="s">
-        <v>495</v>
+        <v>510</v>
       </c>
       <c r="F106" t="s">
-        <v>18</v>
+        <v>144</v>
       </c>
       <c r="G106" t="s">
-        <v>496</v>
+        <v>511</v>
       </c>
       <c r="H106" t="s">
-        <v>497</v>
+        <v>512</v>
       </c>
     </row>
     <row r="107" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A107" t="s">
-        <v>498</v>
+        <v>513</v>
       </c>
       <c r="B107" t="s">
-        <v>499</v>
+        <v>514</v>
       </c>
       <c r="C107">
-        <v>899999</v>
+        <v>250000</v>
       </c>
       <c r="D107">
-        <v>899999</v>
+        <v>250000</v>
       </c>
       <c r="E107" t="s">
-        <v>500</v>
+        <v>515</v>
       </c>
       <c r="F107" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G107" t="s">
-        <v>501</v>
+        <v>516</v>
       </c>
       <c r="H107" t="s">
-        <v>502</v>
+        <v>517</v>
       </c>
     </row>
     <row r="108" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A108" t="s">
-        <v>503</v>
+        <v>518</v>
       </c>
       <c r="B108" t="s">
-        <v>504</v>
+        <v>519</v>
       </c>
       <c r="C108">
-        <v>800000</v>
+        <v>450470</v>
       </c>
       <c r="D108">
-        <v>800000</v>
+        <v>450470</v>
       </c>
       <c r="E108" t="s">
-        <v>505</v>
+        <v>520</v>
       </c>
       <c r="F108" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G108" t="s">
-        <v>506</v>
+        <v>521</v>
       </c>
       <c r="H108" t="s">
-        <v>507</v>
+        <v>522</v>
       </c>
     </row>
     <row r="109" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A109" t="s">
-        <v>508</v>
+        <v>523</v>
       </c>
       <c r="B109" t="s">
-        <v>509</v>
-[...5 lines deleted...]
-        <v>10</v>
+        <v>524</v>
+      </c>
+      <c r="C109">
+        <v>799999</v>
+      </c>
+      <c r="D109">
+        <v>799999</v>
       </c>
       <c r="E109" t="s">
-        <v>510</v>
+        <v>525</v>
       </c>
       <c r="F109" t="s">
-        <v>103</v>
+        <v>17</v>
       </c>
       <c r="G109" t="s">
-        <v>511</v>
+        <v>526</v>
       </c>
       <c r="H109" t="s">
-        <v>512</v>
+        <v>527</v>
       </c>
     </row>
     <row r="110" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A110" t="s">
-        <v>513</v>
+        <v>528</v>
       </c>
       <c r="B110" t="s">
-        <v>514</v>
+        <v>529</v>
       </c>
       <c r="C110">
+        <v>899999</v>
+      </c>
+      <c r="D110">
+        <v>899999</v>
+      </c>
+      <c r="E110" t="s">
+        <v>530</v>
+      </c>
+      <c r="F110" t="s">
+        <v>17</v>
+      </c>
+      <c r="G110" t="s">
+        <v>531</v>
+      </c>
+      <c r="H110" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A111" t="s">
+        <v>533</v>
+      </c>
+      <c r="B111" t="s">
+        <v>534</v>
+      </c>
+      <c r="C111">
+        <v>800000</v>
+      </c>
+      <c r="D111">
+        <v>800000</v>
+      </c>
+      <c r="E111" t="s">
+        <v>535</v>
+      </c>
+      <c r="F111" t="s">
+        <v>17</v>
+      </c>
+      <c r="G111" t="s">
+        <v>536</v>
+      </c>
+      <c r="H111" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A112" t="s">
+        <v>538</v>
+      </c>
+      <c r="B112" t="s">
+        <v>539</v>
+      </c>
+      <c r="C112" t="s">
+        <v>22</v>
+      </c>
+      <c r="D112" t="s">
+        <v>22</v>
+      </c>
+      <c r="E112" t="s">
+        <v>540</v>
+      </c>
+      <c r="F112" t="s">
+        <v>144</v>
+      </c>
+      <c r="G112" t="s">
+        <v>541</v>
+      </c>
+      <c r="H112" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A113" t="s">
+        <v>543</v>
+      </c>
+      <c r="B113" t="s">
+        <v>544</v>
+      </c>
+      <c r="C113">
         <v>799999</v>
       </c>
-      <c r="D110">
+      <c r="D113">
         <v>799999</v>
       </c>
-      <c r="E110" t="s">
-[...9 lines deleted...]
-        <v>517</v>
+      <c r="E113" t="s">
+        <v>545</v>
+      </c>
+      <c r="F113" t="s">
+        <v>17</v>
+      </c>
+      <c r="G113" t="s">
+        <v>546</v>
+      </c>
+      <c r="H113" t="s">
+        <v>547</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">