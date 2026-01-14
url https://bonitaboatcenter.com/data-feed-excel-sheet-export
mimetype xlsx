--- v1 (2025-11-09)
+++ v2 (2026-01-14)
@@ -8,1694 +8,1793 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Inventory" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="774" uniqueCount="548">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="802" uniqueCount="581">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Sale Price</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Availability</t>
   </si>
   <si>
     <t>Product URL</t>
   </si>
   <si>
     <t>Image URL</t>
   </si>
   <si>
+    <t>696570ac802a9459a107d58f</t>
+  </si>
+  <si>
+    <t>2023 Sea Hunt Ultra 275SE</t>
+  </si>
+  <si>
+    <t>2023 Sea Hunt Ultra 275SE For Sale!CERTIFIED PRE-OWNED INVENTORY$159,999 Options:Twin Yamaha F250 XSB2’s - 189 hours YES Warranty until 1/7/2028Ultra Entertainment Leaning PostGarmin 8612 ScreenYamaha AutopilotGarmin VHF radioEntertainment CenterBow filler cushionWindlass AnchorUnderwater LightsT-Top Underside ColorSide Entry Ladder &amp; Holder You buy a Sea Hunt Boat because of the standard features! The name says it all! Our Ultra Series was created for families desiring the "Ultra" experience on the water! Sea Hunt delivers the most comfortable and functional center consoles in the industry with our Ultra Line. With its cushioned rear bench seating, and oversized bow area (complete with bow backrests and cup holders), it's easy to sit back and enjoy pleasure cruising and sandbar hopping. Rod Holders and Livewells instantly turn the Ultra into the most comfortable fishing boat on the water! Added standard features include: wrap around bolsters, bow cushions, color screen waterproof stereo, Yamaha Digital Command Link Gauges; and more! Can you really have comfort, fun and fishing in one boat? With the Ultra Series, you can!</t>
+  </si>
+  <si>
+    <t>In-Stock</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2023-sea-hunt-ultra-275se696570ac802a9459a107d58f</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1768256514147388984469657402cfbe1.webp</t>
+  </si>
+  <si>
+    <t>695e68ae5039fc342e0d6133</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Ultra 265SE</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Ultra 265SE For Sale!N.A.P $168,888(Does Not Include Prep &amp; Freight)Options: Twin Yamaha F200XSA2Tilt Yamaha Electric SteeringUltra Entertainment Leaning PostBow BackrestsHardtop w/ Silver Gray UndersidePowder CoatingTrim Tabs w/ IndicatorsUnderwater LightsRecirculating Livewell (per Livewell)WindlassSide Entry Ladder w/ Ladder HolderGarmin Dual 12" Electronics Package w/ VHF*Deluxe Diamond Stitch**Silver Gray Hull*Yamaha Reliance Props</t>
+  </si>
+  <si>
+    <t>Coming Soon</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-265se695e68ae5039fc342e0d6133</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1767795871698488934695e6c9fe35d6.webp</t>
+  </si>
+  <si>
+    <t>695e5de46c340228650ded39</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Gamefish 27 Forward Seating</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Gamefish 27FS For Sale!N.A.P $193,266(Does Not Include Prep &amp; Freight)Options:Twin F200XSA2'sTilt Yamaha Electric SteeringBait Tank Leaning Post w/Captains Chairs (25 Seat)Bow BackrestsRear Bench SeatBow Table (Telescoping)Hardtop w/ Silver Gray Underside w/ KingfishPowder CoatingTrim Tabs w/ IndicatorsUnderwater LightsRecirculating Livewell (per Livewell)WindlassSide Entry Ladder w/ Ladder HolderGarmin Dual 12" Electronics Package w/ GT17 *Big Transducer*Yamaha Auto Pilot*Deluxe Diamond Stitch**Silver Gray Hull*Yamaha Reliance Props</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-gamefish-27-forward-seating695e5de46c340228650ded39</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17677946971290732480695e6809e1786.webp</t>
+  </si>
+  <si>
+    <t>695bc23a55c12de3550232f2</t>
+  </si>
+  <si>
+    <t>2023 Jeanneau NC-795 Coupe</t>
+  </si>
+  <si>
+    <t>2023 Jeanneau NC-795 For SaleCERTIFIED PRE-OWNED$144,900Options:Yamaha 250 - 77 hours Yamaha Warranty until 8/1/2029 🚨A/c on shore power Bow Thruster Lenco Trim Tabs Garmin 8612 Fusion Stereo Bow Cushions Roof Rack Electric Galley Aft Bimini Head with pumpout Interior curtains Swim Platforms with teak Windlass Anchor 110V Water HeaterBow Ladder The NC 795 Sport features a spacious exterior layout with wide swim platforms for easy boarding and recessed side decks that sit flush with the cockpit for safe, convenient movement. The foldaway aft bench can be paired with optional port and starboard seating to create a comfortable L- or U-shaped lounge.Inside the pilot station, an optional sliding sunroof adds natural light and ventilation. Two bolster seats come standard, with an option for a third, along with a compact galley that includes a sink, pressurized water, a 10-gallon fridge, and an optional removable gas stove.Below deck, the forward cabin comfortably sleeps two, with extra storage and an available enclosed toilet compartment for a chemical or marine WC—perfect for overnight stays and weekend getaways.</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2023-jeanneau-nc-795-coupe695bc23a55c12de3550232f2</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17676236241466445600695bcbc8e64ac.webp</t>
+  </si>
+  <si>
+    <t>6958163d7dc8b348dd046f89</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Ultra 285SE</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Ultra 285SE For Sale!N.A.P $251,969(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:Twin Yamaha F300XSB2Yamaha Helm Master Control w/ Setpoint and Auto PilotYamaha Salt Water Series Props  TwinSide Entry Ladder w/ Ladder HolderRecirculating Livewell (per Livewell)Hull Color - Slate BlueGARMIN Dual 16" Elect. Pac.w/Auto P. &amp; VHF  **GF 30 Package** w/ Helm MasterDeluxe Diamond Interior PackageColor to Underside of Fiberglass T-TopNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt Ultra 285 SE is a premium 28’5” center console that combines offshore capability, luxury comfort, and family-friendly versatility. Priced at a N.A.P. of $251,969, this model delivers exceptional value for buyers searching for “Sea Hunt Ultra 285 SE for sale,” “new Sea Hunt 28-foot center console,” or “Sea Hunt dealer Southwest Florida.” Engineered with a deep-V hull, wide beam, and Sea Hunt’s renowned composite construction, the Ultra 285 SE is perfectly suited for Gulf cruising from Naples to Marco Island and the inshore waterways of Cape Coral and Estero Bay.</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-285se6958163d7dc8b348dd046f89</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17673831172764212246958204db0362.webp</t>
+  </si>
+  <si>
+    <t>6953f768ed117125e407e2be</t>
+  </si>
+  <si>
+    <t>2024 Sea Hunt BX 22 BR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 Sea Hunt BX22 BR For Sale!$82,900 Trailer Included!160 Hours - Yamaha Warranty until 5/29Options: 2024 Yamaha F200XC Hard T-Top Black powder coating Trim Tabs W/Indicators Jack plate  Recirculating live-wells Trolling Motor 36v LED Light Bar GT56UHD Transducer Garmin 943 XSV w/VHF  </t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2024-sea-hunt-bx-22-br6953f768ed117125e407e2be</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176711152813302466826953fb68639ba.webp</t>
+  </si>
+  <si>
+    <t>6952a4e3791888de7b05f64a</t>
+  </si>
+  <si>
+    <t>2026 Jeanneau NC Weekender 1295 Fly</t>
+  </si>
+  <si>
+    <t>Call for price</t>
+  </si>
+  <si>
+    <t>2026 Jeanneau NC-1295 FLY For Sale!BUILD SLOT AVAILABLEOptions:Yamaha Triple 300SBW WhiteSaloon Upholstery Leather DolceElectric pack Garmin UpgradeAudio Pack Premium Fusion FlyCockpit Electrical Sun AwningSunshade For Front CockpitProtect Covers Fly -If GalleyBimini On Flying Bridge SilverFly Galley With Grill 110vWood Table And Aft SunpadBow Sunpad Filler CushionExternal Window Covers SunworkGyroscopic Stabilizer Sea Keeper 32 Underwater LightsTwin Drawer Fridge FreezerFull Electric Galley 115vDouble Berth In SaloonCarpet In Saloon And StairsCarpet In Corridor And CabinsInverter 2000va 12v-115 VAutomatic Trim Tabs ZipwakeRear View Camera Garmin GC200Radar Garmin Fantom18xManufacturer Provided DescriptionWelcome aboard the new NC 1295 Flybridge, a boat designed to offer you comfort whether cruising or at anchor, with three cozy cabins! You'll fall in love with her contemporary, elegant lines, featuring new windows in the hull.  This signature feature by Jeanneau lends an exclusive style to the flagship of this historic line, equipped with triple 300 HP engines. This new model features multiple living spaces especially designed for relaxation with family and friends. Plenty of time for swimming and moments with your feet dangling in the water from the aft cockpit, with the electrically controlled starboard-side terrace. Port side, a large side door facilitates access for everyone on board. Far from the everyday, you can lounge comfortably on one of three integrated sun loungers on the forward deck, for guaranteed moments of pure relaxation! Sun worshipers will enjoy the fully equipped flybridge for driving at full speed, sunbathing in complete privacy, and enjoying a cocktail with a view of the sea at the end of the day!With large, bright windows and a panoramic view over the water, life is sweet aboard this flagship, enhanced by a refined, contemporary selection of materials. Take your place at the helm, and take advantage of the very latest technologies, found aboard the largest boats, for easy handling. The starboard-side door will allow easy access and facilitate manoeuvres, for cruising with complete peace of mind. Cast off, and take up residence in one of three comfortable cabins, for a peaceful rest on the water at each stop along your cruise!</t>
+  </si>
+  <si>
+    <t>Build Slot Available</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-jeanneau-nc-weekender-1295-fly6952a4e3791888de7b05f64a</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176702432617193316686952a6c6a79af.webp</t>
+  </si>
+  <si>
+    <t>69529529791888de7b05f60e</t>
+  </si>
+  <si>
+    <t>2026 Jeanneau NC 1095</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 Jeanneau NC 1095 For Sale!Build Slot AvailableOptions:Yamaha 2x300 Nsb2-U-Lu Sbw WhiteTrim Level Premiere UsaUpholstery Saloon In Fabric Jumbo PureComfort PackElectronic Pack Garmin UpgradedAudio Pack Fusion Ra70nRing For TrailerU-Shape Cockpit Saloon + Table + Sundeck ComplementSliding Aft Cockpit Sun Protection - Silver ColorSunshade For Front SunpadStorage Rack On The Roof For Stand Up PaddleFront Sundeck With Lifting BackrestsRemovable Exterior Carpet Set Infinity For U-Shape CockpitBow ThrusterAdditional Water Tank (100 Liters)Generator Panda Diesel 6.4kva 115v-60hzDeck SearchlightUnderwater LightAdditional Fridge In Storage Compartment / Third CabinMicrowave Oven 115v115v Vitroceramic CooktopAir Conditioning 115v 60hzMattress For 3rd CabinDouble Berth Complement In SaloonOverhead Storage Locker In The GalleyOverhead Locker In SaloonOverhead Lockers In The Front CabinAutomatic Trim Tabs ZipwakeYamaha Pre-Rigging Hmex 2x300 Nsb Electric Control UsUpgrade Yamaha Joystick For Twin 300 Sbw WhiteTv AntennaPre-Wiring Tv Fusion 110vRadar Garmin Fantom18HornEXPERIENCE THE SEA WITH EXCEPTIONAL VOLUME AND COMFORTWith the NC 1095, the attributes of the line are taken to the max:  safety, comfort, versatility, incredible volume, impressive equipment, and an unequalled feeling of freedom!SEANAPPS Technology on board THE VERSATILE WEEKENDER IN XXLThe NC 1095 meets its challenge, featuring an outboard engine aboard a 10-metre powerboat, and delivering performance, reliability, stable cruising, exceptional seakeeping, and ease of handling. With top speeds at 37 knots for those who love sensations of speed, this model features great maneuverability, even at lower speeds. Offering versatility, a rich selection of equipment and a clever layout, which has made the line a success, this large model also affords remarkable volume and even greater comfort.                             </t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-jeanneau-nc-109569529529791888de7b05f60e</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17670229184193889646952a146efe26.webp</t>
+  </si>
+  <si>
+    <t>694aab697551c497c60a2c42</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Gamefish 28FS</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Gamefish 28FS For Sale!Base Model Price: $234,958Build Slot AvailableOptions:POWERTwin Yamaha F300 XSB2Yamaha Saltwater Series PropLEANING POSTMezzanine Fiberglass Leaning Post w/ Captains ChairsSTEERINGYamaha Electric SteeringYamaha tilt helmELECTRONICSDual 16" Garmin GPSMAP 8616xsv Package w/ VHFYamaha CL5 Touchscreen DisplayYamaha Auto PilotUpgraded Waterproof Stereo w/BluetoothWireless Phone ChargerDual Battery SwitchUnderwater LED LightsINTERIORWhite InteriorCUSHIONSBow BolstersCockpit BolstersBow CushionsBow BackrestFiberglass T-Top w/ Mister SystemPowder Coat PackageOTHERSide Entry DoorBennett Trim Tabs w/ IndicatorsChina ToiletWindlass AnchorRear Bench SeatTelescoping Bow Table</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-gamefish-28fs694aab697551c497c60a2c42</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17665019801048449391694aae5c1a87d.webp</t>
+  </si>
+  <si>
+    <t>6945a5e7ce6fb59b8407ebd0</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Gamefish 27 CB</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Gamefish 27CB For Sale!Base Model Price: $180,750Standard Features: Twin Yamaha F200XSA2Yamaha Reliance Series PropsMezzanine Leaning Post w/ Split Livewell &amp; Captains ChairsYamaha Electric SteeringYamaha tilt helmSingle 12" Garmin GPSMAP 1243xsv Package w/VHFYamaha CL5 Touchscreen DisplayUpgraded Waterproof Stereo w/BluetoothWireless Phone ChargerDual Battery SwitchUnderwater LED LightsWhite InteriorBow BolstersCockpit BolstersFiberglass T-Top w/ Mister SystemPowder Coat PackageSide Entry DoorBennett Trim Tabs w/ IndicatorsChina ToiletWindlass AnchorRear Bench Seat</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-gamefish-27-cb6945a5e7ce6fb59b8407ebd0</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17661787599214249006945bfc77a96e.webp</t>
+  </si>
+  <si>
+    <t>69401d627b05344a10044084</t>
+  </si>
+  <si>
+    <t>2026 Renegade 38 Open</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 Renegade 38’ Open For Sale!MSRP: $833,722Our Price: $589,999 The 2026 Renegade 38’ Open represents the pinnacle of performance center consoles — where precision engineering meets offshore luxury. Powered by triple Mercury Racing 500Rs, this machine delivers breathtaking acceleration, confident handling, and top-tier craftsmanship that defines Renegade Powerboats. Built for serious boaters who demand more, this 38’ Open blends high-performance DNA with refined comfort and style, making it equally at home offshore or on the sandbar. Options: Triple Mercury Racing 500R Engines (15 Hours)Mercury SmartCraft Connect Mercury DTS Control Premier Livorsi Marine Trim Tabs with Indicators &amp; Renegade Logo Bow Thruster Engine Flush System (included)Twin Garmin 8616 GPS Displays (16”) Mercury VesselView IntegrationComplete Sports Package Upholstery4-color diamond-stitched interior Double diamond stitching Fiberglass Helm Seat with Slide-Out Cooler Drawer Fiberglass Side Door Lewmar Windlass System with Stainless Anchor &amp; Chain Fusion Signature Series Premium Audio with JL Audio Speakers LED Courtesy and Search Lights Signature 38’ Fiberglass Hardtop with Integrated LED Rain Shower </t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-renegade-38-open69401d627b05344a10044084</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1766067147112585085369440bcb9e887.webp</t>
+  </si>
+  <si>
+    <t>694016f56be4daa4270f4c42</t>
+  </si>
+  <si>
+    <t>1999 Crownline 242CR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1999 Crownline 242 CR For Sale!$19,900 *Under Contract*The 1999 Crownline 242 CR is a well-maintained fiberglass boat that offers excellent performance and comfort for those interested in recreational boating. With a length of 24 feet and a beam of 8.5 feet, it provides ample space and stability on the water. The boat can accommodate up to 11 passengers, making it ideal for family outings or gatherings with friends.Currently available in stock, this Crownline is ready for use. Whether you're heading out for a day of fishing or enjoying a relaxed cruise, the 242 CR provides a comfortable, spacious, and enjoyable experience on the water.Options: 2024 Volvo Penta 5.7L I/O – 30 HRSEngine Replaced 2024New Eisenglass in 2024, never been usedFusion Stereo head unit with rocker fosgate speakers, replaced 2024New A/C unit, replaced 20249” garmin, replaced 2024Flushable headMicrowaveAir ConditioningElectric cooktop Refrigerator Dual sleeping berths </t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/1999-crownline-242cr694016f56be4daa4270f4c42</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176608283496876314869444912718ce.webp</t>
+  </si>
+  <si>
+    <t>693c4feabc40861962025d58</t>
+  </si>
+  <si>
+    <t>2018 Cobalt 25SC</t>
+  </si>
+  <si>
+    <t>2018 Cobalt 25SC For Sale!$78,000 The 2018 Cobalt 25SC is a premium outboard-powered bowrider designed for comfort, performance, and versatility. Built on Cobalt’s deep-V hull, it delivers a smooth, stable ride while offering generous seating throughout the bow and cockpit. With high-end upholstery, stainless hardware, and exceptional fit and finish, the 25SC is ideal for family cruising, entertaining, and relaxing at the sandbar.Featuring a spacious bow lounge with forward boarding access, an enclosed head compartment, and ample storage, the Cobalt 25SC is built for all-day enjoyment on the water. Its efficient single-outboard configuration provides responsive handling, shallow-water capability, and simplified maintenance, making this boat a standout choice for boaters seeking luxury, reliability, and easy ownership in a 25-foot platform.Options: 2016 25’ Magic Tilt Dual Axel Galvanized TrailerMercury Verado 300hp (585 Hours)Garmin GPS/Satellite system, touch screen, and Garmin engine control module.Rockford Fosgate stereo system with 6 speakers. Garmin compatible.Brand new color changing interior lights.Boat cover, for bow, helm, and transom areas.Brand new snap on carpet for the whole Boat.Dual batteries with switch.Brand new upholstery.Brand new bimini.25 feet dual axle galvanized trailer, in good condition, road worthy.</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2018-cobalt-25sc693c4feabc40861962025d58</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1766083065660965273694449f98993b.webp</t>
+  </si>
+  <si>
+    <t>693c2d1cd4b6f1ef4903173c</t>
+  </si>
+  <si>
+    <t>2023 Walker Bay Gen 252</t>
+  </si>
+  <si>
+    <t>2023 Walker Bay Gen 252 For Sale!$55,995 HONDA 115 HP- 15 Hours(FRESH WATER USE ONLY)The 2023 Walker Bay Generation 252 delivers a refined blend of luxury, comfort, and performance, making it an ideal pontoon for entertaining, cruising, and relaxing on the water. With a spacious deck layout, plush seating, and premium finishes throughout, this model is designed for families and groups who value style and functionality in a modern pontoon boat.Built with quality construction and a smooth, stable ride, the Gen 252 is well-suited for coastal and inland waters alike. Whether you’re cruising the intracoastal, anchoring at a sandbar, or enjoying a sunset ride, the Walker Bay Generation 252 offers dependable performance and an elevated on-water experience.Options: On-Board Batter changerBoat cover and Mooring Cover2X fish rod holdersRetractable Ski PoleBow Area Deluxe Sun BedSea-Deck Floor Matting Standards:Console w. Passenger Backrest CushionHydraulic Tilt Steering SystemDeluxe 13” Steering WheelDeluxe Boarding LadderPort and Starboard Boarding StepsRemovable Leaning Post / Boarding HandleDriver’s Side Flip-up Bolster Seat5 Stainless Steel Cup HoldersHeavy Duty Stainless Steel Towing Rings6 Stainless Steel Handrails4 Stainless Steel Pop-up Cleats4 Davit Lifting Point Options7 Stainless Steel Davit Lifting PointsLow Profile LED Bow LightLED Courtesy LightsFresh Water Shower (10G/38L Capacity)Deluxe Cushions2 Insulated Cooler LockersGray or Mocha EVA Boarding Steps</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2023-walker-bay-gen-252693c2d1cd4b6f1ef4903173c</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176608314842160033069444a4c82355.webp</t>
+  </si>
+  <si>
+    <t>693c2216c57a8bbd80068908</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2022 Chaparral 280 OSX	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2022 Chapparal 280 OSX For Sale!$184,900 The 2022 Chaparral 280 OSX is a premium crossover bowrider designed to deliver offshore confidence, refined luxury, and versatile family functionality. Built for boaters who want the comfort of a bowrider with the capability of a center console, the 280 OSX stands out as one of the most innovative models in its class.This boat features an expansive bow seating area with wraparound lounges, allowing guests to ride comfortably and securely even in open-water conditions. The cockpit is thoughtfully laid out for entertaining, cruising, or relaxing at anchor, with high-end upholstery, premium finishes, and exceptional attention to detail throughout.Options: Twin Yamaha 250NSB White 95.5 hours - no Yamaha warranty remaining Hull color - Ice BlueUpholstery - White/ Ice BlueHardtop Underside - Ice Blue Bow ShadeJL Audio Trim Tabs w/ indicator Yamaha Helm Master Electric toilet w/ overboard dischargeWindlass anchor Flag poleUnderwater lights </t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2022-chaparral-280-osx-693c2216c57a8bbd80068908</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176608321096888460569444a8a69872.webp</t>
+  </si>
+  <si>
+    <t>6939d48d401c3aa3ab0131be</t>
+  </si>
+  <si>
+    <t>2026 C-hawk 25CC</t>
+  </si>
+  <si>
+    <t>2026 C-Hawk 25CC For Sale!Build Slot AvailablePrice: $102,190Options:25FT Center ConsoleSuzuki 300HP W/ Digital controlsOutboard Bracket Single w/PlatformFull Transom Bulkhead with 3 Hatches and Fish BoxTrim Tabs w/LED Indicators 9 x 12White Rub Rail w/ Stainless Steel InsertFlip Up Bow Light8" Flush Mount Cleat (5)3 Spoke Steering WheelLivewell Tank and Plumbing in Leaning Post w/ bronze thru hull and valveRaw Water Wash Down w/out LivewellBow casting PlatformForward 2" Rigging Tube From Console to Anchor Locker Batteried Wire to ConsoleIce Blue Hull &amp; Color to underside T-Top With Electronics Box3 LED Spreader Lights36" Leaning Post w/Cushion, Cooler Strap, 4 RHs, FootrestTorsion Axel Trailer with Dual Axel BrakesNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 C‑Hawk 25 CC is a serious salt-water ready center console. Built by C-Hawk for shallow bays, flats and coastal offshore runs with a roster of premium features including a single Suzuki 300 HP with digital controls, outboard bracket with integrated platform, full transom bulkhead with fish-box and hatches, trim tabs with LED indicators, livewell plumbing in leaning post, raw-water wash-down, bow casting platform and alloy trailer included. With its 112-gallon fuel capacity and 9’6″ beam on the 24’11″ LOA hull, buyers searching “C-Hawk 25 CC for sale Florida,” “New C-Hawk center consoles,” or “Custom Bay Boat for Sale” will recognize the value. Available now at Bonita Boat Center—serving Naples, Marco Island, Cape Coral, Fort Myers and the 10,000 Islands.</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-c-hawk-25cc6939d48d401c3aa3ab0131be</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17661786929958340416945bf848ee4d.webp</t>
+  </si>
+  <si>
+    <t>6939d46ad1ff3b366f0dd714</t>
+  </si>
+  <si>
+    <t>2020 Harris Grand Mariner 250</t>
+  </si>
+  <si>
+    <t>2020 Harris Grand Mariner 250 For Sale!Price: $89,999*Under Contract*Options: Mercury 400HP L6 - 5 HOURSPerformance Package 327Ultra TowerPower SteeringTech PackageUltraLux Helm SeatTelescope Folding LaddersTower SpeakersRemovable WindscreenDigital Switching</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2020-harris-grand-mariner-2506939d46ad1ff3b366f0dd714</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176608336541719983569444b2548695.webp</t>
+  </si>
+  <si>
+    <t>6939861d7eb8f23b7f093302</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Ultra 245SE</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Ultra 245SE For Sale!N.A.P. $122,637More pictures coming soon!Options:Yamaha F300XSB2Tilt Yamaha Electric SteeringUltra Entertainment Leaning PostBow BackrestsHardtop w/ Silver Gray UndersidePowder CoatingTrim Tabs w/ IndicatorsUnderwater LightsWindlassSide Entry Ladder w/ Ladder HolderRecirculating Livewell (per Livewell)Silver Gray HullGARMIN 12" Electronics Package w/VHF*Deluxe Diamond Stitch*Yamaha Salt Water Series PropNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt Ultra 245 SE is a premium salt-water center console built for serious performance, comfort and value. With a 24′3″ overall length, 8′6″ beam, dry weight around 3,900 lbs and a 96-gallon fuel tank capacity.Whether you’re exploring Naples, Marco Island, Cape Coral, Fort Myers or the 10,000 Islands, buyers searching for “Ultra 245 SE for sale Florida,” “Sea Hunt 245 SE near me,” or “24-ft center console boat Southwest Florida” will find this boat an exceptional opportunity. Backed by Bonita Boat Center’s full-service, factory-certified team, this 2026 Sea Hunt Ultra 245 SE is salt-water ready at your local sea hunt dealer!</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-245se6939861d7eb8f23b7f093302</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17653775652529902086939861d45b2e.png</t>
+  </si>
+  <si>
+    <t>6939774c5d3695a567000ff5</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Ultra 255SE</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Ultra 255SE For Sale!N.A.P: $140,626 More pictures coming soon!(Does Not Include Prep &amp; Freight)Options: Yamaha F300XSB2Tilt Yamaha Electric SteeringYamaha Salt Water Series PropUltra Entertainment Leaning PostBow BackrestsBow Filler CushionHardtop w/Silver Gray UndersideSide Entry Ladder w/ Ladder HolderGARMIN 12" Electronics Package w/VHFPowder CoatingTrim Tabs w/ IndicatorsUnderwater LightsWindlass AnchorRecirculating Livewell (per Livewell)*Diamond Deluxe Stitch*Silver Gray HullNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt Ultra 255 SE is a standout new-generation center console offering premium features, performance and style built for the Florida coast. With a length overall of 24′11″ and a beam of 8′9″, this Ultra 255 SE carries a 120-gallon fuel capacity and a dry weight of roughly 4,600 lbs, making it an ideal platform for daily cruising, island runs, or serious fishing across Naples, Marco Island, Cape Coral and the 10,000 Islands.Backed by Bonita Boat Center’s dedication to service, support and customer satisfaction, this Sea Hunt Ultra 255 SE is ready for salt-water use and stands out in the market for boat buyers searching for “Sea Hunt Ultra 255 SE for sale Florida,” “new center console Bonita Springs,” “Sea Hunt boat dealer Southwest Florida,” and “premium center console 25-ft Florida.” Don’t miss your chance to schedule a sea trial or walkthrough and secure one of the most capable and refined boats in this class.</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-255se6939774c5d3695a567000ff5</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1765374123388475958693978ab248c0.png</t>
+  </si>
+  <si>
+    <t>6933016af2e971e2e10708de</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Gamefish 25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 Sea Hunt Gamefish 25 For Sale!N.A.P. $161,269More photos coming soon!(Excludes Prep &amp; Freight)Options:Twin F150XSA2'sTilt Yamaha Electric SteeringBait Tank Leaning Post w/Captains ChairsRear Bench SeatBow Table (Telescoping)Bow BackrestsHardtop w/Slate Blue UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsWindlassSide Entry Ladder w/ Ladder HolderRecirculating Livewell (per Livewell)GARMIN Dual 12" Electronics Package w/VHFYamaha Auto Pilot*Deluxe Diamond Stitch**Slate Blue Hull*Yamaha Reliance PropsThis GameFish series delivers exactly what serious fishermen demand in a sportfishing center console boat.  These boats come ready to fish with standard features such as multiple insulated fishboxes and livewells, cockpit and bow bolsters, all stainless hardware and Yamaha Digital Command Link Gauges.  The Gamefish 25, 27, and 30 have side entry doors, recessed trim tabs, and hydraulic steering as standard equipment as well.  The cockpits are designed to have abundant room for 360° of fishing.  These hulls deliver soft dry rides second to none.  </t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-gamefish-256933016af2e971e2e10708de</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1764950441428852342693301a990516.png</t>
+  </si>
+  <si>
+    <t>6932fe90d5356c55c607a0ce</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Gamefish 30FS</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Gamefish 30FS For Sale!N.A.P. $278,834More pictures coming soon!Options: Twin F350XSA2'sYamaha Helm Master SystemBattle Station Leaning Post w/ Captains ChairsBow BackrestsBow Table (Telescoping)Rear Bench SeatHardtop w/Ice Blue UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsWindlassSide Entry Ladder w/Ladder HolderRecirculating Livewell (per Livewell)GARMIN Deluxe Outrigger KitGARMIN Dual 16" Elect. Pac. w/Auto P &amp;VHF w/Helm Master*Deluxe Diamond Stitch**Ice Blue Hull*Yamaha Salt Water Series PropsThis series delivers exactly what serious fishermen demand in a sportfishing center console boat.  These boats come ready to fish with standard features such as multiple insulated fishboxes and livewells, cockpit and bow bolsters, all stainless hardware and Yamaha Digital Command Link Gauges.  The Gamefish 30 has side entry doors, recessed trim tabs, and hydraulic steering as standard equipment as well.  The cockpits are designed to have abundant room for 360° of fishing.  These hulls deliver soft dry rides second to none.</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-gamefish-30fs6932fe90d5356c55c607a0ce</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176494990720195678556932ff93c937f.png</t>
+  </si>
+  <si>
+    <t>6927194bcfa6fa80190e1072</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Ultra 245SE For Sale!N.A.P. $124,477More pictures coming soon!Options:Yamaha F300XSB2Tilt Yamaha Electric SteeringUltra Entertainment Leaning PostBow BackrestsHardtop w/ Slate Blue UndersidePowder CoatingTrim Tabs w/ IndicatorsUnderwater LightsWindlassSide Entry Ladder w/ Ladder HolderRecirculating Livewell (per Livewell)Hull Color (Slate Blue)GARMIN 12" Electronics Package w/VHFDeluxe Diamond Interior PackageYamaha Salt Water Series PropNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt Ultra 245 SE is a premium salt-water center console built for serious performance, comfort and value. With a 24′3″ overall length, 8′6″ beam, dry weight around 3,900 lbs and a 96-gallon fuel tank capacity.Whether you’re exploring Naples, Marco Island, Cape Coral, Fort Myers or the 10,000 Islands, buyers searching for “Ultra 245 SE for sale Florida,” “Sea Hunt 245 SE near me,” or “24-ft center console boat Southwest Florida” will find this boat an exceptional opportunity. Backed by Bonita Boat Center’s full-service, factory-certified team, this 2026 Sea Hunt Ultra 245 SE is salt-water ready at your local sea hunt dealer!</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-245se6927194bcfa6fa80190e1072</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1764170873169314513569271c79aba5d.png</t>
+  </si>
+  <si>
+    <t>692717062e57aa09ce0d3190</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 Sea Hunt Gamefish 25 For Sale!N.A.P. $169,605 More photos coming soon!(Excludes Prep &amp; Freight)Options:Twin F200XSA2'sTilt Yamaha Electric SteeringBait Tank Leaning Post w/Captains ChairsRear Bench SeatBow Table (Telescoping)Bow BackrestsHardtop w/Silver Gray UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsWindlassRecirculating Livewell (per Livewell)GARMIN Dual 12" Electronics Package w/VHFYamaha Auto Pilot*Entire Hull Silver Gray*Yamaha Reliance PropsThis GameFish series delivers exactly what serious fishermen demand in a sportfishing center console boat.  These boats come ready to fish with standard features such as multiple insulated fishboxes and livewells, cockpit and bow bolsters, all stainless hardware and Yamaha Digital Command Link Gauges.  The Gamefish 25, 27, and 30 have side entry doors, recessed trim tabs, and hydraulic steering as standard equipment as well.  The cockpits are designed to have abundant room for 360° of fishing.  These hulls deliver soft dry rides second to none.  </t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-gamefish-25692717062e57aa09ce0d3190</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17641697721837146976927182c350cc.png</t>
+  </si>
+  <si>
+    <t>6924d360f90f99c97c0623dc</t>
+  </si>
+  <si>
+    <t>2023 Crest Continental 250SLC</t>
+  </si>
+  <si>
+    <t>2023 Crest Continental 250SLC For Sale!$99,990The Crest Continental 250 is the perfect blend of luxury pontoon comfort and confident performance, designed for boaters who want to entertain, cruise, and relax in style. With premium finishes, expansive seating, and Crest’s renowned build quality, this model delivers a first-class on-water experience for family and friends.The spacious deck layout provides ample seating throughout, featuring plush, high-backed lounge seating that offers comfort for long days on the water. Whether you’re cruising the intracoastal, anchoring at a sandbar, or enjoying sunset rides, the Continental 250 offers stability, smooth handling, and a refined ride.Options: Continental 250 SLC W/350hp Verado DTS (40hours)10" Blade power poleCP3 Performance PackagePrimary Steel Fence w/ Black AccentGray lnlerior w/ Black GelcoatRuslic WeatheredAudio Package - PremiumCaptain's Cooled Drink HolderCustom Aluminum Billet lnslrument &amp; Switch PanetDigital Switching PackageExterior Light PackageFender Docking KitHelm Chair - 29" Clad Recliner ln Floor Ski StorageMid Ship - 3 Drawer Storage Unit Mooring Cover - Two PiecePowder Coated Deck TrimPremium Tube &amp; Ski Tow Bar Stainless Steel Rub RailTable Specs &amp; Condition:Excellent condition, rarely used and looks brand new!  Signature full wraparound windshield with a full-size walk-through door(integrated into the helm area).  Upgraded fiberglass helm with ergonomic co-pilot seating, including wireless charging stations.Always lift-kept, freshly detailed, full service records from Bonita Boat CenterWhy Buy This One?This is the fully loaded CP3 + NX combo – Crest’s most desirable build. Comparable new units exceed $155K. Turnkey and Naples-local.</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2023-crest-continental-250slc6924d360f90f99c97c0623dc</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176608369139616513669444c6b479e5.webp</t>
+  </si>
+  <si>
+    <t>6920708f79ad1a58f10f844f</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Ultra 255SE For Sale!N.A.P: $140,836(Does Not Include Prep &amp; Freight)Options: Yamaha F300XSB2Tilt Yamaha Electric SteeringYamaha Salt Water Series PropUltra Bait Tank Leaning Post w/ Captains ChairsBow BackrestsSide Entry Ladder w/ Ladder HolderGARMIN Dual 12" Electronics Package w/VHFColor to Underside of Fiberglass T-Top (Silver Gray)Powder CoatingTrim Tabs w/ IndicatorsUnderwater LightsWindlass AnchorDeluxe Diamond Stitch Interior PackageFlat Bow CushionsNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt Ultra 255 SE is a standout new-generation center console offering premium features, performance and style built for the Florida coast. With a length overall of 24′11″ and a beam of 8′9″, this Ultra 255 SE carries a 120-gallon fuel capacity and a dry weight of roughly 4,600 lbs, making it an ideal platform for daily cruising, island runs, or serious fishing across Naples, Marco Island, Cape Coral and the 10,000 Islands.Backed by Bonita Boat Center’s dedication to service, support and customer satisfaction, this Sea Hunt Ultra 255 SE is ready for salt-water use and stands out in the market for boat buyers searching for “Sea Hunt Ultra 255 SE for sale Florida,” “new center console Bonita Springs,” “Sea Hunt boat dealer Southwest Florida,” and “premium center console 25-ft Florida.” Don’t miss your chance to schedule a sea trial or walkthrough and secure one of the most capable and refined boats in this class.</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-255se6920708f79ad1a58f10f844f</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1766094787534549904694477c3eff20.webp</t>
+  </si>
+  <si>
+    <t>691e2d17ea37b627780aade5</t>
+  </si>
+  <si>
+    <t>2022 Cobalt R8 Outboard</t>
+  </si>
+  <si>
+    <t>2022 Cobalt R-8 Outboard For Sale!Price: $169,900Hours: 118Discover the 2022 Cobalt R8-Outboard at Bonita Boat Center — Southwest Florida’s trusted leader in premium boat sales and service. This luxury 27'10" bowrider delivers exceptional performance, comfort, and style on the water, powered by Mercury Verado outboards and engineered for coastal cruising across Naples, Bonita Springs, Fort Myers, Estero, Cape Coral, and Marco Island.Built with Cobalt’s legendary craftsmanship, the R8-OB features a deep-V hull for a smooth ride, a spacious cockpit for entertaining, and a 125-gallon fuel capacity for full-day adventures. Whether you're heading offshore, island hopping, or enjoying family days on the water, the R8-OB sets the standard for performance and luxury in the outboard bowrider category.As a top marine dealership in Southwest Florida, Bonita Boat Center offers expert guidance, competitive pricing, full service and maintenance support, and a customer-first buying experience backed by decades of trusted reputation. Options: Twin Mercury 200HP Verados (118 Hours)Black Sport Tower W/ SunshadeWindlass Anchor W/ Cockpit controlsEquipped W/ Dual Garmin MonitorsJL audio Speakers From Stern to BowBow storageSea-DeckWindlessQuick connect Engine Flush'sFull Bow and Cockpit CoverGlass Cockpit Duel Garmin 743xsvWireless Phone Charger w/HolderLeather Steering Wheel Docking LightsTransom ShowerSink Console (head compartment)Head w/Pump Out Porta PottiBow Center Cushion InsertTrim Tabs w/indicator</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2022-cobalt-r8-outboard691e2d17ea37b627780aade5</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176608384651237381669444d064591b.webp</t>
+  </si>
+  <si>
+    <t>6910c0c71a250ebe660a7e1e</t>
+  </si>
+  <si>
+    <t>2024 Regal 33OBX</t>
+  </si>
+  <si>
+    <t>2024 Regal 33 OBX For Sale!Price: $359,999Hours: 80 Now available at Bonita Boat Center in Bonita Springs, FL — this 2024 Regal 33 OBX is a premium 34-foot luxury bowrider powered by twin outboards and loaded with features. With only 80 hours and priced aggressively at $359,999, this 33 OBX is one of the best opportunities in Southwest Florida for buyers seeking a like-new, ready-to-enjoy luxury outboard boat.Built for comfort, performance, and coastal versatility, the Regal 33 OBX delivers a smooth, confident ride across Naples, Fort Myers, Estero, Cape Coral, and Marco Island. Its spacious 10’4” beam, 248-gallon fuel tank, expansive bow seating, and Regal’s signature UltraLounge™ create the ideal platform for both entertaining and sandbar days.This model is yacht-certified, features premium materials throughout, and includes the upscale amenities Regal is known for — making it one of the most sought-after luxury outboard bowriders for sale in Florida. Options: Twin Yamaha F300NSB2 Windshield Wiper – Starboard Hard Top with Sunroof Toilet: Electric with Pump Out Fittings Bow &amp; Cockpit Covers Aft Cockpit Electric Sureshade For Hard Top Premium Package Stainless Steel Upgrade Package Transom Door Garmin VHF Radio Garmin 1243XSV + B60 Transducer Swim Platform Cleats Fender Clips Cockpit Refrigerator Power Package Port Light For Cabin Anchor Windlass - Rope &amp; Chain Cruise Package Bow Thruster SeaDek Swim Platform Technology Package Indicators for Trim Tabs Warranty Until 8/26</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2024-regal-33obx6910c0c71a250ebe660a7e1e</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176608390029090219669444d3c0d5ea.webp</t>
+  </si>
+  <si>
     <t>690df5fd9274eec9aa07ea0b</t>
   </si>
   <si>
     <t>2026 Jeanneau LEADER 9.0 WA SERIES 2</t>
   </si>
   <si>
-    <t>2026 Jeanneau Leader 9.0 WA S2MSRP $319,689More photos coming soon!Options:Twin Yamaha F250 XSB2'sElectronic Pack GARMIN UpgradedUpgrade Yamaha Joystick for Twin 250 SBW WhiteTrim Level PremiereComfort Pack 115v-60hzPremium Audio Pack Fusion w/ HardtopFiberglass HardtopConvert 12v-115v60 3kvaAft Swim PlatformsAft Cockpit Backrest Convertible into SunpadRemovable Swim Ladder and Lifelines for Lateral TerraceRemovable Carpet Set for SalonUpgraded Bathroom w/ Shower Door and Toilet SeatMooring KitAnchoring KitSet of Protective CoversSunshade for Front Cockpit - Dark SmokeSunshade for Aft Cockpit - Dark Smoke115v MicrowaveAir Conditioning 12K BTU3 Li-Batteries And Victron Sys2 Underwater LightsExterior Fridge in Leaning PostElectric Grill in Exterior GalleyFiberglass Cockpit Table Convertible into SunpadInterior And Door CurtainsFront Cockpit UpholsteryExtra Filler Cushion Front SunpadFolding Side Bench Port SideDouble Berth in Salon Marlin Pure WhiteHornCustom and Duty</t>
-[...2 lines deleted...]
-    <t>Coming Soon</t>
+    <t>2026 Jeanneau Leader 9.0 WA S2 For Sale!MSRP $319,689More photos coming soon!Options:Twin Yamaha F250 XSB2'sElectronic Pack GARMIN UpgradedUpgrade Yamaha Joystick for Twin 250 SBW WhiteTrim Level PremiereComfort Pack 115v-60hzPremium Audio Pack Fusion w/ HardtopFiberglass HardtopConvert 12v-115v60 3kvaAft Swim PlatformsAft Cockpit Backrest Convertible into SunpadRemovable Swim Ladder and Lifelines for Lateral TerraceRemovable Carpet Set for SalonUpgraded Bathroom w/ Shower Door and Toilet SeatMooring KitAnchoring KitSet of Protective CoversSunshade for Front Cockpit - Dark SmokeSunshade for Aft Cockpit - Dark Smoke115v MicrowaveAir Conditioning 12K BTU3 Li-Batteries And Victron Sys2 Underwater LightsExterior Fridge in Leaning PostElectric Grill in Exterior GalleyFiberglass Cockpit Table Convertible into SunpadInterior And Door CurtainsFront Cockpit UpholsteryExtra Filler Cushion Front SunpadFolding Side Bench Port SideDouble Berth in Salon Marlin Pure WhiteHornCustom and Duty</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-leader-90-wa-series-2690df5fd9274eec9aa07ea0b</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176252275278310691690df680cdc95.png</t>
   </si>
   <si>
     <t>690a1895dd1b453d52087b94</t>
   </si>
   <si>
-    <t>2017 Everglades 355CCX</t>
-[...44 lines deleted...]
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17613406601736313268fbecf4773a7.png</t>
+    <t>2017 Everglades 355CCX Extended Hardtop</t>
+  </si>
+  <si>
+    <t>2017 Everglades 355CCX Extended Hardtop For Sale!Price: $285,000Hours: 100Certified Pre-Owned InventoryNow available at Bonita Boat Center in Bonita Springs, FL — this 2017 Everglades 355CCX Extended Hardtop is a salt-water ready center console with premium features, only 100 engine hours, and priced at $285,000. Built for serious fishing, offshore adventures, and family cruising in Southwest Florida (Naples, Marco Island, Cape Coral, Fort Myers), this model delivers performance, durability, and comfort in one high-end package.Key highlights: triple Yamaha F300 white outboards, joystick (Optimus) steering, twin Garmin 7616 displays, Garmin autopilot, windlass anchor, hydraulic steering, stainless propellers, live-well, fresh- &amp; raw-water wash-downs, full head, and more. With the extended hardtop for protection and extended time on water, this boat stands out as a full-featured offshore center-console.Whether you’re heading out for deep-sea fishing, island hopping through the 10,000 Islands, or hosting guests for a day on the Gulf, this Everglades 355CCX is turnkey and ready to go.Options: Triple Yamaha 300 HP white – 100 HoursService records 100 hour serviceStainless steel propellersOptimus joystickDual Garmin 7616Garmin Auto pilotGarmin VHF radioWindlass anchor systemOptimus hydraulic steeringFusion stereo system with speakersTrim tabs with indicators Battery chargerLive well in TransomRaw water wash DownFreshwater wash DownFighting fishing chairTilt steering wheelSide entry doorMarine headForward seatingYeti coolerFoot padCourtesy lightsLED spreader lights2 aft pull out seatsTackle centerRear entry doorCockpit cover seatsFront seat cover</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2017-everglades-355ccx-extended-hardtop690a1895dd1b453d52087b94</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176608424847636859469444e98b7e37.webp</t>
   </si>
   <si>
     <t>68fbd6bbafdf56b8d60eae5f</t>
   </si>
   <si>
-    <t>2025 Sea Hunt Ultra 265 SE</t>
-[...8 lines deleted...]
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1761335411129884510468fbd8735da09.png</t>
+    <t>2025 Sea Hunt Ultra 265SE</t>
+  </si>
+  <si>
+    <t>2025 Sea Hunt Ultra 265SE For Sale!Price: $149,900*Under Contract*Certified Pre-Owned InventoryOptions:Twin Yamaha F200XCA2'sDual GARMIN 12" w/ VHFSay Yes Warranty Until 01/30/2030Battery ChargerLight BarMezzanine Leaning Post w/ Captains ChairsBow Backrest and Filler CushionTrim Tabs w/ IndicatorsWhite Powder CoatingRecirculating LivewellSide Ladder w/ Ladder HolderHull Abaco Green w/ UndersideNow available at Bonita Boat Center in Bonita Springs, FL — this 2025 Sea Hunt Ultra 265 SE is a beautifully equipped 26'5" center console powered by twin Yamaha F200XCA2 outboards and priced at $149,900. With premium features, modern electronics, and extended factory warranty coverage through January 2030, this Ultra 265 SE is the ideal blend of performance, family comfort, and offshore capability for boaters throughout Southwest Florida.Perfect for Naples, Marco Island, Fort Myers, Cape Coral, and the 10,000 Islands, this 2025 Sea Hunt Ultra 265 SE is salt-water ready, exceptionally clean, and backed by Bonita Boat Center’s full-service team of Yamaha-certified technicians. Turnkey, stylish, and built for the Southwest Florida lifestyle, this late-model Ultra 265 SE offers tremendous value, reliability, and versatility for any family or angler looking to enjoy the very best of Sea Hunt’s ultra-series design.</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2025-sea-hunt-ultra-265se68fbd6bbafdf56b8d60eae5f</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176608455091923646569444fc6c8093.webp</t>
   </si>
   <si>
     <t>68fa939e92b6c80a9f08a399</t>
   </si>
   <si>
     <t>2022 Cobia 320CC</t>
   </si>
   <si>
-    <t>2022 Cobia 320 CC$239,999Options: Yamaha F300XSB DES (592hrs) Warranty Until 10/08/2027Helm Master EX w/ Joystick &amp; Auto PilotWhisper Gray (2-Tone) w/ Color Match Underside HardtopWhite Cushion PackageFull Bow Cushion w/ BackrestsBoarding LadderCockpit Toe RailGarmin Deluxe Package (Dual 8616, VHF, Radar, Acrylic Dash)JL Audio w/ Hardtop SpeakersOutriggersKite Rode Holders (4)T-Top Kingfish Rod HoldersWindlass (400ft Rode w/ Remote)4-Bank ChargerUnderwater LightsTrim Tab IndicatorsStainless Edson Wheel w/ Power Knob</t>
+    <t>2022 Cobia 320 CC For Sale!Price: $210,999Now available at Bonita Boat Center in Bonita Springs, FL — this 2022 Cobia 320 CC is a premium offshore center console for sale in Southwest Florida, powered by twin Yamaha outboards and designed for serious anglers and family cruisers searching for a low-hour Cobia 320 in exceptional condition.Built for long-range Gulf runs, island hopping, and nearshore or offshore fishing from Naples to Cape Coral and Marco Island. The boat features an expansive cockpit, dual livewells, upgraded electronics, a full walk-down head with 6’2″ headroom, an electric bow table that converts to a sun lounge, and a forward seating layout known for comfort, making it a top choice for buyers actively looking for a Cobia 320 CC for sale in Florida.Its low-hour Yamaha power, clean condition, and premium options make it one of the strongest values in the used center console market, and it is fully supported by Bonita Boat Center’s Yamaha-certified service team and our reputation as the premier boat dealer in Southwest Florida.For buyers searching “Cobia 320 CC near me,” “used Cobia boats Florida,” or “best offshore center console Bonita Springs,” this boat is turnkey, salt-water ready, and available now for immediate enjoyment.Options: Yamaha F300XSB DES (592hrs) Warranty Until 10/08/2027Helm Master EX w/ Joystick &amp; Auto PilotWhisper Gray (2-Tone) w/ Color Match Underside HardtopWhite Cushion PackageFull Bow Cushion w/ BackrestsBoarding LadderCockpit Toe RailGarmin Deluxe Package (Dual 8616, VHF, Radar, Acrylic Dash)JL Audio w/ Hardtop SpeakersOutriggersKite Rode Holders (4)T-Top Kingfish Rod HoldersWindlass (400ft Rode w/ Remote)4-Bank ChargerUnderwater LightsTrim Tab IndicatorsStainless Edson Wheel w/ Power Knob</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2022-cobia-320cc68fa939e92b6c80a9f08a399</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1761253070170652766668fa96ce2d74e.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1766084772422814671694450a47d558.webp</t>
   </si>
   <si>
     <t>68f8d6592c9bfc07340439fc</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 229</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 229N.A.P. $99,525More photos coming soon!Options:Yamaha F250 XSB2Tilt Yamaha Electric SteeringAluminum Leaning Post w/ BackrestBow BackrestsHardtop w/ Slate Blue UndersidePowder CoatingTrim Tabs w/ IndicatorsTrolling Motor Plug &amp; Wiring HarnessPorta PottiRecirculating Livewell (per Livewell)Cooler Slide w/ SH CoolerGARMIN 12" Electronics Package w/ VHF*Deluxe Diamond Stitch**Slate Blue Hull*Yamaha Salt Water Series Prop</t>
+    <t>2026 Sea Hunt Ultra 229 For Sale!N.A.P. $99,274*Under Contract*(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:Yamaha F250 XSB2Tilt Yamaha Electric SteeringAluminum Leaning Post w/ BackrestBow BackrestsHardtop w/ Slate Blue UndersidePowder CoatingTrim Tabs w/ IndicatorsTrolling Motor Plug &amp; Wiring HarnessPorta PottiRecirculating Livewell (per Livewell)Cooler Slide w/ SH CoolerGARMIN 12" Electronics Package w/ VHF*Deluxe Diamond Stitch**Slate Blue Hull*Yamaha Salt Water Series Prop</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-22968f8d6592c9bfc07340439fc</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176113898092774364168f8d9247a989.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1766093600146045772869447320b1b54.webp</t>
   </si>
   <si>
     <t>68f8d2c8d0c0ece9af032708</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 235SE</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 235SEN.A.P $112,980(Does Not Include Prep &amp; Freight)More pictures coming soon!Options: F250XSB2 Tilt Yamaha Electric Steering Ultra Entertainment Leaning Post Bow Backrests Hardtop w/Slate Blue Underside Powder Coating Trim Tabs w/Indicators Underwater Lights Side Entry Ladder w/Ladder Holder Recirculating Livewell (per Livewell) Porta Potti GARMIN 12" Electronics Package w/VHF *Slate Blue Hull* Yamaha Salt Water Series Prop</t>
+    <t>2026 Sea Hunt Ultra 235SE For Sale!N.A.P $112,980(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options: F250XSB2 Tilt Yamaha Electric Steering Ultra Entertainment Leaning Post Bow Backrests Hardtop w/Slate Blue Underside Powder Coating Trim Tabs w/Indicators Underwater Lights Side Entry Ladder w/Ladder Holder Recirculating Livewell (per Livewell) Porta Potti GARMIN 12" Electronics Package w/VHF *Slate Blue Hull* Yamaha Salt Water Series Prop</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-235se68f8d2c8d0c0ece9af032708</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1761137888172452346568f8d4e0e2572.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17660942158509902046944758703d76.webp</t>
   </si>
   <si>
     <t>68f8cf515244b2e89a0e2e99</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 275SEN.A.P $216,144More Pictures Coming Soon!Options:Twin F250XSB2's Yamaha Helm Master System Ultra Entertainment Leaning PostBow Backrests Bow Table (Telescoping) Hardtop w/ Ice Blue UndersidePowder Coating Trim Tabs w/Indicators Underwater Lights Windlass Side Entry Ladder w/Ladder Holder Recirculating Livewell (per Livewell) GARMIN Dual 12" Electronics Package w/GT17 Transducer*Ice Blue Hull* Yamaha Salt Water Series Props You buy a Sea Hunt Boat because of the standard features! The name says it all! Our Ultra Series was created for families desiring the "Ultra" experience on the water! Sea Hunt delivers the most comfortable and functional center consoles in the industry with our Ultra Line. With its cushioned rear bench seating, and oversized bow area (complete with bow backrests and cup holders), it's easy to sit back and enjoy pleasure cruising and sandbar hopping. Rod Holders and Livewells instantly turn the Ultra into the most comfortable fishing boat on the water! Added standard features include: wrap around bolsters, bow cushions, color screen waterproof stereo, Yamaha Digital Command Link Gauges; and more! Can you really have comfort, fun and fishing in one boat? With the Ultra Series, you can!</t>
-[...5 lines deleted...]
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17618386375341753116903862df19a0.png</t>
+    <t>2026 Sea Hunt Ultra 275SE</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Ultra 275SE For Sale!N.A.P $216,143(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:Twin F250XSB2's Yamaha Helm Master System Ultra Entertainment Leaning PostBow Backrests Bow Table (Telescoping) Hardtop w/ Ice Blue UndersidePowder Coating Trim Tabs w/Indicators Underwater Lights Windlass Side Entry Ladder w/Ladder Holder Recirculating Livewell (per Livewell) GARMIN Dual 12" Electronics Package w/GT17 Transducer*Ice Blue Hull* Yamaha Salt Water Series Props You buy a Sea Hunt Boat because of the standard features! The name says it all! Our Ultra Series was created for families desiring the "Ultra" experience on the water! Sea Hunt delivers the most comfortable and functional center consoles in the industry with our Ultra Line. With its cushioned rear bench seating, and oversized bow area (complete with bow backrests and cup holders), it's easy to sit back and enjoy pleasure cruising and sandbar hopping. Rod Holders and Livewells instantly turn the Ultra into the most comfortable fishing boat on the water! Added standard features include: wrap around bolsters, bow cushions, color screen waterproof stereo, Yamaha Digital Command Link Gauges; and more! Can you really have comfort, fun and fishing in one boat? With the Ultra Series, you can!</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-275se68f8cf515244b2e89a0e2e99</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1766095835145998438769447bdb08791.webp</t>
   </si>
   <si>
     <t>68f69231cfc06a871206878b</t>
   </si>
   <si>
     <t>2004 Regulator 26FS</t>
   </si>
   <si>
-    <t>2004 Regulator 26FS$94,500Options:Twin Yamaha 225HP'sRaymarine GPS/SounderVHF RadioLeaning Post w/ Cushioned Backrest &amp; Rocket-Launcher Rod HoldersThe Hull Design (48° Bow Entry + 24° Transom Deadrise) Gives it a Soft, Dry RideTwo In-Deck Fish BoxesTwo Recirculating BaitwellsFiberglass "Tackle Center"</t>
+    <t>2004 Regulator 26FS For Sale!Price: $79,999Hours: 165Certified Pre-Owned InventoryExperience unmatched offshore performance with this 2004 Regulator 26 FS, now available at Bonita Boat Center — Southwest Florida’s trusted dealership for premium center console boats. Built on Regulator’s legendary deep-V hull, the 26 FS is widely respected for its smooth ride, stability in rough seas, and rock-solid construction. For anglers, families, and coastal cruisers searching for a clean, well-kept offshore-capable center console, this Regulator is an exceptional opportunity.The Regulator 26 FS is known for its deep cockpit, superior fishability, and robust construction. This model includes a large livewell, insulated fish boxes, raw-water washdown, rod storage, and a clean helm layout suited for upgrading electronics to modern standards. The forward seating allows the boat to transition seamlessly between fishing trips and family outings, while the strong hull design continues to be recognized as one of the best-riding 26-foot center consoles ever produced.Options: Twin Yamaha 225HP'sRaymarine GPS/SounderVHF RadioLeaning Post w/ Cushioned Backrest &amp; Rocket-Launcher Rod HoldersThe Hull Design (48° Bow Entry + 24° Transom Deadrise) Gives it a Soft, Dry RideTwo In-Deck Fish BoxesTwo Recirculating BaitwellsFiberglass "Tackle Center"</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2004-regulator-26fs68f69231cfc06a871206878b</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176098961531495285868f691af7de6f.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1766084935523403846944514710953.webp</t>
   </si>
   <si>
     <t>68ef9ce8d07c7a25740c3a13</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 305 SE</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 305 SENAP: $278,475Options: Twin F350XSA2's Yamaha Helm Master System Ultra Entertainment Leaning Post Bow Backrests Bow Table (Telescoping) Hardtop w/Ice Blue Underside Powder Coating Trim Tabs w/Indicators Underwater Lights Recirculating Livewell (per Livewell) Windlass Side Entry Ladder w/Ladder Holder GARMIN Dual 16" Elect. Pac. w/Auto P &amp;VHF w/Helm Master *Deluxe Diamond Stitch* *Ice Blue Hull* Yamaha Salt Water Series Props Cockpit Storage DrapeOur Ultra Series was created for families desiring the "Ultra" experience on the water! Sea Hunt delivers the most comfortable and functional center consoles in the industry with our Ultra Line. With its cushioned rear bench seating, and oversized bow area (complete with bow backrests and cup holders), it's easy to sit back and enjoy pleasure cruising and sandbar hopping. Rod Holders and Livewells instantly turn the Ultra into the most comfortable fishing boat on the water! Added standard features include: wrap around bolsters, bow cushions, color screen waterproof stereo, Yamaha Digital Command Link Gauges; and more! Can you really have comfort, fun, and fishing in one boat? With the Ultra Series, you can!</t>
+    <t>2026 Sea Hunt Ultra 305SE For Sale!NAP: $278,475Options: Twin F350XSA2's Yamaha Helm Master System Ultra Entertainment Leaning Post Bow Backrests Bow Table (Telescoping) Hardtop w/Ice Blue Underside Powder Coating Trim Tabs w/Indicators Underwater Lights Recirculating Livewell (per Livewell) Windlass Side Entry Ladder w/Ladder Holder GARMIN Dual 16" Elect. Pac. w/Auto P &amp;VHF w/Helm Master *Deluxe Diamond Stitch* *Ice Blue Hull* Yamaha Salt Water Series Props Cockpit Storage DrapeOur Ultra Series was created for families desiring the "Ultra" experience on the water! Sea Hunt delivers the most comfortable and functional center consoles in the industry with our Ultra Line. With its cushioned rear bench seating, and oversized bow area (complete with bow backrests and cup holders), it's easy to sit back and enjoy pleasure cruising and sandbar hopping. Rod Holders and Livewells instantly turn the Ultra into the most comfortable fishing boat on the water! Added standard features include: wrap around bolsters, bow cushions, color screen waterproof stereo, Yamaha Digital Command Link Gauges; and more! Can you really have comfort, fun, and fishing in one boat? With the Ultra Series, you can!</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-305-se68ef9ce8d07c7a25740c3a13</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760536005128929633868efa5c51be1e.jpg</t>
   </si>
   <si>
     <t>68e8083ee5cf94f99404dd92</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Gamefish 25</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">2025 Sea Hunt Gamefish 25N.A.P. $169,605More photos coming soon!(Excludes Prep &amp; Freight)Options:Twin F200XSA2'sTilt Yamaha Electric SteeringBait Tank Leaning Post w/Captains ChairsRear Bench SeatBow Table (Telescoping)Bow BackrestsHardtop w/Ice Blue UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsWindlassRecirculating Livewell (per Livewell)GARMIN Dual 12" Electronics Package w/VHFYamaha Auto Pilot*Entire Hull Ice Blue*Yamaha Reliance PropsThis GameFish series delivers exactly what serious fishermen demand in a sportfishing center console boat.  These boats come ready to fish with standard features such as multiple insulated fishboxes and livewells, cockpit and bow bolsters, all stainless hardware and Yamaha Digital Command Link Gauges.  The Gamefish 25, 27, and 30 have side entry doors, recessed trim tabs, and hydraulic steering as standard equipment as well.  The cockpits are designed to have abundant room for 360° of fishing.  These hulls deliver soft dry rides second to none.  </t>
+    <t xml:space="preserve">2025 Sea Hunt Gamefish 25 For Sale!N.A.P. $169,603(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:Twin F200XSA2'sTilt Yamaha Electric SteeringBait Tank Leaning Post w/Captains ChairsRear Bench SeatBow Table (Telescoping)Bow BackrestsHardtop w/Ice Blue UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsWindlassRecirculating Livewell (per Livewell)GARMIN Dual 12" Electronics Package w/VHFYamaha Auto Pilot*Entire Hull Ice Blue*Yamaha Reliance PropsThis GameFish series delivers exactly what serious fishermen demand in a sportfishing center console boat.  These boats come ready to fish with standard features such as multiple insulated fishboxes and livewells, cockpit and bow bolsters, all stainless hardware and Yamaha Digital Command Link Gauges.  The Gamefish 25, 27, and 30 have side entry doors, recessed trim tabs, and hydraulic steering as standard equipment as well.  The cockpits are designed to have abundant room for 360° of fishing.  These hulls deliver soft dry rides second to none.  </t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-gamefish-2568e8083ee5cf94f99404dd92</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760546480183179046768efceb082b29.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176609321020732125486944719ab1656.webp</t>
   </si>
   <si>
     <t>68e8062e09f2b1957006491e</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 275SEN.A.P $201,519More Pictures Coming Soon!Options:Twin F250XSB2's Yamaha Helm Master System Ultra Mezzanine Fiberglass Leaning Post w/ Captains ChairsBow Backrests Bow Table (Telescoping) Hardtop w/Slate Blue Underside w/ KingfishPowder Coating Trim Tabs w/Indicators Underwater Lights Windlass Side Entry Ladder w/Ladder Holder Recirculating Livewell (per Livewell) GARMIN Dual 12" Electronics Package w/GT17 Transducer*Slate Blue Hull* Yamaha Salt Water Series Props You buy a Sea Hunt Boat because of the standard features! The name says it all! Our Ultra Series was created for families desiring the "Ultra" experience on the water! Sea Hunt delivers the most comfortable and functional center consoles in the industry with our Ultra Line. With its cushioned rear bench seating, and oversized bow area (complete with bow backrests and cup holders), it's easy to sit back and enjoy pleasure cruising and sandbar hopping. Rod Holders and Livewells instantly turn the Ultra into the most comfortable fishing boat on the water! Added standard features include: wrap around bolsters, bow cushions, color screen waterproof stereo, Yamaha Digital Command Link Gauges; and more! Can you really have comfort, fun and fishing in one boat? With the Ultra Series, you can!</t>
-[...5 lines deleted...]
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760546562141512701268efcf0297ff5.png</t>
+    <t>2026 Sea Hunt Ultra 275SE For Sale!N.A.P $214,211*Under Contract*(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:Twin F250XSB2's Yamaha Helm Master System w/ Siren Marine and Auto PilotUltra Mezzanine Fiberglass Leaning Post w/ Captains ChairsBow Backrests Bow Table (Telescoping) Hardtop w/Slate Blue Underside w/ KingfishPowder Coating Trim Tabs w/Indicators Underwater Lights Windlass Side Entry Ladder w/Ladder Holder Recirculating Livewell (per Livewell) GARMIN Dual 12" Electronics Package w/GT17 Transducer*Slate Blue Hull* Yamaha Salt Water Series Props You buy a Sea Hunt Boat because of the standard features! The name says it all! Our Ultra Series was created for families desiring the "Ultra" experience on the water! Sea Hunt delivers the most comfortable and functional center consoles in the industry with our Ultra Line. With its cushioned rear bench seating, and oversized bow area (complete with bow backrests and cup holders), it's easy to sit back and enjoy pleasure cruising and sandbar hopping. Rod Holders and Livewells instantly turn the Ultra into the most comfortable fishing boat on the water! Added standard features include: wrap around bolsters, bow cushions, color screen waterproof stereo, Yamaha Digital Command Link Gauges; and more! Can you really have comfort, fun and fishing in one boat? With the Ultra Series, you can!</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-275se68e8062e09f2b1957006491e</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176609576284856326069447b92b52e9.webp</t>
   </si>
   <si>
     <t>68e6d6d4a2376e88ae0ec093</t>
   </si>
   <si>
     <t>2026 Jeanneau NC-895 S2</t>
   </si>
   <si>
-    <t>2026 Jeanneau NC-895 S2MSRP $361,784More photos coming soon!Options:Twin Yamaha 250 XS B2Saloon Upholstery Leath TannerTrim Level PremiereComfort Pack 115v-60hz Electronic Pack Garmin UpgradeAudio Pack Fusion Ra210Mooring KitAnchoring KitU-Shape Cockpit Saloon SundeckSunshade Front CockpitCockpit Sun Awning GraphiteBow Platform With LadderGraphite Cockpit Aft ClosingAft Bench CoverStorage Rack On The Roof SupFiller Cushion Front SunpadFront Sunpad With Lounge ChairRemovable Carpets Aft U-CockpitVariable Bow Thruster YamahaGenerator Panda 4.8kva 115v-60Deck SearchlightUnderwater Lights115v Microwave115v VitroceramicAir Con 115v60 16kbtuDouble Berth And U SaloonOverhead Locker In The GalleyOverhead Lockers Front CabinSwiveling System Of Pilot SeatCarpet Wheelhouse And CabinsInside CurtainsAutomatic Trim Tabs ZipwakeUpgr Yam Joy 2x250 Sbw WhiteAntenne TvCustom &amp; DutyDisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
+    <t>2026 Jeanneau NC-895 S2 For Sale!MSRP $361,784More photos coming soon!Options:Twin Yamaha 250 XS B2Saloon Upholstery Leath TannerTrim Level PremiereComfort Pack 115v-60hz Electronic Pack Garmin UpgradeAudio Pack Fusion Ra210Mooring KitAnchoring KitU-Shape Cockpit Saloon SundeckSunshade Front CockpitCockpit Sun Awning GraphiteBow Platform With LadderGraphite Cockpit Aft ClosingAft Bench CoverStorage Rack On The Roof SupFiller Cushion Front SunpadFront Sunpad With Lounge ChairRemovable Carpets Aft U-CockpitVariable Bow Thruster YamahaGenerator Panda 4.8kva 115v-60Deck SearchlightUnderwater Lights115v Microwave115v VitroceramicAir Con 115v60 16kbtuDouble Berth And U SaloonOverhead Locker In The GalleyOverhead Lockers Front CabinSwiveling System Of Pilot SeatCarpet Wheelhouse And CabinsInside CurtainsAutomatic Trim Tabs ZipwakeUpgr Yam Joy 2x250 Sbw WhiteAntenne TvCustom &amp; DutyDisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-nc-895-s268e6d6d4a2376e88ae0ec093</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176054640726466056568efce67f3da5.png</t>
   </si>
   <si>
     <t>68e6d56469fe7abae30744b1</t>
   </si>
   <si>
     <t>2026 Jeanneau NC-895 SPORT S2</t>
   </si>
   <si>
-    <t>2026 Jeanneau NC-895 Sport MSRP $350,339More photos coming soon!Options:Twin Yamaha 250 XSB2'sSaloon Upholstery Leath TannerTrim Level Premiere Comfort Pack 110v-60hz Electronic Pack Garmin UpgradeAudio Pack Fusion Ra210Mooring KitAnchoring KitU-Shape Seating And TableFixed Sun Awning Aft CockpitSunshade For Front CockpitGalley Unit In Aft CockpitStorage Rack On The Roof SupFront Cockpit Table FiberglassBaitwell Tank With Water PumpExtra Sunpad For Bow SeatingUpholstery For Bow SeatingGener 4.8kva 115v-60hz2 Underwater Lights2 Front Headlights On The Roof3 Cockpit WorklightsSearchlight With Radar Mast115v MicrowaveElectric Grill In Aft CockpitElectric Vitroceramic CooktopAir Con 115v60 16kbtuTable Berth In SalonSwiveling System For Helm SeatCarpet Wheelhouse And CabinsInterior CurtainsAutomatic Trim Tabs ZipwakeYam Joy Upgrd 2x250 Sbw WhiteVhf Garmin 215i AisCustom &amp; DutyDisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
+    <t>2026 Jeanneau NC-895 Sport For Sale!MSRP $350,339More photos coming soon!Options:Twin Yamaha 250 XSB2'sSaloon Upholstery Leath TannerTrim Level Premiere Comfort Pack 110v-60hz Electronic Pack Garmin UpgradeAudio Pack Fusion Ra210Mooring KitAnchoring KitU-Shape Seating And TableFixed Sun Awning Aft CockpitSunshade For Front CockpitGalley Unit In Aft CockpitStorage Rack On The Roof SupFront Cockpit Table FiberglassBaitwell Tank With Water PumpExtra Sunpad For Bow SeatingUpholstery For Bow SeatingGener 4.8kva 115v-60hz2 Underwater Lights2 Front Headlights On The Roof3 Cockpit WorklightsSearchlight With Radar Mast115v MicrowaveElectric Grill In Aft CockpitElectric Vitroceramic CooktopAir Con 115v60 16kbtuTable Berth In SalonSwiveling System For Helm SeatCarpet Wheelhouse And CabinsInterior CurtainsAutomatic Trim Tabs ZipwakeYam Joy Upgrd 2x250 Sbw WhiteVhf Garmin 215i AisCustom &amp; DutyDisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-nc-895-sport-s268e6d56469fe7abae30744b1</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176054632414871029268efce14f1736.png</t>
   </si>
   <si>
     <t>68e6d15842967e7b080d9f72</t>
   </si>
   <si>
-    <t>2026 Jeanneau Leader 9.0 WA S2MSRP $319,689.70More photos coming soon!Options:Twin Yamaha 250 XSB2'sFiberglass HardtopTrim Level Premiere Comfort Pack 115v-60hz Electronic Pack Garmin UpgradePremium Audio Pack Fus W HtopMooring KitAnchoring KitFolding Aft Backrest SunpadFolding Side Bench PortsideSunshade Aft Cockpit For T-TopSunshade Front CockpitLadder And Lifeline For TerracSet Of Protective CoversSwimming Platforms PolyesterFiberglass Table And Aft SundeckFront Cockpit UpholsteryFiller Cushion Front Sunpad2 Underwater LightsExt Fridge Leaning Post Storag115v MicrowaveCockpit Grill 110v Usa115v Air Conditioning On BattShower Door With Toilet SeatDouble Berth In Saloon MarlinRemovable Carpet Set In SaloonInterior And Door Curtains3 Li-Batteries And Victron SysConvert 12v-115v60 3kvaAutomatic Trim Tabs ZipwakeUpgr Yam Joy 2x250 Sbw WhiteHornCustom &amp; DutyDESIGN AND HIGH PERFORMANCE TO EXPERIENCE PURE THRILL - Boasting a V-shaped hull by Michael Peters and twin engines for up to 2 x 250 HP, the Leader 9.0 WA will delight thrill-seekers and fans of express crossings, the wind in their hair, with top speeds of over 40 knots. With elongated lines, a T-top, a protective glass windscreen, and large windows in the hull… this boat, inspired by the Leader 10.5 WA and 12.5 WA, boasts an elegant, distinguished, and contemporary style, yet one that is also synonymous with safety and fun for the whole family.</t>
+    <t>2026 Jeanneau Leader 9.0 WA S2 For Sale!MSRP $319,689.70More photos coming soon!Options:Twin Yamaha 250 XSB2'sFiberglass HardtopTrim Level Premiere Comfort Pack 115v-60hz Electronic Pack Garmin UpgradePremium Audio Pack Fus W HtopMooring KitAnchoring KitFolding Aft Backrest SunpadFolding Side Bench PortsideSunshade Aft Cockpit For T-TopSunshade Front CockpitLadder And Lifeline For TerracSet Of Protective CoversSwimming Platforms PolyesterFiberglass Table And Aft SundeckFront Cockpit UpholsteryFiller Cushion Front Sunpad2 Underwater LightsExt Fridge Leaning Post Storag115v MicrowaveCockpit Grill 110v Usa115v Air Conditioning On BattShower Door With Toilet SeatDouble Berth In Saloon MarlinRemovable Carpet Set In SaloonInterior And Door Curtains3 Li-Batteries And Victron SysConvert 12v-115v60 3kvaAutomatic Trim Tabs ZipwakeUpgr Yam Joy 2x250 Sbw WhiteHornCustom &amp; DutyDESIGN AND HIGH PERFORMANCE TO EXPERIENCE PURE THRILL - Boasting a V-shaped hull by Michael Peters and twin engines for up to 2 x 250 HP, the Leader 9.0 WA will delight thrill-seekers and fans of express crossings, the wind in their hair, with top speeds of over 40 knots. With elongated lines, a T-top, a protective glass windscreen, and large windows in the hull… this boat, inspired by the Leader 10.5 WA and 12.5 WA, boasts an elegant, distinguished, and contemporary style, yet one that is also synonymous with safety and fun for the whole family.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-leader-90-wa-series-268e6d15842967e7b080d9f72</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760546238212810634268efcdbeb1365.png</t>
   </si>
   <si>
     <t>68e6ceba9046af6d8f07fa04</t>
   </si>
   <si>
-    <t>2026 Jeanneau LEADER 9.0 WA</t>
-[...5 lines deleted...]
-    <t>https://bonitaboatcenter.com/boat/2026-jeanneau-leader-90-wa68e6ceba9046af6d8f07fa04</t>
+    <t>2026 Jeanneau Leader 9.0 WA SERIES 2 For Sale!MSRP $319,689More photos coming soon!Options:                               Twin Yamaha F250 XSB2'sFiberglass HardtopTrim Level Premiere Comfort Pack 115v-60hz Electronic Pack Garmin UpgradePremium Audio Pack Fus W HtopMooring KitAnchoring KitFolding Aft Backrest SunpadFolding Side Bench PortsideSunshade Aft Cockpit For T-TopSunshade Front CockpitLadder And Lifeline For TerracSet Of Protective CoversSwimming Platforms PolyesterFiberglass Table And Aft SundeckFront Cockpit UpholsteryFiller Cushion Front Sunpad2 Underwater LightsExt Fridge Leaning Post Storag115v MicrowaveCockpit Grill 110v Usa115v Air Conditioning On BattShower Door With Toilet SeatDouble Berth In Saloon MarlinRemovable Carpet Set In SaloonInterior And Door Curtains3 Li-Batteries And Victron SysConvert 12v-115v60 3kvaAutomatic Trim Tabs ZipwakeUpgr Yam Joy 2x250 Sbw WhiteHornCustom &amp; Duty DESIGN AND HIGH PERFORMANCE TO EXPERIENCE PURE THRILL - Boasting a V-shaped hull by Michael Peters and twin engines for up to 2 x 250 HP, the Leader 9.0 WA will delight thrill-seekers and fans of express crossings, the wind in their hair, with top speeds of over 40 knots. With elongated lines, a T-top, a protective glass windscreen, and large windows in the hull… this boat, inspired by the Leader 10.5 WA and 12.5 WA, boasts an elegant, distinguished, and contemporary style, yet one that is also synonymous with safety and fun for the whole family.</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-jeanneau-leader-90-wa-series-268e6ceba9046af6d8f07fa04</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176133385925021254868fbd2639c07f.png</t>
   </si>
   <si>
     <t>68e6cc596beabc3b6c0172a0</t>
   </si>
   <si>
     <t>2027 Jeanneau NC-895 SPORT S2</t>
   </si>
   <si>
-    <t>2027 Jeanneau NC-895 Sport MSRP $349,399More photos coming soon!Options:Twin Yamaha 250 XS B2'sTrim Level Premiere Comfort Pack 110v-60hz Electronic Pack Garmin UpgradeAudio Pack Fusion Ra210Mooring KitAnchoring KitU-Shape Seating And TableFixed Sun Awning Aft CockpitSunshade For Front CockpitGalley Unit In Aft CockpitStorage Rack On The Roof SupFront Cockpit Table FiberglassBaitwell Tank With Water PumpExtra Sunpad For Bow SeatingUpholstery For Bow SeatingGener 4.8kva 115v-60hz2 Underwater Lights2 Front Headlights On The Roof3 Cockpit WorklightsSearchlight With Radar Mast115v MicrowaveElectric Grill In Aft CockpitElectric Vitroceramic CooktopAir Con 115v60 16kbtuTable Berth In SalonSwiveling System For Helm SeatCarpet Wheelhouse And CabinsInterior CurtainsAutomatic Trim Tabs ZipwakeYam Joy Upgrade 2x250 Sbw WhiteVHF Garmin 215i AisCustom &amp; DutyDisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
+    <t>2027 Jeanneau NC-895 Sport For Sale!MSRP $349,399More photos coming soon!Options:Twin Yamaha 250 XS B2'sTrim Level Premiere Comfort Pack 110v-60hz Electronic Pack Garmin UpgradeAudio Pack Fusion Ra210Mooring KitAnchoring KitU-Shape Seating And TableFixed Sun Awning Aft CockpitSunshade For Front CockpitGalley Unit In Aft CockpitStorage Rack On The Roof SupFront Cockpit Table FiberglassBaitwell Tank With Water PumpExtra Sunpad For Bow SeatingUpholstery For Bow SeatingGener 4.8kva 115v-60hz2 Underwater Lights2 Front Headlights On The Roof3 Cockpit WorklightsSearchlight With Radar Mast115v MicrowaveElectric Grill In Aft CockpitElectric Vitroceramic CooktopAir Con 115v60 16kbtuTable Berth In SalonSwiveling System For Helm SeatCarpet Wheelhouse And CabinsInterior CurtainsAutomatic Trim Tabs ZipwakeYam Joy Upgrade 2x250 Sbw WhiteVHF Garmin 215i AisCustom &amp; DutyDisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2027-jeanneau-nc-895-sport-s268e6cc596beabc3b6c0172a0</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-17625266561887706365690e05c046154.png</t>
   </si>
   <si>
     <t>68e6c6b4fad33bdee2075a08</t>
   </si>
   <si>
-    <t>2026 Jeanneau NC-895 S2MSRP $361,784More photos coming soon!Options:Twin Yamaha 250 XS B2Saloon Upholstery Leath TannerTrim Level Premiere UsaComfort Pack 115v-60hz UsaElectronic Pack Garmin UpgradeAudio Pack Fusion Ra210Mooring KitAnchoring KitU-Shape Cockpit Saloon SundeckSunshade Front CockpitCockpit Sun Awning GraphiteBow Platform With LadderGraphite Cockpit Aft ClosingAft Bench CoverStorage Rack On The Roof SupFiller Cushion Front SunpadFront Sunpad With Lounge ChairRemovable Carpets Aft U-CockpitVariable Bow Thruster YamahaGenerator Panda 4.8kva 115v-60Deck SearchlightUnderwater Lights115v Microwave115v VitroceramicAir Con 115v60 16kbtuDouble Berth And U SaloonOverhead Locker In The GalleyOverhead Lockers Front CabinSwiveling System Of Pilot SeatCarpet Wheelhouse And CabinsInside CurtainsAutomatic Trim Tabs ZipwakeUpgr Yam Joy 2x250 Sbw WhiteAntenne TvCustom &amp; DutyDisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
+    <t>2026 Jeanneau NC-895 S2 For Sale!MSRP $361,784More photos coming soon!Options:Twin Yamaha 250 XS B2Saloon Upholstery Leath TannerTrim Level Premiere UsaComfort Pack 115v-60hz UsaElectronic Pack Garmin UpgradeAudio Pack Fusion Ra210Mooring KitAnchoring KitU-Shape Cockpit Saloon SundeckSunshade Front CockpitCockpit Sun Awning GraphiteBow Platform With LadderGraphite Cockpit Aft ClosingAft Bench CoverStorage Rack On The Roof SupFiller Cushion Front SunpadFront Sunpad With Lounge ChairRemovable Carpets Aft U-CockpitVariable Bow Thruster YamahaGenerator Panda 4.8kva 115v-60Deck SearchlightUnderwater Lights115v Microwave115v VitroceramicAir Con 115v60 16kbtuDouble Berth And U SaloonOverhead Locker In The GalleyOverhead Lockers Front CabinSwiveling System Of Pilot SeatCarpet Wheelhouse And CabinsInside CurtainsAutomatic Trim Tabs ZipwakeUpgr Yam Joy 2x250 Sbw WhiteAntenne TvCustom &amp; DutyDisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-nc-895-s268e6c6b4fad33bdee2075a08</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176054594393339161968efcc9748bb3.png</t>
   </si>
   <si>
-    <t>68e659a8665851805001cc38</t>
-[...8 lines deleted...]
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17623555561333064721690b696495a29.png</t>
+    <t>68e6ba4f238f3ea20b032d22</t>
+  </si>
+  <si>
+    <t>2020 Blackfin 272CC</t>
+  </si>
+  <si>
+    <t>2020 Blackfin 272CC For Sale!CERTIFIED PRE-OWNED$164,999 Options:Twin Mercury 300XL Verados - 357 HoursMercury JoystickRGB Underwater LightsHardtop Rod HoldersGarmin Electronics Package B: Dual GPS/Chartplotter-8612 w/ Fushion-Link, 315VHFGarmin GMR 18xHD RadomePremium Stereo Upgrade Package: Includes (6) 7.7" JL Speakers, (2) Subwoofers, 5/2 Channel Amplifiers &amp; LED Speaker LightsBaitwell Insulated, Transom w/ Cutting Board Lid, Blue/White Light &amp; See Thru Face (30 Gallons)Freshwater &amp; raw water washdownsCockpit Table with Sea Dek Inlay, Pedestal with Vertical and Side Mount Base, Bow Filler Casting PlatformPremium Stereo Upgrade Package: Includes (6) 7.7" JL Speakers, (2) Subwoofers, 5/2-Channel Amplifiers &amp; LED Speaker Lights</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2020-blackfin-272cc68e6ba4f238f3ea20b032d22</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17679940891131643958696172e9aa843.webp</t>
   </si>
   <si>
     <t>68e65659f904bad32f082cc9</t>
   </si>
   <si>
-    <t>2026 Sea Hunt 285SE</t>
-[...8 lines deleted...]
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17625526851430078672690e6b6dc982e.png</t>
+    <t>2026 Sea Hunt Ultra 285SE For Sale!N.A.P $241,187(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options: Twin F300XSB2'sTilt Yamaha Electric SteeringMezzanine Fiberglass Leaning Post w/ Captains ChairsBow BackrestsBow Table (Telescoping)HardtopPowder CoatingTrim Tabs w/IndicatorsUnderwater LightsWindlassSide Entry Ladder w/Ladder HolderRecirculating Livewell (per Livewell)GARMIN Dual 16" Elect. Pac. w/Auto P &amp;VHF*Deluxe Diamond Stitch*Yamaha Salt Water Series PropNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt Ultra 285 SE is a premium 28’5” center console that combines offshore capability, luxury comfort, and family-friendly versatility. Priced at a N.A.P. of $241,187, this model delivers exceptional value for buyers searching for “Sea Hunt Ultra 285 SE for sale,” “new Sea Hunt 28-foot center console,” or “Sea Hunt dealer Southwest Florida.” Engineered with a deep-V hull, wide beam, and Sea Hunt’s renowned composite construction, the Ultra 285 SE is perfectly suited for Gulf cruising from Naples to Marco Island and the inshore waterways of Cape Coral and Estero Bay.</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-285se68e65659f904bad32f082cc9</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17660960696138781969447cc5a973f.webp</t>
   </si>
   <si>
     <t>68de6bbb3cd70e13a30c64bc</t>
   </si>
   <si>
     <t>2023 Scarab 255 ID</t>
   </si>
   <si>
-    <t>2023 Scarab 255 ID$99,999Options:Twin Rotax 300hp 1630 ACETouchscreen Helm w/ Digital ControlsPremuim JL Audio Sound System w/ BluetoothCruise Control and Docking ModesPorta Potti w/ Pump OutFoldable Wake TowerExtended Swim Platform w/ Reboarding LadderConvertible Lounge Seating w/ Aft-Facing Transom SeatsIntegrated Tow HookLED Accent Lighting</t>
+    <t>2023 Scarab 255 ID For Sale!Price: $89,999Hours: 17Certified Pre-Owned InventoryNow available at Bonita Boat Center in Bonita Springs, FL, this 2023 Scarab 255 ID is a low-hour, high-performance jet boat powered by twin Rotax 1630 ACE 300 engines and showing only 17 hours of use. Designed for shallow-water versatility and the Southwest Florida lifestyle, the Scarab 255 ID offers responsive handling, rapid acceleration, and a layout built for both cruising and watersports. Buyers searching for a “Scarab 255 ID for sale,” “jet boat for sale Florida,” or “Scarab 255 ID near me” will find exceptional value and like-new condition in this meticulously maintained model.The 25-foot platform delivers a spacious interior with convertible lounge seating, a folding wake tower, aft-facing transom seats, extended swim platform, touchscreen digital helm, premium JL Audio sound system, and integrated storage throughout. Jet propulsion eliminates lower-unit maintenance and allows for exploring sandbars, back bays, and shallow coastal zones from Naples to Cape Coral with confidence. With its modern styling, clean interior, and powerful twin-engine setup, this Scarab 255 ID is ideal for buyers seeking a fast, stylish, family-friendly jet boat in Southwest Florida.Backed by Bonita Boat Center’s trusted sales and service team, this 2023 Scarab 255 ID is fully inspected, salt-water ready, and priced competitively for today’s pre-owned market. For shoppers actively searching “used Scarab 255 ID Florida,” “jet boat Bonita Springs,” or “best boat dealer Southwest Florida,” this listing represents a standout opportunity. Schedule your showing or sea trial today and experience why the Scarab 255 ID remains one of the most popular and exciting jet boats on the water.Options: Twin Rotax 300hp 1630 ACETouchscreen Helm w/ Digital ControlsPremuim JL Audio Sound System w/ BluetoothCruise Control and Docking ModesPorta Potti w/ Pump OutFoldable Wake TowerExtended Swim Platform w/ Reboarding LadderConvertible Lounge Seating w/ Aft-Facing Transom SeatsIntegrated Tow HookLED Accent Lighting</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2023-scarab-255-id68de6bbb3cd70e13a30c64bc</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760622229192741086568f0f6950edff.png</t>
-[...44 lines deleted...]
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760621042170770652368f0f1f22ac32.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17660851031406716113694451ef1512b.webp</t>
   </si>
   <si>
     <t>68da859f06c3954d9905dd69</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 255SE</t>
-[...2 lines deleted...]
-    <t>2026 Sea Hunt Ultra 255SEN.A.P: $144,662(Does Not Include Prep &amp; Freight)Options: Yamaha F350XSA2Yamaha Salt Water Series Props  SingleUltra Entertainment Leaning PostSide Entry Ladder w/ Ladder HolderRecirculating Livewell (per Livewell)Hull Color (Abaco Green)Recirculating Livewell (per Livewell)GARMIN 12" Electronics Package w/VHFColor to Underside of Fiberglass T-TopBow Filler Cushion</t>
+    <t>2026 Sea Hunt Ultra 255SE For Sale!N.A.P: $143,874(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options: Yamaha F350XSA2Yamaha Salt Water Series Props  SingleUltra Entertainment Leaning PostSide Entry Ladder w/ Ladder HolderRecirculating Livewell (per Livewell)Hull Color (Abaco Green)Recirculating Livewell (per Livewell)GARMIN 12" Electronics Package w/VHFColor to Underside of Fiberglass T-TopBow Filler CushionNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt Ultra 255 SE is a standout new-generation center console offering premium features, performance and style built for the Florida coast. With a length overall of 24′11″ and a beam of 8′9″, this Ultra 255 SE carries a 120-gallon fuel capacity and a dry weight of roughly 4,600 lbs, making it an ideal platform for daily cruising, island runs, or serious fishing across Naples, Marco Island, Cape Coral and the 10,000 Islands.Backed by Bonita Boat Center’s dedication to service, support and customer satisfaction, this Sea Hunt Ultra 255 SE is ready for salt-water use and stands out in the market for boat buyers searching for “Sea Hunt Ultra 255 SE for sale Florida,” “new center console Bonita Springs,” “Sea Hunt boat dealer Southwest Florida,” and “premium center console 25-ft Florida.” Don’t miss your chance to schedule a sea trial or walkthrough and secure one of the most capable and refined boats in this class.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-255se68da859f06c3954d9905dd69</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760620975155314113668f0f1aff060f.png</t>
-[...14 lines deleted...]
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760622166189466019868f0f656cd10d.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17660946347851167296944772ad7a85.webp</t>
   </si>
   <si>
     <t>68cc14ac71871900e501a759</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 239 SE</t>
-[...8 lines deleted...]
-    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-239-se68cc14ac71871900e501a759</t>
+    <t>2026 Sea Hunt Ultra 239SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 Sea Hunt Ultra 239SE For Sale!Build Slot Available!Options:Yamaha F300XSB2 GARMIN 12" Electronics Package w/VHFUltra Bait Tank Leaning Post w/ Captains ChairsFiberglass T-Top w/ Mister SystemColor to Underside of Fiberglass T-TopTrim Tabs w/ IndicatorsPowder Coating WhiteUnderwater LightsRecirculating Livewell (per Livewell)Trolling Motor Plug &amp; Wiring HarnessSide Entry Ladder w/ Ladder HolderPorta PottiYamaha Salt Water Series Props  </t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-239se68cc14ac71871900e501a759</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760562528126039183168f00d60bfc10.png</t>
   </si>
   <si>
     <t>68cac08b5f429b87320f59a4</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 235SEN.A.P $113,730(Does Not Include Prep &amp; Freight)Options: F250XSB2 Tilt Yamaha Electric Steering Ultra Entertainment Leaning Post Bow Backrests Hardtop w/Ice Blue Underside Powder Coating Trim Tabs w/Indicators Underwater Lights Side Entry Ladder w/Ladder Holder Recirculating Livewell (per Livewell) Porta Potti GARMIN 12" Electronics Package w/VHF *Deluxe Diamond Stitch* *Ice Blue Hull* Yamaha Salt Water Series Prop</t>
+    <t>2026 Sea Hunt Ultra 235SE For Sale!N.A.P $113,731(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options: F250XSB2 Tilt Yamaha Electric Steering Ultra Entertainment Leaning Post Bow Backrests Hardtop w/Ice Blue Underside Powder Coating Trim Tabs w/Indicators Underwater Lights Side Entry Ladder w/Ladder Holder Recirculating Livewell (per Livewell) Porta Potti GARMIN 12" Electronics Package w/VHF *Deluxe Diamond Stitch* *Ice Blue Hull* Yamaha Salt Water Series PropNow available at Bonita Boat Center in Bonita Springs, FL — this 2026 Sea Hunt Ultra 235 SE is the perfect 23′7″ center console for buyers seeking premium quality, salt-water readiness, and strong value in Southwest Florida. With an 8′6″ beam, a dry weight around 3,800 lbs, a generous 96-gallon fuel capacity.From the fiberglass T-top with integrated mister system and side-entry door to the wraparound bow seating and deep swim platform. The electronics package includes a large Garmin display with VHF, JL Audio stereo with Bluetooth, and Yamaha Digital Command Link gauges, giving buyers searching “Ultra 235 SE for sale Florida,” “Sea Hunt 235 SE center console,” or “used Sea Hunt boats Southwest Florida” exactly what they want. Backed by Bonita Boat Center’s full-service, factory-certified team and our longstanding reputation for honesty, trust and excellence, this 2026 Sea Hunt Ultra 235 SE is salt-water ready and positioned as a top-choice opportunity for serious boaters. If you’re actively looking for your local Sea Hunt Boats Dealer, you found the right place!</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-235se68cac08b5f429b87320f59a4</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17623772382089924091690bbe161b469.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176609413035595598569447532a27a7.webp</t>
   </si>
   <si>
     <t>68cab752e6337080360edbe5</t>
   </si>
   <si>
-    <t>Build Slot Available!2026 Sea Hunt Ultra 245SE N.A.P. $122,415More pictures coming soon!Options:F300XSB2Tilt Yamaha Electric SteeringAluminum Leaning Post w/Captains ChairsBow BackrestsHardtop w/Ice Blue UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsCooler Slide w/SH CoolerTrolling Motor Plug &amp; Wiring HarnessWindlassSide Entry Ladder w/Ladder HolderRecirculating Livewell (per Livewell)GARMIN 12" Electronics Package w/VHF*Deluxe Diamond Stitch**Entire Hull Ice Blue*Yamaha Salt Water Series Prop</t>
+    <t>2026 Sea Hunt Ultra 245SE For Sale!N.A.P. $123,193(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:F300XSB2Tilt Yamaha Electric SteeringAluminum Leaning Post w/Captains ChairsBow BackrestsHardtop w/Ice Blue UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsCooler Slide w/SH CoolerTrolling Motor Plug &amp; Wiring HarnessWindlassSide Entry Ladder w/Ladder HolderRecirculating Livewell (per Livewell)GARMIN 12" Electronics Package w/VHF*Deluxe Diamond Stitch**Entire Hull Ice Blue*Yamaha Salt Water Series PropNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt Ultra 245 SE is a premium salt-water center console built for serious performance, comfort and value. With a 24′3″ overall length, 8′6″ beam, dry weight around 3,900 lbs and a 96-gallon fuel tank capacity.Whether you’re exploring Naples, Marco Island, Cape Coral, Fort Myers or the 10,000 Islands, buyers searching for “Ultra 245 SE for sale Florida,” “Sea Hunt 245 SE near me,” or “24-ft center console boat Southwest Florida” will find this boat an exceptional opportunity. Backed by Bonita Boat Center’s full-service, factory-certified team, this 2026 Sea Hunt Ultra 245 SE is salt-water ready at your local sea hunt dealer!</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-245se68cab752e6337080360edbe5</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760545441191148798568efcaa14c4a3.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17678843921664655983695fc66825e3f.webp</t>
   </si>
   <si>
     <t>68caab14eef716f16307d519</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 305 SEN.A.P. $266,789 More pictures coming soon!Options: Twin Yamaha  F350XSA2'sGARMIN Dual 16" Elect. Pac.w/Auto P. &amp; VHF  **GF 30 Package** w/ Helm MasterColor to Underside of Fiberglass T-TopDeluxe Diamond Interior PackageHull Color (Silver Gray)Recirculating Livewell (per Livewell)Side Entry Ladder w/ Ladder HolderUltra Entertainment Leaning PostWhite Powder CoatingYamaha Helm Master Control w/ Setpoint and Auto PilotYamaha Salt Water Series Props  TwinOur Ultra Series was created for families desiring the "Ultra" experience on the water! Sea Hunt delivers the most comfortable and functional center consoles in the industry with our Ultra Line. With its cushioned rear bench seating, and oversized bow area (complete with bow backrests and cup holders), it's easy to sit back and enjoy pleasure cruising and sandbar hopping. Rod Holders and Livewells instantly turn the Ultra into the most comfortable fishing boat on the water! Added standard features include: wrap around bolsters, bow cushions, color screen waterproof stereo, Yamaha Digital Command Link Gauges; and more! Can you really have comfort, fun, and fishing in one boat? With the Ultra Series, you can!</t>
-[...5 lines deleted...]
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760545367185321498368efca578f52f.png</t>
+    <t>2026 Sea Hunt Ultra 305SE</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Ultra 305SE For Sale!N.A.P. $278,668(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options: Twin Yamaha   F350XSA2'sGARMIN Dual 16" Elect. Pac.w/Auto P. &amp; VHF  **GF 30 Package** w/ Helm MasterColor to Underside of Fiberglass T-TopDeluxe Diamond Interior PackageHull Color (Silver Gray)Recirculating Livewell (per Livewell)Side Entry Ladder w/ Ladder HolderUltra Entertainment Leaning PostWhite Powder CoatingYamaha Helm Master Control w/ Setpoint and Auto PilotYamaha Salt Water Series Props  TwinNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt Ultra 305 SE is the flagship of the Ultra Series, offering premium offshore performance, exceptional comfort, and best-in-class value. With a N.A.P. of $266,789, this 30’5” center console delivers luxury-level fit and finish with the proven reliability and salt-water readiness that Sea Hunt owners expect in Southwest Florida. Built for serious coastal cruising and family adventure, the Ultra 305 SE is ideal for buyers searching “Sea Hunt Ultra 305 for sale,” “new Sea Hunt 30-foot center console,” or “Sea Hunt dealer Florida.”</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-305se68caab14eef716f16307d519</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1766096178142923156969447d327cb36.webp</t>
   </si>
   <si>
     <t>68b9f61e209fd49280061e54</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 219</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 219N.A.P: $74,099(Does Not Include Prep &amp; Freight)Options: Yamaha F150XDTilt Seastar Hydraulic SteeringAluminum Leaning Post w/BackrestBow BackrestsHardtop w/Ice Blue UndersidePowder CoatingRecirculating Livewell (per Livewell)Porta PottiTrim Tabs w/IndicatorsGARMIN 9" Electronics Package w/VHF*Deluxe Diamond Stitch**Entire Hull Ice Blue*Yamaha Reliance Prop</t>
+    <t>2026 Sea Hunt Ultra 219 For Sale!N.A.P: $73,349(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options: Yamaha F150XDTilt Seastar Hydraulic SteeringAluminum Leaning Post w/BackrestBow BackrestsHardtop w/Ice Blue UndersidePowder CoatingRecirculating Livewell (per Livewell)Porta PottiTrim Tabs w/IndicatorsGARMIN 9" Electronics Package w/VHF*Deluxe Diamond Stitch**Entire Hull Ice Blue*Yamaha Reliance PropNow available at Bonita Boat Center in Bonita Springs, FL — this 2026 Sea Hunt Ultra 219 is the ideal compact center console boat for serious coastal cruising, day-fishing, and family outings across Southwest Florida. With a length overall of 21′ 4″, an 8′ 3″ beam, fuel capacity of 60 gallons, and a dry weight of only 2,350 lbs, it’s perfectly sized for ease of handling, trailering, storage, and the beaches of Naples, Cape Coral, and Fort Myers.Backed by Bonita Boat Center’s full-service team and local reputation, this Venice-to Marco Island-ready 2026 Ultra 219 offers strength, style, and value. If you are searching for “Sea Hunt dealer Southwest Florida”, “Ultra 219 For Sale”, or “Affordable center console boats”, call today to schedule a walkthrough or sea-trial and get ready for your next boating chapter.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-21968b9f61e209fd49280061e54</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176063856356323151168f1366342b62.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17660934345857637176944727a8af8d.webp</t>
   </si>
   <si>
     <t>68b9f410a6f94bd0e10984a7</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 275CB</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 275CBN.A.P. $199,428Options: Twin F250XSB2'sYamaha Helm Master SystemMezzanine Fiberglass Leaning Post w/Captains ChairsHardtopPowder CoatingTrim Tabs w/IndicatorsUnderwater LightsSide Entry Ladder w/Ladder HolderWindlassRecirculating Livewell (per Livewell)GARMIN Dual 12" Electronics Package w/GT17*Big Transducer**Deluxe Diamond Stitch*Yamaha Salt Water Series Props</t>
+    <t>2026 Sea Hunt Ultra 275CB For Sale!N.A.P. $212,121(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options: Twin F250XSB2'sYamaha Helm Master SystemMezzanine Fiberglass Leaning Post w/Captains ChairsHardtopPowder CoatingTrim Tabs w/IndicatorsUnderwater LightsSide Entry Ladder w/Ladder HolderWindlassRecirculating Livewell (per Livewell)GARMIN Dual 12" Electronics Package w/GT17*Big Transducer**Deluxe Diamond Stitch*Yamaha Salt Water Series PropsNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt Ultra 275 CB is a premium new-model center console offering significant performance, style, and capability for buyers demanding more from their boat. With a length of 27′6″, beam of 9′6″, dry weight around 6,600 lbs, fuel capacity up to 180 gallons and a maximum horsepower rating of 500 hp, this Ultra 275 CB is engineered for salt-water use and coastal cruising across Southwest Florida. Buyers searching “Sea Hunt Ultra 275 CB for sale,” “New Sea Hunt 27-ft center console For sale,” or “Sea Hunt dealer Bonita Springs” will appreciate the value and capability of this model.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-275cb68b9f410a6f94bd0e10984a7</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176064066948608413768f13e9d01e67.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1766095598211977130169447aee68a86.webp</t>
   </si>
   <si>
     <t>68b9f2505b35463a1b001f8f</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 265 SE</t>
-[...8 lines deleted...]
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176167945110449760746901185b1fa82.png</t>
+    <t>2026 Sea Hunt Ultra 265SE For Sale!N.A.P $153,794(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options: Twin F150XSA2'sTilt Yamaha Electric SteeringUltra Entertainment Leaning PostBow BackrestsHardtop w/Silver Gray UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsWindlassSide Entry Ladder w/Ladder HolderRecirculating Livewell (per Livewell)GARMIN 12" Electronics Package w/VHF*Deluxe Diamond Stitch**Silver Gray Hull*Yamaha Reliance PropsNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt Ultra 265 SE is a premium 26'5" center console designed for exceptional performance, family comfort, and all-around versatility on the water. With a N.A.P. of $153,601, this model delivers one of the strongest value profiles in the 26–27 ft class, making it a top pick for buyers searching “Sea Hunt Ultra 265 SE for sale,” “new Sea Hunt 26-foot center console Florida,” or “Sea Hunt dealer Southwest Florida.” Built with Sea Hunt’s proven deep-V hull and wide beam, the Ultra 265 SE provides a smooth, dry ride throughout the Gulf waters surrounding Naples, Fort Myers, Marco Island, and Cape Coral.</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-265se68b9f2505b35463a1b001f8f</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1766095418176160219069447a3a71bd4.webp</t>
   </si>
   <si>
     <t>68b9f0a6857e5902c4039db0</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 235SEN.A.P $98,392(Does Not Include Prep &amp; Freight)Options: Yamaha F200XDTilt Seastar Hydraulic SteeringUltra Mezzanine Fiberglass Leaning Post w/Captains ChairsBow BackrestsHardtop w/Abaco Green UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsSide Entry Ladder w/Ladder HolderTrolling Motor Plug &amp; Wiring HarnessRecirculating Livewell (per Livewell)Porta PottiGARMIN 12" Electronics Package w/VHF*Deluxe Diamond Stitch**Abaco Green Hull*Yamaha Reliance Prop</t>
+    <t>2026 Sea Hunt Ultra 235SE For Sale!N.A.P $98,392(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options: Yamaha F200XDTilt Seastar Hydraulic SteeringUltra Mezzanine Fiberglass Leaning Post w/Captains ChairsBow BackrestsHardtop w/Abaco Green UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsSide Entry Ladder w/Ladder HolderTrolling Motor Plug &amp; Wiring HarnessRecirculating Livewell (per Livewell)Porta PottiGARMIN 12" Electronics Package w/VHF*Deluxe Diamond Stitch**Abaco Green Hull*Yamaha Reliance PropNow available at Bonita Boat Center in Bonita Springs, FL — this 2026 Sea Hunt Ultra 235 SE is the perfect 23′7″ center console for buyers seeking premium quality, salt-water readiness, and strong value in Southwest Florida. With an 8′6″ beam, a dry weight around 3,800 lbs, a generous 96-gallon fuel capacity.From the fiberglass T-top with integrated mister system and side-entry door to the wraparound bow seating and deep swim platform. The electronics package includes a large Garmin display with VHF, JL Audio stereo with Bluetooth, and Yamaha Digital Command Link gauges, giving buyers searching “Ultra 235 SE for sale Florida,” “Sea Hunt 235 SE center console,” or “used Sea Hunt boats Southwest Florida” exactly what they want. Backed by Bonita Boat Center’s full-service, factory-certified team and our longstanding reputation for honesty, trust and excellence, this 2026 Sea Hunt Ultra 235 SE is salt-water ready and positioned as a top-choice opportunity for serious boaters. If you’re actively looking for your local Sea Hunt Boats Dealer, you found the right place!</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-235se68b9f0a6857e5902c4039db0</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176174829310353582969022545d4611.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17660940461724067573694474de6e551.webp</t>
   </si>
   <si>
     <t>68b9f07d60e2070327067a9c</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 285SEBRAND NEW MODEL!N.A.P $254,150(Does Not Include Prep &amp; Freight)Options: Twin F300XSB2'sYamaha Helm Master SystemUltra Entertainment Leaning PostBow BackrestsBow Table (Telescoping)Hardtop w/Ice Blue UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsWindlassSide Entry Ladder w/Ladder HolderRecirculating Livewell (per Livewell)GARMIN Dual 16" Elect. Pac. w/Auto P &amp;VHF w/Helm Master*Deluxe Diamond Stitch**Ice Blue Hull*Yamaha Salt Water Series Props</t>
-[...5 lines deleted...]
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17606208938064853168f0f15d8ecac.png</t>
+    <t>2026 Sea Hunt Ultra 285SE For Sale!N.A.P $254,150*Under Contract*(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options: Twin F300XSB2'sYamaha Helm Master SystemUltra Entertainment Leaning PostBow BackrestsBow Table (Telescoping)Hardtop w/Ice Blue UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsWindlassSide Entry Ladder w/Ladder HolderRecirculating Livewell (per Livewell)GARMIN Dual 16" Elect. Pac. w/Auto P &amp;VHF w/Helm Master*Deluxe Diamond Stitch**Ice Blue Hull*Yamaha Salt Water Series PropsNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt Ultra 285 SE is a premium 28’5” center console built for offshore confidence, family comfort, and the versatile performance Sea Hunt is known for. Priced at a N.A.P. of $254,150, this Ultra 285 SE delivers exceptional value in the 28-foot class, making it an ideal choice for buyers searching “Sea Hunt Ultra 285 SE for sale,” “new 28-ft center console for sale,” or “Sea Hunt dealer Southwest Florida.” With its deep-V hull, wide beam, and salt-water ready construction, this model is perfectly suited for Naples, Cape Coral, Fort Myers, Marco Island, and the 10,000 Islands.</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-285se68b9f07d60e2070327067a9c</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176609592166022517569447c313a83b.webp</t>
   </si>
   <si>
     <t>68b9ec347084cc494d0c8dc6</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 265SEN.A.P $162,763(Does Not Include Prep &amp; Freight)Options: Twin F200XSA2'sTilt Yamaha Electric SteeringUltra Bait Tank Leaning Post w/Captains ChairsBow BackrestsHardtop w/Abaco Green Underside w/KingfishPowder CoatingTrim Tabs w/IndicatorsUnderwater LightsRecirculating Livewell (per Livewell)WindlassSide Entry Ladder w/Ladder HolderGARMIN 12" Electronics Package w/VHF*Deluxe Diamond Stitch**Abaco Green Hull*Yamaha Reliance Props</t>
-[...50 lines deleted...]
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760621936110648597768f0f5704ebae.png</t>
+    <t>2026 Sea Hunt Ultra 265SE For Sale!N.A.P $166,957(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options: Twin F200XSA2'sTilt Yamaha Electric SteeringUltra Bait Tank Leaning Post w/Captains ChairsBow BackrestsHardtop w/Abaco Green Underside w/KingfishPowder CoatingTrim Tabs w/IndicatorsUnderwater LightsRecirculating Livewell (per Livewell)WindlassSide Entry Ladder w/Ladder HolderGARMIN 12" Electronics Package w/VHF*Deluxe Diamond Stitch**Abaco Green Hull*Yamaha Reliance PropsNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt Ultra 265 SE is a premium 26'5" center console designed for exceptional performance, family comfort, and all-around versatility on the water. With a N.A.P. of $162,763, this model delivers one of the strongest value profiles in the 26–27 ft class, making it a top pick for buyers searching “Sea Hunt Ultra 265 SE for sale,” “new Sea Hunt 26-foot center console Florida,” or “Sea Hunt dealer Southwest Florida.” Built with Sea Hunt’s proven deep-V hull and wide beam, the Ultra 265 SE provides a smooth, dry ride throughout the Gulf waters surrounding Naples, Fort Myers, Marco Island, and Cape Coral.</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-265se68b9ec347084cc494d0c8dc6</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176609521212374973596944796cd1ed0.webp</t>
   </si>
   <si>
     <t>68a3253692c5b9676a059767</t>
   </si>
   <si>
     <t>2020 Blackfin 272DC</t>
   </si>
   <si>
-    <t>2020 Blackfin 272DCSale Price: $179,900Options: Trim Tabs w/Indicators &amp; Auto RetractTwin Yamaha 300 F300XCAAdd Optimus 360 Joystick Option (250HP - 300HP Only)Colored Boot Stripe - with Matching Upper Hull Accent Color (hullside color and bottom color must match)Ski Tow Pylon, StainlessSwim Platform Inlay (SeaDek) - GreyUnderwater LED LightsAft ShadeBow CoverBow ShadeCockpit CoverCockpit Table w/Seadeck inlay, Pedestal Vertical Side Mount BaseCockpit Drawer Refrigerator, Stainless Steel, 12VPremium Stereo Upgrade Package (Includes 6-7” JL Speakers, 2-Subwoofers, 5/2 Channel Amp &amp; LED Speakers)Electronics Package, Garmin - GPS/Chartplotter-Garmin 7612 (Includes Garmin 300 VHF, Requires Transducer)Transducer, Garmin - B60 600 Watts (Requires Garmin Electronics Package option)Electric Toilet with Holding Tank, Indicator &amp; Pump-Out Deck FittingMacerator with Overboard Discharge (Requires Electric Toilet Option) This versatile dual-console boat is the ultimate vessel for reaching your favorite fishing grounds, cruising the open waves or just gathering with friends for a day on the water. It comes loaded with all the necessary features and amenities for the serious fisherman such as a fiberglass hardtop, gunnel, and transom-mounted rod holders, in-floor fish boxes as well as the latest in navigation and fish-finding technology.</t>
+    <t>2020 Blackfin 272DC For Sale!Sale Price: $179,900Options: Trim Tabs w/Indicators &amp; Auto RetractTwin Yamaha 300 F300XCAAdd Optimus 360 Joystick Option (250HP - 300HP Only)Colored Boot Stripe - with Matching Upper Hull Accent Color (hullside color and bottom color must match)Ski Tow Pylon, StainlessSwim Platform Inlay (SeaDek) - GreyUnderwater LED LightsAft ShadeBow CoverBow ShadeCockpit CoverCockpit Table w/Seadeck inlay, Pedestal Vertical Side Mount BaseCockpit Drawer Refrigerator, Stainless Steel, 12VPremium Stereo Upgrade Package (Includes 6-7” JL Speakers, 2-Subwoofers, 5/2 Channel Amp &amp; LED Speakers)Electronics Package, Garmin - GPS/Chartplotter-Garmin 7612 (Includes Garmin 300 VHF, Requires Transducer)Transducer, Garmin - B60 600 Watts (Requires Garmin Electronics Package option)Electric Toilet with Holding Tank, Indicator &amp; Pump-Out Deck FittingMacerator with Overboard Discharge (Requires Electric Toilet Option) This versatile dual-console boat is the ultimate vessel for reaching your favorite fishing grounds, cruising the open waves or just gathering with friends for a day on the water. It comes loaded with all the necessary features and amenities for the serious fisherman such as a fiberglass hardtop, gunnel, and transom-mounted rod holders, in-floor fish boxes as well as the latest in navigation and fish-finding technology.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2020-blackfin-272dc68a3253692c5b9676a059767</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760621873207590148468f0f531db174.png</t>
-[...11 lines deleted...]
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176062079252945660868f0f0f8e2250.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1766085494409437107694453766b2c2.webp</t>
   </si>
   <si>
     <t>6893a34810d71e73dd07a4a7</t>
   </si>
   <si>
     <t>2026 Sea Hunt BX 25 FS</t>
   </si>
   <si>
-    <t>2026 Sea Hunt BX25FSN.A.P. $122,825(Does Not Include Prep &amp; Freight)Options:F350XSA2Tilt Yamaha Electric SteeringSeastar 6" Hydraulic Jack PlateBait Tank Leaning Post w/Captains ChairsBow BackrestsHardtopPowder CoatingTrim Tabs w/IndicatorsUnderwater LightsTrolling Motor Plug &amp; Wiring HarnessRecirculating Livewell (per Livewell)GARMIN 12" Electronics Package w/VHFYamaha Salt Water Series PropThe 2026 Sea Hunt BX 25 FS is a versatile center console boat designed for both inshore and offshore fishing adventures. With a length of 25 feet 3 inches and a beam of 8 feet 6 inches, it offers ample space for anglers and passengers alike. The boat's shallow draft of 15 inches allows for easy navigation in shallow waters, while its 15-degree deadrise ensures a smooth ride in various sea conditions.</t>
+    <t>2026 Sea Hunt BX25FS For Sale!N.A.P. $122,388(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:F350XSA2Tilt Yamaha Electric SteeringSeastar 6" Hydraulic Jack PlateBait Tank Leaning Post w/Captains ChairsBow BackrestsHardtopPowder CoatingTrim Tabs w/IndicatorsUnderwater LightsTrolling Motor Plug &amp; Wiring HarnessRecirculating Livewell (per Livewell)GARMIN 12" Electronics Package w/VHFYamaha Salt Water Series PropNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt BX 25 FS is a high-performance bay/near-shore center console built to deliver both versatility and value. Measuring approximately 25′3″ in length with an 8′6″ beam, this model supports up to 350 HP and offers a fuel capacity around 68 gallons. Buyers searching for “Sea Hunt BX 25 FS for sale Florida,” “New bay boat for sale,” or “Sea Hunt dealer Bonita Springs” will find this listing aligns perfectly with their mission.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-bx-25-fs6893a34810d71e73dd07a4a7</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760620623164909451368f0f04f434ab.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17660929501543078769447096d4d14.webp</t>
   </si>
   <si>
     <t>6880ffe1ca73c7ac160f6073</t>
   </si>
   <si>
     <t>2023 Sweetwater 2086</t>
   </si>
   <si>
-    <t>2023 Sweetwater 2086 $37,900Options:Yamaha 115  (31 hours)Garmin GPSForward BiminiAft BiminiFusion Stereo with Bluetooth Cockpit Table</t>
+    <t>2023 Sweetwater 2086 For Sale!Price: $29,900Pre-Owned InventoryNow available at Bonita Boat Center in Bonita Springs, FL — this 2023 Sweetwater 2086 is a value-driven pontoon boat for sale, priced at $37,900, making it one of the most affordable pontoon options available in Southwest Florida today. Built on a precise 20’8″ platform, powered by a Yamaha 115 with only 31 hours, and offered by a full-service dealership.Featuring a durable construction designed for salt-water and freshwater use, the Sweetwater 2086 delivers recreational freedom without costly overhead. With options like a Garmin GPS, forward and aft bimini tops, Fusion Bluetooth stereo, and layout optimized for sandbar days, beach outings, and family fun, this pontoon bridges value and lifestyle. For boat hunters using terms like “used pontoon boat under $40k,” “low-hour pontoon for sale,” or “cheap used pontoon Southwest Florida,” this listing is hard to beat.Backed by the trusted sales and service team at Bonita Boat Center — known for honesty, respect, trust and excellence — this 2023 Sweetwater 2086 is turnkey, ready for immediate enjoyment, and competitively priced for fast action. If you’re actively looking for “pontoon boat for sale Bonita Springs,” “cheap pontoon Naples,” or “budget friendly pontoon SWFL,” we encourage you to contact our team, schedule a viewing or sea trial and secure this outstanding pontoon Options:Yamaha 115  (31 hours)Garmin GPSForward BiminiAft BiminiFusion Stereo with Bluetooth Cockpit Table</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2023-sweetwater-20866880ffe1ca73c7ac160f6073</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760621794121321659768f0f4e24c396.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17660858031339746236694454abb0e62.webp</t>
   </si>
   <si>
     <t>6877a87328607b1f3e0ff855</t>
   </si>
   <si>
-    <t>2026 Sea Hunt BX25FSN.A.P. $119,763(Does Not Include Prep &amp; Freight)Options:Yamaha F300XSB2Garmin Kraken Trolling MotorDual Power Pole BladesGARMIN 12" Electronics Package w/VHFBait Tank Leaning Post w/Captains Chairs Color to Underside of Fiberglass T-TopHull Color Silver GrayRecirculating Livewell (per Livewell)SeaStar 6' Hydraulic Jack PlateWhite Powder CoatingYamaha Salt Water Series Props  SingleThe 2025 Sea Hunt BX 25 FS is a versatile center console boat designed for both inshore and offshore fishing adventures. With a length of 25 feet 3 inches and a beam of 8 feet 6 inches, it offers ample space for anglers and passengers alike. The boat's shallow draft of 15 inches allows for easy navigation in shallow waters, while its 15-degree deadrise ensures a smooth ride in various sea conditions.</t>
+    <t>2026 Sea Hunt BX25FS For Sale!N.A.P. $119,762(Does Not Include Prep &amp; Freight)(PRICING DOES NOT INCLUDE ADDED POWER POLES OR TROLLING MOTOR)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:Yamaha F300XSB2Garmin Kraken Trolling MotorDual Power Pole BladesGARMIN 12" Electronics Package w/VHFBait Tank Leaning Post w/Captains Chairs Color to Underside of Fiberglass T-TopHull Color Silver GrayRecirculating Livewell (per Livewell)SeaStar 6' Hydraulic Jack PlateWhite Powder CoatingYamaha Salt Water Series Props  SingleNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt BX 25 FS is a high-performance bay/near-shore center console built to deliver both versatility and value. Measuring approximately 25′3″ in length with an 8′6″ beam, this model supports up to 350 HP and offers a fuel capacity around 68 gallons. Buyers searching for “Sea Hunt BX 25 FS for sale Florida,” “New bay boat for sale,” or “Sea Hunt dealer Bonita Springs” will find this listing aligns perfectly with their mission.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-bx-25-fs6877a87328607b1f3e0ff855</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760620551134689982068f0f00793525.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17660930606287684856944710435d46.webp</t>
   </si>
   <si>
     <t>687676f21818e61dba035f3d</t>
   </si>
   <si>
     <t>2026 Regulator 30XO</t>
   </si>
   <si>
-    <t>2026 Regulator 30XOMSRP: $446,630Options:Twin White Yamaha F350 4-Stroke Engines with DES Tilt Helm, DEC, and Electronic Key Switch with Wireless Key FobHydraulic Jackplate with Helm Mounted Pro-Trim Control36-Amp Battery Charger with 25' CordTrolling Motor READYYamaha EX Autopilot with Waypoint DecelerationFeatured Hull Color – Entire HullAbaco Sky (Blue Tone White) (1a Color Choice)NO STRIPING (Bootstriping option)Standard White Upholstery30XO Tackle &amp; Entertainment Center with Corian® Countertop, Removable Cutting Board, Tackle Storage, Waste Basket, Freshwater Wash Down, and (10) Rocket LaunchersDiamond Quilted UpholsteryTeak AccentsCenter Forward LED Light Bar on T-TopFactory-Installed Garmin® 30XO Premium Fish Package: Two 16" GPSMAP® 8616 XSV Multi-Touch Chartplotter/Sonar Displays, VHF 215 AIS Radio with Dual 8' Antennas, Garmin® GT12M-THF CHIRP Transducer, Black Flushmount Electronics Face and Remote MicMulti-Colored Underwater LED Lights (2)Second 29 gal. Aft Livewell (Converted from Standard Aft Storage)Under Gunwale Rod Storage BoxesEdson™ Wheel with Power Knob (Console)Forward Sun Shade – Deep Gray</t>
+    <t>2026 Regulator 30XO For Sale!MSRP: $446,630(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options: Twin White Yamaha F350 4-Stroke Engines with DES Tilt Helm, DEC, and Electronic Key Switch with Wireless Key FobHydraulic Jackplate with Helm Mounted Pro-Trim Control36-Amp Battery Charger with 25' CordTrolling Motor READYYamaha EX Autopilot with Waypoint DecelerationFeatured Hull Color – Entire HullAbaco Sky (Blue Tone White) (1a Color Choice)NO STRIPING (Bootstriping option)Standard White Upholstery30XO Tackle &amp; Entertainment Center with Corian® Countertop, Removable Cutting Board, Tackle Storage, Waste Basket, Freshwater Wash Down, and (10) Rocket LaunchersDiamond Quilted UpholsteryTeak AccentsCenter Forward LED Light Bar on T-TopFactory-Installed Garmin® 30XO Premium Fish Package: Two 16" GPSMAP® 8616 XSV Multi-Touch Chartplotter/Sonar Displays, VHF 215 AIS Radio with Dual 8' Antennas, Garmin® GT12M-THF CHIRP Transducer, Black Flushmount Electronics Face and Remote MicMulti-Colored Underwater LED Lights (2)Second 29 gal. Aft Livewell (Converted from Standard Aft Storage)Under Gunwale Rod Storage BoxesEdson™ Wheel with Power Knob (Console)Forward Sun Shade – Deep GrayThis new 2026 Regulator 30XO is built on a 30′-7″ LOA hull, 10′-2″ beam and a massive 222-gallon fuel capacity — combining big-boat capability in a center-console format. Available now at Bonita Boat Center in Bonita Springs, Naples, Cape Coral, Fort Myers and Marco Island — this 30XO is salt-water ready, factory supported, and positioned for immediate delivery. Target buyers searching “Regulator dealer near me,” “Regulator center console,” or “best boat dealer Southwest Florida”</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-regulator-30xo687676f21818e61dba035f3d</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176062273546817898468f0f88f4bf94.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17661565311432988303694568f372665.webp</t>
   </si>
   <si>
     <t>687672febe367f384f0612c1</t>
   </si>
   <si>
     <t>2026 Regulator 35</t>
   </si>
   <si>
-    <t>2026 Regulator 35MSRP: $873,030Options: Triple White Yamaha Offshore F350 Four-Stroke Engines w/ DES Tilt Helm and DEC Includes: Helm Master EX Joystick w/ Multimode Set Point EX Autopilot w/ Waypoint DecelerationElectronic Key Switch w/ Wireless FobArid Bilge System Series 2 (12V, 2-Zone)Dometic DG3 Gyro Stabilization SystemMarine-Grade 110V 8kBTU HVAC Conditioning System with Reverse-Cycle Heat, (4) Helm Vents, Interior Cabin Vent, and InverterT-Top Underside to Match Hull SidesDove Gray UpholsteryDiamond Quilted UpholsteryFiberglass Sun Bed w/ Magnetic Filler CushionFlush-Folding Center Forward Seat w/ Magnetic Cushion at Bow(2) Inductive Cell Phone Charger Cubbies at Bow Seating(2) Inductive Cell Phone Chargers: (1) at Helm; (1) Inside ConsoleAdditional T-Top Garmin 12" GPSMAP® 1243 XSV Touchscreen ChartplotterElectric Anchor Light and Antenna MountsEntertainment Upgrade PackageFactory-Installed Garmin GMR Fantom 54 Open-Array RadarFactory-Installed Garmin GT36UHD-TM Ultra High-Def ClearVü and SideVü TransducerFactory-Installed Garmin GXM 54 SiriusXM Marine Weather Receiver UpgradeMulti-Colored Underwater LED Lights (2)(2) Electric Reel Hook-Ups(4) Conventional Transom Rod Holders(6) Additional Midship Gunwale Conventional Rod Holders(6) Aft Gunwale Cup Holder Rod HoldersClear Acrylic Livewell WindowQuick-Release Under Gunwale Gaff HolderRefrigerated Port Aft In-Deck FishboxUnder Gunwale Rod/Brush StorageBucket Holder with (2) BucketsEdson™ Elite Carbon Wheel w/ Power KnobGray Helm Pad with Black Regulator Logo and 35-Branded Footrest PadsPhender Pro™ with (4) Quick-Release Fender CleatsThrough Stem Bow Roller with Anchor Windlass, Freshwater Washdown, Controls, Chain &amp; AnchorForward Sun Shade – Deep GrayHelm, Console, and Seating Canvas Covers – Deep GrayFeatured Hull Color – Sides Only</t>
+    <t>2026 Regulator 35 For Sale!MSRP: $873,030Options: Triple White Yamaha Offshore F350 Four-Stroke Engines w/ DES Tilt Helm and DEC Includes: Helm Master EX Joystick w/ Multimode Set Point EX Autopilot w/ Waypoint DecelerationElectronic Key Switch w/ Wireless FobArid Bilge System Series 2 (12V, 2-Zone)Dometic DG3 Gyro Stabilization SystemMarine-Grade 110V 8kBTU HVAC Conditioning System with Reverse-Cycle Heat, (4) Helm Vents, Interior Cabin Vent, and InverterT-Top Underside to Match Hull SidesDove Gray UpholsteryDiamond Quilted UpholsteryFiberglass Sun Bed w/ Magnetic Filler CushionFlush-Folding Center Forward Seat w/ Magnetic Cushion at Bow(2) Inductive Cell Phone Charger Cubbies at Bow Seating(2) Inductive Cell Phone Chargers: (1) at Helm; (1) Inside ConsoleAdditional T-Top Garmin 12" GPSMAP® 1243 XSV Touchscreen ChartplotterElectric Anchor Light and Antenna MountsEntertainment Upgrade PackageFactory-Installed Garmin GMR Fantom 54 Open-Array RadarFactory-Installed Garmin GT36UHD-TM Ultra High-Def ClearVü and SideVü TransducerFactory-Installed Garmin GXM 54 SiriusXM Marine Weather Receiver UpgradeMulti-Colored Underwater LED Lights (2)(2) Electric Reel Hook-Ups(4) Conventional Transom Rod Holders(6) Additional Midship Gunwale Conventional Rod Holders(6) Aft Gunwale Cup Holder Rod HoldersClear Acrylic Livewell WindowQuick-Release Under Gunwale Gaff HolderRefrigerated Port Aft In-Deck FishboxUnder Gunwale Rod/Brush StorageBucket Holder with (2) BucketsEdson™ Elite Carbon Wheel w/ Power KnobGray Helm Pad with Black Regulator Logo and 35-Branded Footrest PadsPhender Pro™ with (4) Quick-Release Fender CleatsThrough Stem Bow Roller with Anchor Windlass, Freshwater Washdown, Controls, Chain &amp; AnchorForward Sun Shade – Deep GrayHelm, Console, and Seating Canvas Covers – Deep GrayFeatured Hull Color – Sides Only</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-regulator-35687672febe367f384f0612c1</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176062267719702057368f0f8552b6db.png</t>
   </si>
   <si>
     <t>68766cd63521baf3820c1ada</t>
   </si>
   <si>
-    <t>2026 Regulator 35MSRP: $955,685Option:Triple White Yamaha Offshore F350 4-Stroke Engines w/ DES Tilt Helm and DEC, plus Helm Master™ EX Joystick, EX Autopilot, and Electronic Key Switch w/ Wireless Fob (included in base price)Arid Bilge Systems Series 2 (12V, 2-Zone)Dometic DG3 Gyro Stabilization SystemMarine-Grade 110V 8kBTU HVAC Conditioning System with Reverse-Cycle Heat, (4) Helm Vents, Interior Cabin Vent, and InverterFeatured Hull Color – Sides OnlyT-Top Underside to Match Hull SidesDiamond Quilted UpholsteryFiberglass Sun Bed w/ Magnetic Filler CushionFlush-Folding Center Forward Seat with Magnetic Cushion at BowTeak Helm PodTeak Ladder-Back Helm Chairs, Helm Armrests, and Forward Settee ArmrestsInductive Cell Phone Charger Cubbies at Bow Seating (2)(2) Inductive Cell Phone Chargers: (1) at Helm; (1) Inside ConsoleAdditional T-Top Garmin® 12" GPSMAP® 1243 XSV Touchscreen ChartplotterCenter Forward LED Light Bar on T-TopElectric Anchor Light and Antenna MountsEntertainment Upgrade Package: Fusion® Audio System w/ (10) Backlit Speakers, Subwoofer, Amps &amp; Wi-FiFactory-Installed Garmin® GMR™ Fantom 54 Open-Array RadarGarmin® GT36UHD-TM ClearVü and SideVü TransducerGarmin® GXM™ 54 SiriusXM® Marine Weather Receiver UpgradeMulti-Colored Underwater LED Lights (2)(2) Electric Reel Hook-Ups(4) Conventional Transom Rod Holders(6) Additional Midship Gunwale Conventional Rod Holders(6) Aft Gunwale Cup Holder Rod HoldersClear Acrylic Livewell WindowQuick-Release Under Gunwale Gaff HolderRefrigerated Forward Settee CoolerRefrigerated Port Aft In-Deck FishboxUnder Gunwale Rod/Brush StorageBucket Holder with (2) BucketsEdson™ Elite Carbon Wheel w/ Power KnobGray Helm Pad with Regulator Logo and 35-Branded Footrest PadsPhender Pro™ with (4) Quick-Release Fender CleatsThrough Stem Bow Roller w/ Anchor Windlass, Chain, Anchor, Controls &amp; Freshwater WashForward Sun Shade – Deep GrayHelm, Console, and Seating Canvas Covers – Deep Gray</t>
+    <t>2026 Regulator 35 For Sale!MSRP: $955,685Option:Triple White Yamaha Offshore F350 4-Stroke Engines w/ DES Tilt Helm and DEC, plus Helm Master™ EX Joystick, EX Autopilot, and Electronic Key Switch w/ Wireless Fob (included in base price)Arid Bilge Systems Series 2 (12V, 2-Zone)Dometic DG3 Gyro Stabilization SystemMarine-Grade 110V 8kBTU HVAC Conditioning System with Reverse-Cycle Heat, (4) Helm Vents, Interior Cabin Vent, and InverterFeatured Hull Color – Sides OnlyT-Top Underside to Match Hull SidesDiamond Quilted UpholsteryFiberglass Sun Bed w/ Magnetic Filler CushionFlush-Folding Center Forward Seat with Magnetic Cushion at BowTeak Helm PodTeak Ladder-Back Helm Chairs, Helm Armrests, and Forward Settee ArmrestsInductive Cell Phone Charger Cubbies at Bow Seating (2)(2) Inductive Cell Phone Chargers: (1) at Helm; (1) Inside ConsoleAdditional T-Top Garmin® 12" GPSMAP® 1243 XSV Touchscreen ChartplotterCenter Forward LED Light Bar on T-TopElectric Anchor Light and Antenna MountsEntertainment Upgrade Package: Fusion® Audio System w/ (10) Backlit Speakers, Subwoofer, Amps &amp; Wi-FiFactory-Installed Garmin® GMR™ Fantom 54 Open-Array RadarGarmin® GT36UHD-TM ClearVü and SideVü TransducerGarmin® GXM™ 54 SiriusXM® Marine Weather Receiver UpgradeMulti-Colored Underwater LED Lights (2)(2) Electric Reel Hook-Ups(4) Conventional Transom Rod Holders(6) Additional Midship Gunwale Conventional Rod Holders(6) Aft Gunwale Cup Holder Rod HoldersClear Acrylic Livewell WindowQuick-Release Under Gunwale Gaff HolderRefrigerated Forward Settee CoolerRefrigerated Port Aft In-Deck FishboxUnder Gunwale Rod/Brush StorageBucket Holder with (2) BucketsEdson™ Elite Carbon Wheel w/ Power KnobGray Helm Pad with Regulator Logo and 35-Branded Footrest PadsPhender Pro™ with (4) Quick-Release Fender CleatsThrough Stem Bow Roller w/ Anchor Windlass, Chain, Anchor, Controls &amp; Freshwater WashForward Sun Shade – Deep GrayHelm, Console, and Seating Canvas Covers – Deep Gray</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-regulator-3568766cd63521baf3820c1ada</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1761330124187330615368fbc3cce3ae9.png</t>
   </si>
   <si>
-    <t>68656f92c1231f7609008b18</t>
-[...13 lines deleted...]
-  <si>
     <t>68629386b7881559f2089956</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Gamefish 28 Coffin Box</t>
+    <t>2026 Sea Hunt Gamefish 28 CB</t>
   </si>
   <si>
     <t>2026 Sea Hunt Gamefish 28 Coffin BoxBuild Slot Available!Starting: $231,592Standard Options:Twin Yamaha F300 XSB2Yamaha Saltwater Series PropMezzanine Fiberglass Leaning Post w/ Captains ChairsYamaha Electric SteeringYamaha tilt helmDual 16" Garmin GPSMAP 8616xsv Package w/ VHFYamaha CL5 Touchscreen DisplayYamaha Auto PilotUpgraded JL Audio Waterproof Stereo w/BluetoothWireless Phone ChargerDual Battery SwitchUnderwater LED LightsWhite InteriorBow BolstersCockpit BolstersFiberglass T-Top w/ Mister SystemPowder Coat PackageSide Entry DoorBennett Trim Tabs w/ IndicatorsChina ToiletWindlass AnchorRear Bench SeatOptionalBattle Station Leaning Post w/ Captains ChairsELECTRONICSYamaha Helm Master w/ Setpoint &amp; AutopilotTOPST-Top Underside ColorKingfish Rod HoldersINTERIORTan InteriorGray InteriorDeluxe Diamond StitchCUSHIONS &amp; CANVASCockpit Storage DrapeDash CoverLeaning Post CoverShrink WrapCoffin Box CoverOTHERGemlux Deluxe Outrigger Kit &amp; ShadeSide Entry Ladder &amp; HolderRecirculating Livewell</t>
   </si>
   <si>
-    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-gamefish-28-coffin-box68629386b7881559f2089956</t>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-gamefish-28-cb68629386b7881559f2089956</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176056242175956836968f00cf56ca9f.png</t>
   </si>
   <si>
     <t>68628fa36dc1134d1904e8f2</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 265SEN.A.P $166,513(Does Not Include Prep &amp; Freight)Options: Twin F200XSA2'sTilt Yamaha Electric SteeringUltra Mezzanine Fiberglass Leaning Post w/Captains ChairsBow BackrestsBow Filler CushionHardtop w/Ice Blue UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsRecirculating Livewell (per Livewell)WindlassSide Entry Ladder w/Ladder HolderGARMIN Dual 12" Electronics Package w/VHF*Ice Blue Hull*Yamaha Reliance Props</t>
-[...5 lines deleted...]
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176062047479849619468f0efba1477d.png</t>
+    <t>2026 Sea Hunt Ultra 265SE For Sale!N.A.P $166,513(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options: Twin F200XSA2'sTilt Yamaha Electric SteeringUltra Mezzanine Fiberglass Leaning Post w/Captains ChairsBow BackrestsBow Filler CushionHardtop w/Ice Blue UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsRecirculating Livewell (per Livewell)WindlassSide Entry Ladder w/Ladder HolderGARMIN Dual 12" Electronics Package w/VHF*Ice Blue Hull*Yamaha Reliance PropsNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt Ultra 265 SE is a premium 26'5" center console designed for exceptional performance, family comfort, and all-around versatility on the water. With a N.A.P. of $166,513, this model delivers one of the strongest value profiles in the 26–27 ft class, making it a top pick for buyers searching “Sea Hunt Ultra 265 SE for sale,” “new Sea Hunt 26-foot center console Florida,” or “Sea Hunt dealer Southwest Florida.” Built with Sea Hunt’s proven deep-V hull and wide beam, the Ultra 265 SE provides a smooth, dry ride throughout the Gulf waters surrounding Naples, Fort Myers, Marco Island, and Cape Coral.</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-265se68628fa36dc1134d1904e8f2</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17660950441134036988694478c4867d1.webp</t>
   </si>
   <si>
     <t>68628be8d0529fc5f50e05d4</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 235SEN.A.P $97,954Options:Yamaha F200XDTilt Seastar Hydraulic SteeringUltra Entertainment Leaning PostBow BackrestsHardtopPowder CoatingTrim Tabs w/ IndicatorsUnderwater LightsRecirculating Livewell (per Livewell)Side Entry Ladder w/ Ladder HolderTrolling Motor Plug &amp; Wiring HarnessPorta PottiGARMIN 12" Electronics Package w/ VHFYamaha Reliance Prop</t>
+    <t>2026 Sea Hunt Ultra 235SE For Sale!N.A.P $97,954(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options: Yamaha F200XDTilt Seastar Hydraulic SteeringUltra Entertainment Leaning PostBow BackrestsHardtopPowder CoatingTrim Tabs w/ IndicatorsUnderwater LightsRecirculating Livewell (per Livewell)Side Entry Ladder w/ Ladder HolderTrolling Motor Plug &amp; Wiring HarnessPorta PottiGARMIN 12" Electronics Package w/ VHFYamaha Reliance PropNow available at Bonita Boat Center in Bonita Springs, FL — this 2026 Sea Hunt Ultra 235 SE is the perfect 23′7″ center console for buyers seeking premium quality, salt-water readiness, and strong value in Southwest Florida. With an 8′6″ beam, a dry weight around 3,800 lbs, a generous 96-gallon fuel capacity.From the fiberglass T-top with integrated mister system and side-entry door to the wraparound bow seating and deep swim platform. The electronics package includes a large Garmin display with VHF, JL Audio stereo with Bluetooth, and Yamaha Digital Command Link gauges, giving buyers searching “Ultra 235 SE for sale Florida,” “Sea Hunt 235 SE center console,” or “used Sea Hunt boats Southwest Florida” exactly what they want. Backed by Bonita Boat Center’s full-service, factory-certified team and our longstanding reputation for honesty, trust and excellence, this 2026 Sea Hunt Ultra 235 SE is salt-water ready and positioned as a top-choice opportunity for serious boaters. If you’re actively looking for your local Sea Hunt Boats Dealer, you found the right place!</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-235se68628be8d0529fc5f50e05d4</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176062040552998885368f0ef752c04b.png</t>
-[...11 lines deleted...]
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760620275141814515268f0eef3ed19e.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17660939431575202616944747734a04.webp</t>
   </si>
   <si>
     <t>6851b7027e682a750f0d63e4</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 265 SEBuild Slot Available!Our Ultra Series was created for families desiring the “Ultra” experience on the water! Sea Hunt delivers the most comfortable and functional center consoles in the industry with our Ultra Line. With its cushioned rear bench seating and oversized bow area, it’s easy to sit back and enjoy pleasure cruising and sandbar hopping. Rod holders and livewells instantly turn the Ultra into the most comfortable fishing boat on the water!</t>
-[...2 lines deleted...]
-    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-265-se6851b7027e682a750f0d63e4</t>
+    <t>2026 Sea Hunt Ultra 265SE For Sale!Build Slot Available!Our Ultra Series was created for families desiring the “Ultra” experience on the water! Sea Hunt delivers the most comfortable and functional center consoles in the industry with our Ultra Line. With its cushioned rear bench seating and oversized bow area, it’s easy to sit back and enjoy pleasure cruising and sandbar hopping. Rod holders and livewells instantly turn the Ultra into the most comfortable fishing boat on the water!</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-265se6851b7027e682a750f0d63e4</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176056194597583572968f00b199c280.png</t>
   </si>
   <si>
-    <t>68472240ca368960450a8865</t>
-[...28 lines deleted...]
-  <si>
     <t>683620d0bb4a30b0310238ae</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 265SEN.A.P. $166,514Options:Twin F200XSA2'STilt Yamaha Electric SteeringUltra Mezzanine Fiberglass Leaning Post w/ Captains ChairsBow BackrestsBow Filler CushionHardtop w/Slate Blue UndersidePowder CoatingTrim Tabs w/ IndicatorsUnderwater LightsRecirculating LivewellsWindlass AnchorSide Entry Ladder w/ Ladder HolderGarmin Dual 12" Electronics Package w/VHF*Slate Blue Hull*Yamaha Reliance PropsYou buy a Sea Hunt Boat because of the standard features! The name says it all! Our Ultra Series was created for families desiring the "Ultra" experience on the water! Sea Hunt delivers the most comfortable and functional center consoles in the industry with our Ultra Line. With its cushioned rear bench seating, and oversized bow area (complete with bow backrests and cup holders), it's easy to sit back and enjoy pleasure cruising and sandbar hopping. Rod Holders and Livewells instantly turn the Ultra into the most comfortable fishing boat on the water! Added standard features include: wrap around bolsters, bow cushions, color screen waterproof stereo, Yamaha Digital Command Link Gauges; and more! Can you really have comfort, fun, and fishing in one boat? With the Ultra Series, you can!</t>
-[...5 lines deleted...]
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176062015158642499968f0ee778c5bf.png</t>
+    <t>2026 Sea Hunt Ultra 265SE For Sale!N.A.P. $166,514(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:Twin F200XSA2'STilt Yamaha Electric SteeringUltra Mezzanine Fiberglass Leaning Post w/ Captains ChairsBow BackrestsBow Filler CushionHardtop w/Slate Blue UndersidePowder CoatingTrim Tabs w/ IndicatorsUnderwater LightsRecirculating LivewellsWindlass AnchorSide Entry Ladder w/ Ladder HolderGarmin Dual 12" Electronics Package w/VHF*Slate Blue Hull*Now available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt Ultra 265 SE is a premium 26'5" center console designed for boaters who want exceptional performance, family comfort, and all-around versatility on the water. Priced at a N.A.P. of $166,514, this model stands out as one of the most compelling choices in the 26–27 ft class for buyers searching “Sea Hunt Ultra 265 SE for sale,” “new Sea Hunt 26-foot center console Florida,” or “Sea Hunt dealer Southwest Florida.” With Sea Hunt’s proven deep-V hull, wide beam, and composite construction, the Ultra 265 SE delivers a smooth, dry ride in the Gulf waters off Naples, Fort Myers, and Marco Island.</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-265se683620d0bb4a30b0310238ae</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176609494899359595769447864e9523.webp</t>
   </si>
   <si>
     <t>67eecb1eddad0c4e180e5e94</t>
   </si>
   <si>
     <t>2025 Regulator 30XO</t>
   </si>
   <si>
-    <t>2025 2025 Regulator 30XOMSRP: $484,185(Does Not Include Prep &amp; Freight)Options:Yamaha V6  F350s w/DES Tilt Helm and DEC - Plus Helm Master® EX Joystick w/Multimode Set PointT and EX Autopilot w/ Waypoint DecelerationHydraulic Jackplate w/ Helm Mounted Pro-Trim Control 36 Amp Battery Charger with 25' CordSeakeeper RideT Auto Trim Tab SystemTrolling Motor READYFeatured Hull Color - Sides OnlyBootstriping - White/Charcoal/WhiteT-Top Underside to Match Hull SidesDove Gray Upholstery30XO Tackle &amp; Entertainment Center w/ Corain® Countertop, Removable Cutting Board, Tackle Storage, Waste Basket, and Freshwater Wash Down, with (10) Rocket Launchers built into AftDiamond Quilted UpholsteryTeak Accents2 Inductive Cell Phone Chargers: (1) at Helm; (1) InsideEntertainment Upgrade Package: Includes Fusion® Dynamically Calibrated System with (8) Premium Backlit Speakers, Subwoofer,AMPS and Intergated WifiFactory-Installed Garmin® 30XO Premium Fish Package: Two 16" GPSMAP® 8616 XSV Multi-Touch Widescreen Chartplotter/Sonar Displays, VHF 215 AIS Radio with Dual 8' Antennas, and Airmar® B150 CHIRP Transducer, Plus Black Flushmount Electronics Face and Remote MicMulti-Colored Underwater LED Lights (2)(10) Additional Forward Gunwale Cup Holder Rod HoldersDual 10' Power Pole BladesUnder Gunwale Locking Rod Storage BoxesEdsonT Wheel with Power Knob (Console)Gray Helm Pad w/ Black Regulator LogoPhender ProT with (4) Quick-Release Fender CleatsForward Sun ShadeHelm and Seating Canvas Covers (30XO WITHOUT Half Tower)Engine Canvas Covers</t>
+    <t>2025 Regulator 30XO For Sale!MSRP: $484,185(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:Yamaha V6   F350s w/DES Tilt Helm and DEC - Plus Helm Master® EX Joystick w/Multimode Set PointT and EX Autopilot w/ Waypoint DecelerationHydraulic Jackplate w/ Helm Mounted Pro-Trim Control 36 Amp Battery Charger with 25' CordSeakeeper RideT Auto Trim Tab SystemTrolling Motor READYFeatured Hull Color - Sides OnlyBootstriping - White/Charcoal/WhiteT-Top Underside to Match Hull SidesDove Gray Upholstery30XO Tackle &amp; Entertainment Center w/ Corain® Countertop, Removable Cutting Board, Tackle Storage, Waste Basket, and Freshwater Wash Down, with (10) Rocket Launchers built into AftDiamond Quilted UpholsteryTeak Accents2 Inductive Cell Phone Chargers: (1) at Helm; (1) InsideEntertainment Upgrade Package: Includes Fusion® Dynamically Calibrated System with (8) Premium Backlit Speakers, Subwoofer,AMPS and Intergated WifiFactory-Installed Garmin® 30XO Premium Fish Package: Two 16" GPSMAP® 8616 XSV Multi-Touch Widescreen Chartplotter/Sonar Displays, VHF 215 AIS Radio with Dual 8' Antennas, and Airmar® B150 CHIRP Transducer, Plus Black Flushmount Electronics Face and Remote MicMulti-Colored Underwater LED Lights (2)(10) Additional Forward Gunwale Cup Holder Rod HoldersDual 10' Power Pole BladesUnder Gunwale Locking Rod Storage BoxesEdsonT Wheel with Power Knob (Console)Gray Helm Pad w/ Black Regulator LogoPhender ProT with (4) Quick-Release Fender CleatsForward Sun ShadeHelm and Seating Canvas Covers (30XO WITHOUT Half Tower)Now available at Bonita Boat Center in Bonita Springs, FL — the 2025 Regulator 30XO is the pinnacle of performance center-consoles, with a 30′7″ LOA, 10′2″ beam, 222-gallon fuel capacity and twin Yamaha F350 engines configured with HELM MASTER® EX joystick and hydraulic jackplate, making it perfect for buyers seeking “Regulator 30XO for sale Florida,” “new Regulator center console Bonita Springs,” or “offshore fishing boat Southwest Florida”; this model combines tournament-grade fishability with luxury features like a tackle &amp; entertainment center with Corian® countertop, dual 16″ Garmin GPSMAP 8616XSV displays, multi-colored underwater LED lights, dual Power-Pole® blades, and premium teak + dove grey upholstery—all backed by Bonita Boat Center’s decades of experience in SWFL boat sales and service.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-regulator-30xo67eecb1eddad0c4e180e5e94</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176062005375898810468f0ee155599b.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1766157483173558690969456cab7e187.webp</t>
   </si>
   <si>
     <t>67eaf6bf3a1daa5f50014d9e</t>
   </si>
   <si>
     <t>2026 C-hawk 26CC</t>
   </si>
   <si>
-    <t>2026 C-hawk 26CCStarts At: $70,874SafetyBasic Flotation, Self-Bailing Cockpit w/ Non-Skid Surface, Stainless Steel Console Hand Rail, Enclosed TransomCockpit &amp; DeckStainless Steel Rope Chocks, Cleats (5), Bow &amp; Stern Eyes, Rod Holders (4)Navigational Lighting, Heavy Duty Gunwale MoldingRigging Tube/Console to Stern, Battery Storage Boxes (2), Bow StorageLeaning Post w/ Cushion &amp; Rod Holders (4) w/ Round BackAuto Bilge Pump, Enclosed TransomConsole (#7 Sport)Stainless Steel Console Hand Rail, Forward Seating w/ CushionsForward Console Cooler/ Fish Box, Rear Console Storage w/ DoorHydraulic Steering, Stainless Steel Steering WheelSwitch Panel, Plexiglass Windshield, Vertical Rod Holders (6)SpecificationsLength: 25'9"Beam: 8'9"Draft: 18"Dry Weight: 3100 lbs.Cockpit Depth: 33" Fwd, 23" AftFuel Capacity: 167 galMax HP: 400HP, Deadrise 17°, Transom: FullAdditional OptionsOutboard Bracket (Single/Single w/ Platform, Twin/Twin w/Platform)Add Ladder, Leco Trim Tabs, Lenco Trim Tabs w/ LED SwitchFull Transom, Fish Box in Stern (Full Transom Only)Deluxe Captain's Chairs (2) (Exchange for Leaning Post)Colored Hull, White Rub Rail w/ SS Insert, Pop-Up Bow LightFlush Mount Cleat 8"Mercury, Honda, Suzuki Pre Rig (Throttle &amp; Shift, Cables, Key Switch, Wiring Harness, Tach, Fuel Gauges)T-Top w/ Electronics Box, (Canvas) Large Heavy DutyStern Light on T-Top, Pulpit (Includes Bow Rail Pulpit Loop)Cut Transom 25" Twin Build UpLivewell Tank &amp; Plumbing in Leaning PostRaw Water Wash Down w/o Livewell or w/ LivewellDeluxe Combination BatteryBoxes/Livewell (w/o Plumbing) (w/ Plumbing)Single Engine Cut Transom Only SS Bow Rail</t>
+    <t>2026 C-hawk 26CC For Sale!Starts At: $70,874SafetyBasic Flotation, Self-Bailing Cockpit w/ Non-Skid Surface, Stainless Steel Console Hand Rail, Enclosed TransomCockpit &amp; DeckStainless Steel Rope Chocks, Cleats (5), Bow &amp; Stern Eyes, Rod Holders (4)Navigational Lighting, Heavy Duty Gunwale MoldingRigging Tube/Console to Stern, Battery Storage Boxes (2), Bow StorageLeaning Post w/ Cushion &amp; Rod Holders (4) w/ Round BackAuto Bilge Pump, Enclosed TransomConsole (#7 Sport)Stainless Steel Console Hand Rail, Forward Seating w/ CushionsForward Console Cooler/ Fish Box, Rear Console Storage w/ DoorHydraulic Steering, Stainless Steel Steering WheelSwitch Panel, Plexiglass Windshield, Vertical Rod Holders (6)SpecificationsLength: 25'9"Beam: 8'9"Draft: 18"Dry Weight: 3100 lbs.Cockpit Depth: 33" Fwd, 23" AftFuel Capacity: 167 galMax HP: 400HP, Deadrise 17°, Transom: FullAdditional OptionsOutboard Bracket (Single/Single w/ Platform, Twin/Twin w/Platform)Add Ladder, Leco Trim Tabs, Lenco Trim Tabs w/ LED SwitchFull Transom, Fish Box in Stern (Full Transom Only)Deluxe Captain's Chairs (2) (Exchange for Leaning Post)Colored Hull, White Rub Rail w/ SS Insert, Pop-Up Bow LightFlush Mount Cleat 8"Mercury, Honda, Suzuki Pre Rig (Throttle &amp; Shift, Cables, Key Switch, Wiring Harness, Tach, Fuel Gauges)T-Top w/ Electronics Box, (Canvas) Large Heavy DutyStern Light on T-Top, Pulpit (Includes Bow Rail Pulpit Loop)Cut Transom 25" Twin Build UpLivewell Tank &amp; Plumbing in Leaning PostRaw Water Wash Down w/o Livewell or w/ LivewellDeluxe Combination BatteryBoxes/Livewell (w/o Plumbing) (w/ Plumbing)Single Engine Cut Transom Only SS Bow Rail</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-c-hawk-26cc67eaf6bf3a1daa5f50014d9e</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760561499124193550768f0095bc18df.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176617899210676128556945c0b065b82.webp</t>
   </si>
   <si>
     <t>67eaf59a2333dac97a0242b9</t>
   </si>
   <si>
     <t>2026 C-hawk 23CC</t>
   </si>
   <si>
-    <t>2026 C-hawk 23CCStarts at: $46,172Build Slot Available!Options:SafetyBasic Flotation, Self-Bailing Cockpit w/ Non-Skid Surface, Stainless Steel Console Hand RailCockpit &amp; DeckStainless Steel Rope Chocks, Cleats (5), Bow &amp; Stern Eyes, Rod Holders (4)Navigational Lighting, Heavy Duty Gunwale MoldingRigging Tube/Console to Stern, Battery/Storage Boxes (2), Bow StorageLeaning Post 3 Rod, Auto Bilge PumpConsole (#9 Sport)Stainless Steel Console Hand Rail, Forward Console Seating w/ CushionsForward Console Cooler/Fish Box, Rear Console Storage w/DoorHydraulic Steering, Stainless Steel Steering WheelSwitch Panel, Plexiglass Windshield, Vertical Rod Holders (6)SpecificationsLength: 22'4"Beam: 8'Draft: 12"Dry Weight: 2430 lbs.Cockpit Depth: 22" Fwd, 20" Aft, Fuel Capacity 66 galMax HP: 225HP, Deadrise 14°, Transom: 25"Additional OptionsOutboard Bracket (Single w/ Platform), Add Ladder, Full TransomStern Fish Box, Splash Board (Poly), Leaning Post (Exchange for Chairs)Leaning Post w/ Livewell Tank &amp; PlumbingColored Hull, SS Bow Rail, Lenco Trim Tabs, White Rub Rail w/ SS InsertPop-Up Bow Light, Flush Mount Cleat 8"Mercury, Honda, Suzuki Pre Rig (Throttle &amp; Shift, Cables, Key Switch, Wiring Harness, Tach, Fuel Gauges)T-Top w/ Canvas Top, Heavy Duty T-Top, Electronics Box6 Rod Rocket Launcher, Stern Light on T-Top86 Gallon Fuel Tank (Exchange for 66 Gallon)Raw Water Washdown w/or w/o LivewellFwd Fish Boxes &amp; Cushions, Aft Box Cushions</t>
+    <t>2026 C-hawk 23CC For Sale!Starts at: $46,172Build Slot Available!Options:SafetyBasic Flotation, Self-Bailing Cockpit w/ Non-Skid Surface, Stainless Steel Console Hand RailCockpit &amp; DeckStainless Steel Rope Chocks, Cleats (5), Bow &amp; Stern Eyes, Rod Holders (4)Navigational Lighting, Heavy Duty Gunwale MoldingRigging Tube/Console to Stern, Battery/Storage Boxes (2), Bow StorageLeaning Post 3 Rod, Auto Bilge PumpConsole (#9 Sport)Stainless Steel Console Hand Rail, Forward Console Seating w/ CushionsForward Console Cooler/Fish Box, Rear Console Storage w/DoorHydraulic Steering, Stainless Steel Steering WheelSwitch Panel, Plexiglass Windshield, Vertical Rod Holders (6)SpecificationsLength: 22'4"Beam: 8'Draft: 12"Dry Weight: 2430 lbs.Cockpit Depth: 22" Fwd, 20" Aft, Fuel Capacity 66 galMax HP: 225HP, Deadrise 14°, Transom: 25"Additional OptionsOutboard Bracket (Single w/ Platform), Add Ladder, Full TransomStern Fish Box, Splash Board (Poly), Leaning Post (Exchange for Chairs)Leaning Post w/ Livewell Tank &amp; PlumbingColored Hull, SS Bow Rail, Lenco Trim Tabs, White Rub Rail w/ SS InsertPop-Up Bow Light, Flush Mount Cleat 8"Mercury, Honda, Suzuki Pre Rig (Throttle &amp; Shift, Cables, Key Switch, Wiring Harness, Tach, Fuel Gauges)T-Top w/ Canvas Top, Heavy Duty T-Top, Electronics Box6 Rod Rocket Launcher, Stern Light on T-Top86 Gallon Fuel Tank (Exchange for 66 Gallon)Raw Water Washdown w/or w/o LivewellFwd Fish Boxes &amp; Cushions, Aft Box Cushions</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-c-hawk-23cc67eaf59a2333dac97a0242b9</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176056141469113994668f00906403cd.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1766179370546422826945c22a363e0.webp</t>
   </si>
   <si>
     <t>67cf2563759829ca6008e70d</t>
   </si>
   <si>
     <t>Build Slot Available!2026 Sea Hunt Ultra 245SEYamaha F300XSB2Ultra Entertainment Leaning PostColor to Underside of Fiberglass T-TopSide Entry Ladder w/ Ladder HolderRecirculating Livewell (per Livewell)Garmin 12" Electronics Package w/ VHFHull ColorYamaha Saltwater Series Prop</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-245se67cf2563759829ca6008e70d</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760561833209770356568f00aa968fa5.png</t>
   </si>
   <si>
     <t>67ab58311c4f2d7d860ee397</t>
   </si>
   <si>
     <t>2024 Monterey 305SS</t>
   </si>
   <si>
-    <t>2024 Monterey 305SS$225,00020 Hour Service CompletedOptions: Twin Mercury 250XXL Verado DTS BLACK – 20 HoursAdd Mercury JPO TwinPhender Pro Holders (4)Anchor Windlass W/Stainless Steel Anchor, Rope &amp; ChainElectric Wakeboard Tower White or Black (Includes Wakeboard Bimini)Under Water LED LightsBow &amp; Cockpit CoverCockpit TableCockpit Drawer Refrigerator - DC (WetBar Option Required)GPS Chartplotter(Simrad GO7 XSE)Sirius Satellite Pkg (Includes Antenna &amp; Receiver)Stern Mounted Stereo RemotePremium Stereo Upg Pkg (Includes Subwoofer W/Led Lights &amp; 4 Ch. Amplifier)Wet Bar w/Solid Surface Insert, Sink, Faucet, &amp; Trash ReceptaclesBow Filler CushionsElectric Head System W/Holding TankMacerator W/Overboard Discharge (258SS, 278SS, &amp; 298 Req Elec. Head)</t>
+    <t xml:space="preserve">2024 Monterey 305SS For Sale!Price: $225,000Certified Pre-Owned InventoryNow available at Bonita Boat Center in Bonita Springs, FL — this 2024 Monterey 305SS is a luxury bowrider built for performance, style, and comfort. With a sleek 31′11″ overall length, 9′0″ beam and 100-gallon fuel tank, this model delivers the space and capability you’re looking for when shopping for a high-end sport boat in Southwest Florida.Backed by Bonita Boat Center’s unmatched reputation in sales and service, this 2024 Monterey 305SS is clean, ready to enjoy and backed by factory-certified support. For active buyers searching “luxury sport boat Bonita Springs”, “Monterey 305SS near me”, or “used 2024 Monterey bowrider Southwest Florida”, this listing is a prime opportunity. Contact us today to schedule your walkthrough or sea trial and see why the Monterey 305SS continues to define premium sport boating in Florida.Options: Twin Mercury 250XXL Verado DTS BLACK – 20 HoursAdd Mercury JPO TwinPhender Pro Holders (4)Anchor Windlass W/Stainless Steel Anchor, Rope &amp; ChainElectric Wakeboard Tower White or Black (Includes Wakeboard Bimini)Under Water LED LightsBow &amp; Cockpit CoverCockpit TableCockpit Drawer Refrigerator - DC (WetBar Option Required)GPS Chartplotter(Simrad GO7 XSE)Sirius Satellite Pkg (Includes Antenna &amp; Receiver)Stern Mounted Stereo RemotePremium Stereo Upg Pkg (Includes Subwoofer W/Led Lights &amp; 4 Ch. Amplifier)Wet Bar w/Solid Surface Insert, Sink, Faucet, &amp; Trash ReceptaclesBow Filler CushionsElectric Head System W/Holding TankMacerator W/Overboard </t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2024-monterey-305ss67ab58311c4f2d7d860ee397</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760621333173155322968f0f31516c0f.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1766085993105232637769445569e8f7e.webp</t>
   </si>
   <si>
     <t>67911bc18c4a812da100ef5f</t>
   </si>
   <si>
     <t>2025 Regulator 26 XO</t>
   </si>
   <si>
-    <t>2025 Regulator 26XO$284,705(Does Not Include Prep &amp; Freight)Options: Single White Yamaha XTO Offshore® 450 4-Stroke Engine with DES Tilt Helm, DEC, and EX Autopilot with Waypoint DecelerationHydraulic Extreme Jackplate20-Amp Battery Charger with 25' CordFeatured Hull Color – Sides OnlyBootstriping: White/Charcoal/WhiteT-Top Rocket LauncherT-Top Underside to Match Hull SidesStandard White UpholsteryDiamond Quilted UpholsteryInductive Cell Phone Chargers in Recessed Console TraysEntertainment Upgrade Package: Includes Fusion® Dynamically Calibrated System with (8) Premium Backlit Speakers, Subwoofer, Amps, and Integrated Wi-FiFactory-Installed Garmin® 26XO Premium Fish Package: Includes Dual 12" GPSMAP® 8612 XSV Touchscreen Displays, Garmin® GT 12M-THF CHIRP Transducer, VHF 215 Radio with 8' Antenna2 Conventional Transom Rod Holders6 Additional Forward Gunwale Cup Holder Rod HoldersDual 10' Power Pole BladesEdson™ Wheel with Power KnobHead with Holding Tank and Electric Tank PumpoutPhender Pro™ with (4) Quick-Release Fender CleatsForward Sun Shade - Deep GrayHelm, Console and Seating Canvas Covers - Deep Gray A hybrid center console built for adventure. New optional half tower, single Yamaha 450, multiple casting platforms, built-in coolers, stand-up head compartment, forward sun shade option, and optional removable watersports tow bar allow you to fish and play all day.</t>
+    <t>2025 Regulator 26XO For Sale!MSRP: $284,705(Does Not Include Prep &amp; Freight)7-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options: Single White Yamaha XTO Offshore® 450 4-Stroke Engine with DES Tilt Helm, DEC, and EX Autopilot with Waypoint DecelerationHydraulic Extreme Jackplate20-Amp Battery Charger with 25' CordFeatured Hull Color – Sides OnlyBootstriping: White/Charcoal/WhiteT-Top Rocket LauncherT-Top Underside to Match Hull SidesStandard White UpholsteryDiamond Quilted UpholsteryInductive Cell Phone Chargers in Recessed Console TraysEntertainment Upgrade Package: Includes Fusion® Dynamically Calibrated System with (8) Premium Backlit Speakers, Subwoofer, Amps, and Integrated Wi-FiFactory-Installed Garmin® 26XO Premium Fish Package: Includes Dual 12" GPSMAP® 8612 XSV Touchscreen Displays, Garmin® GT 12M-THF CHIRP Transducer, VHF 215 Radio with 8' Antenna2 Conventional Transom Rod Holders6 Additional Forward Gunwale Cup Holder Rod HoldersDual 10' Power Pole BladesEdson™ Wheel with Power KnobHead with Holding Tank and Electric Tank PumpoutPhender Pro™ with (4) Quick-Release Fender CleatsForward Sun Shade - Deep GrayHelm, Console and Seating Canvas Covers - Deep GrayNow available at Bonita Boat Center in Bonita Springs, FL — the 2025 Regulator 26 XO is the ultimate crossover center console built for both performance-minded anglers and family fun seekers. Offering a 26′9″ length, 9′3″ beam, 107-gallon fuel capacity and the option of up to 450 hp Yamaha power, making it ideal for buyers searching “Regulator 26 XO for sale Florida,” “new Regulator center console Bonita Springs,” or “offshore fishing boat Southwest Florida”; with premium upgrades such as integrated casting platforms, flush-folding rear cockpit seats, stand-up head compartment, forward sun-shade option and watersports tow bar, this 26 XO blends tournament-grade fishability with comfort and versatility for cruising from Naples to the 10,000 Islands.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-regulator-26-xo67911bc18c4a812da100ef5f</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176064378615006196568f14acac6e68.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17661549431403555441694562bf9ff8e.webp</t>
   </si>
   <si>
     <t>6772b81b1a7ceea36c0ebc38</t>
   </si>
   <si>
     <t>2026 Regulator 25</t>
   </si>
   <si>
-    <t>2026 Regulator 25MSRP: $293,145Options:Twin Yamaha F250 4-Stroke Engines with DES Tilt Helm and DEC20-Amp  Batterv Charger with 25' CordT-Top Rocket LauncherAll White Entire HullStandard White Upholstery2X Deluxe Tackle CenterFactory-Installed Garmin® Premium Fish PackageBucket Holder with /2) BucketsCockpit Freshwater Engine FlushPhender ProT with /4) Quick-Release Fender CleatsThrough Stem Bow Roller w/ Anchor Windlass, Remote SwitchRemovable Forward Seat Backrests (2)Multi-Colored Underwater LED LightsTrolling  Motor ReadySpecificationsLOA : 25' 2"LOA W/ BRACKET &amp; ENGINES : 30' 0"BEAM : 8' 10"FUEL CAPACITY : 160 GALDRAFT : 22” ENGINES UPDRAFT : 34.5” ENGINES DOWNTOTAL FISHBOX &amp; STORAGE CAPACITY : 1058 QTSOPTIONAL HEAD W/ HOLDING TANK : 9 GALFRESHWATER TANK : 20 GALTOTAL LIVEWELL CAPACITY: 46 GAL</t>
+    <t>2026 Regulator 25 For Sale!MSRP: $293,145(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:Twin Yamaha F250 4-Stroke Engines with DES Tilt Helm and DEC20-Amp  Batterv Charger with 25' CordT-Top Rocket LauncherAll White Entire HullStandard White Upholstery2X Deluxe Tackle CenterFactory-Installed Garmin® Premium Fish PackageBucket Holder with /2) BucketsCockpit Freshwater Engine FlushPhender ProT with /4) Quick-Release Fender CleatsThrough Stem Bow Roller w/ Anchor Windlass, Remote SwitchRemovable Forward Seat Backrests (2)Multi-Colored Underwater LED LightsTrolling  Motor ReadySpecificationsLOA : 25' 2"LOA W/ BRACKET &amp; ENGINES : 30' 0"BEAM : 8' 10"FUEL CAPACITY : 160 GALDRAFT : 22” ENGINES UPDRAFT : 34.5” ENGINES DOWNTOTAL FISHBOX &amp; STORAGE CAPACITY : 1058 QTSOPTIONAL HEAD W/ HOLDING TANK : 9 GALFRESHWATER TANK : 20 GALTOTAL LIVEWELL CAPACITY: 46 GALNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Regulator 25 sets the benchmark for compact offshore center-console boats, delivering big-boat ride quality in a 30 foot LOA, ideal for both serious fishing runs and family day cruises in Southwest Florida. Featuring Regulator’s legendary deep-V hull design, premium fit-and-finish and a wide 8′10″ beam, this 25 offers unmatched confidence in the Gulf waters from Naples to Marco Island and beyond. For buyers searching “Regulator 25 for sale,” “new Regulator center console Florida,” or “Regulator dealer Bonita Springs,” this new-model listing combines performance, prestige and resale-ready value.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-regulator-256772b81b1a7ceea36c0ebc38</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176061956399178844268f0ec2baa3f2.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176615420027719420169455fd85773e.webp</t>
   </si>
   <si>
     <t>6772b48e748801522f01b341</t>
   </si>
   <si>
     <t>2025 Regulator 31</t>
   </si>
   <si>
-    <t>2025 Regulator 31MSRP $597,165Options:Twin White Yamaha XTO Offshore® 450 4-Stroke Engines withDES Tilt Helm and DEC - Plus Helm Master® EX Joystick w/Multimode Set PointT and EX Autopilot with WaypointDeceleration36-Amp Battery Charger with 25' CordSeakeeper® 2 Gyro Stabilization System READY (For Future Installation) BootStriping Navy/Charcoal/Navy T-Top Rocket Launcher T-Top Storage Compartment Dove Gray Upholstery Teak Accents  (2) Inductive Cell Phone Chargers in Recessed Console TraysEntertainment Upgrade Package: Includes Fusion® Dynamically Calibrated System with (10) Premium Backlit Speakers, Subwoofer, Amps, External Antenna, and Integrated Wi-Fi Factory-Installed Garmin® GMR™ Fantom 54 Open-Array Radar Factory-Installed Garmin® Offshore Package: Two 16" GPSMAP® 8616 XSV Multi-Touch Widescreen Chartplotter/Sonar Displays, VHF 215 AIS Radio w/ Dual 8' Antennas, GMR™ 424 xHD 4kW Open-Array Radar, Airmar® B275LHW w/ Wide Beam 1kW CHIRP Transducer, Yamaha EX Autopilot, and Black Flushmount Elec. &amp; Mic Multi-Colored Underwater LED Lights (2) (2) Conventional Transom Rod Holders (2) Electric Reel Hook-Ups (8) Additional Forward Gunwale Cup Holder Rod Holders Clear Lid w/ Etched Regulator Logo -- Starboard Side (Livewell Standard) Quick-Release Under Gunwale Gaff Holder Refrigerated Transom Fishbox Bucket Holder with (2) Buckets Cockpit Freshwater Engine Flush Hose Coil Racks (2) for Raw Water and Freshwater Wash Downs Phender Pro™ with (4) Quick-Release Fender CleatsThrough Stem Bow Roller w/ Anchor Windlass, Remote Switch, Chain and Anchor Automated Rear Shade - Navy Blue Forward Sun Shade - Navy Helm, Console and Seating Canvas Covers - Navy Engine Canvas Covers - Navy</t>
+    <t>2025 Regulator 31 For Sale!MSRP: $597,165(Does Not Include Prep &amp; Freight)7-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:Twin White Yamaha XTO Offshore® 450 4-Stroke Engines withDES Tilt Helm and DEC - Plus Helm Master® EX Joystick w/Multimode Set PointT and EX Autopilot with WaypointDeceleration36-Amp Battery Charger with 25' CordSeakeeper® 2 Gyro Stabilization System READY (For Future Installation) BootStriping Navy/Charcoal/Navy T-Top Rocket Launcher T-Top Storage Compartment Dove Gray Upholstery Teak Accents   (2) Inductive Cell Phone Chargers in Recessed Console TraysEntertainment Upgrade Package: Includes Fusion® Dynamically Calibrated System with (10) Premium Backlit Speakers, Subwoofer, Amps, External Antenna, and Integrated Wi-Fi Factory-Installed Garmin® GMR™ Fantom 54 Open-Array Radar Factory-Installed Garmin® Offshore Package: Two 16" GPSMAP® 8616 XSV Multi-Touch Widescreen Chartplotter/Sonar Displays, VHF 215 AIS Radio w/ Dual 8' Antennas, GMR™ 424 xHD 4kW Open-Array Radar, Airmar® B275LHW w/ Wide Beam 1kW CHIRP Transducer, Yamaha EX Autopilot, and Black Flushmount Elec. &amp; Mic Multi-Colored Underwater LED Lights (2) (2) Conventional Transom Rod Holders (2) Electric Reel Hook-Ups (8) Additional Forward Gunwale Cup Holder Rod Holders Clear Lid w/ Etched Regulator Logo -- Starboard Side (Livewell Standard) Quick-Release Under Gunwale Gaff Holder Refrigerated Transom Fishbox Bucket Holder with (2) Buckets Cockpit Freshwater Engine Flush Hose Coil Racks (2) for Raw Water and Freshwater Wash Downs Phender Pro™ with (4) Quick-Release Fender CleatsThrough Stem Bow Roller w/ Anchor Windlass, Remote Switch, Chain and Anchor Automated Rear Shade - Navy Blue Forward Sun Shade - Navy Helm, Console and Seating Canvas Covers - Navy Engine Canvas Covers – NavyNow available at Bonita Boat Center in Bonita Springs, FL — the new 2025 Regulator 31 redefines offshore performance in the center console class. Featuring a 31’ hull (36’5″ LOA w/ engines), 10’4″ beam, and 300-gallon fuel capacity, equipped with twin Yamaha XTO 450’s, advanced Garmin electronics including dual 16″ GPSMAP 8616 XSV displays and AIS VHF, and a full premium entertainment upgrade package; built for buyers searching “Regulator 31 for sale Florida,” “New Regulator center console For Sale,” or “offshore fishing boat Southwest Florida,” this high-performance model blends tournament-grade fishability with family-friendly comfort and resale strength backed by Bonita Boat Center’s decades of marine sales and service excellence.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-regulator-316772b48e748801522f01b341</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176061937839336385668f0eb72db6fe.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17661580337304465169456ed16e2d4.webp</t>
   </si>
   <si>
     <t>6772aa406dd7609e8506ca60</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 229Build Slot Available!Options:Yamaha F200XC Bait Tank Leaning Post w /flip up bolsters (exchange)Fiberglass T-Top w/ Mister System Powder Coating (T-Top and Seat) Trim Tabs w/ Indicators Underwater Lights Recirculating Livewell (per Livewell)Trolling Motor Plug &amp; Wiring HarnessPorta PottiGARMIN 12" Electronics Package w/VHFYamaha Reliance/GYT Series PropsYou buy a Sea Hunt Boat because of the standard features! he name says it all! Our Ultra Series was created for families desiring the "Ultra" experience on the water! Sea Hunt delivers the most comfortable and functional center consoles in the industry with our Ultra Line. With its cushioned rear bench seating, and oversized bow area (complete with bow backrests and cup holders), it's easy to sit back and enjoy pleasure cruising and sandbar hopping. Rod Holders and Livewells instantly turn the Ultra into the most comfortable fishing boat on the water! Added standard features include: wrap around bolsters, bow cushions, color screen waterproof stereo, Yamaha Digital Command Link Gauges; and more! Can you really have comfort, fun and fishing in one boat? With the Ultra Series, you can!</t>
+    <t>2026 Sea Hunt Ultra 229 For Sale!Build Slot Available!Options:Yamaha F200XC Bait Tank Leaning Post w /flip up bolsters (exchange)Fiberglass T-Top w/ Mister System Powder Coating (T-Top and Seat) Trim Tabs w/ Indicators Underwater Lights Recirculating Livewell (per Livewell)Trolling Motor Plug &amp; Wiring HarnessPorta PottiGARMIN 12" Electronics Package w/VHFYamaha Reliance/GYT Series PropsYou buy a Sea Hunt Boat because of the standard features! he name says it all! Our Ultra Series was created for families desiring the "Ultra" experience on the water! Sea Hunt delivers the most comfortable and functional center consoles in the industry with our Ultra Line. With its cushioned rear bench seating, and oversized bow area (complete with bow backrests and cup holders), it's easy to sit back and enjoy pleasure cruising and sandbar hopping. Rod Holders and Livewells instantly turn the Ultra into the most comfortable fishing boat on the water! Added standard features include: wrap around bolsters, bow cushions, color screen waterproof stereo, Yamaha Digital Command Link Gauges; and more! Can you really have comfort, fun and fishing in one boat? With the Ultra Series, you can!</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-2296772aa406dd7609e8506ca60</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760561581179687363068f009ade8d14.png</t>
   </si>
   <si>
     <t>676038c8085ed3bc4e008f6f</t>
   </si>
   <si>
     <t>2026 Jeanneau NC Weekender 1295 Coupe</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-nc-weekender-1295-coupe676038c8085ed3bc4e008f6f</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760561249174541774268f008612bcdd.png</t>
   </si>
   <si>
     <t>675c6c1bef10365a88092298</t>
   </si>
   <si>
     <t>2026 Jeanneau Leader 10.5 CC</t>
   </si>
   <si>
-    <t>2026 Leader 10.5 CC*BUILD SLOT AVAILABLE*Experience unparalleled luxury and performance with the 2026 Jeanneau Leader 10.5 CC! This exceptional vessel is fully loaded with every option you could dream of, designed to elevate your boating adventures to new heights. And now, you can take advantage of our Demo Dealer Price Special – a fantastic opportunity to own this amazing boat at an unbeatable price, complete with full warranties!Key Features:Spacious Cockpit: Enjoy ample space for entertaining with a well-designed cockpit that includes a comfortable seating area, perfect for socializing or relaxing.Luxurious Cabin: Step inside the elegantly appointed cabin, featuring a convertible dinette, full galley, and a separate head compartment, ensuring comfort and convenience on every voyage.High-Performance Hull: Powered by twin engines, the 10.5 CC boasts superior handling , making it ideal for leisurely cruises Advanced Navigation: Equipped with state-of-the-art navigation systems, including a GPS plotter, fish finder, and autopilot, you’ll navigate with confidence and precision.Entertainment Systems: Enjoy the best in onboard entertainment with a premium sound system, flat-screen TV, and Bluetooth connectivity, keeping everyone entertained on the water.Fishing Ready: Fully outfitted for the avid angler, this boat includes rod holders, a livewell, and ample storage for all your fishing gear.Safety and Comfort: With features like a hardtop for shade, a swim platform for easy water access, and advanced safety systems, your comfort and security are top priorities.Don't miss your chance to own this extraordinary 2024 Jeanneau Leader 10.5 CC at our special demo dealer price. This offer includes full warranties, ensuring you have peace of mind and complete confidence in your purchase.Contact us today to schedule a viewing and see for yourself why this boat is a true standout!</t>
+    <t>2026 Leader 10.5 CC For Sale!*BUILD SLOT AVAILABLE*Experience unparalleled luxury and performance with the 2026 Jeanneau Leader 10.5 CC! This exceptional vessel is fully loaded with every option you could dream of, designed to elevate your boating adventures to new heights. And now, you can take advantage of our Demo Dealer Price Special – a fantastic opportunity to own this amazing boat at an unbeatable price, complete with full warranties!Key Features:Spacious Cockpit: Enjoy ample space for entertaining with a well-designed cockpit that includes a comfortable seating area, perfect for socializing or relaxing.Luxurious Cabin: Step inside the elegantly appointed cabin, featuring a convertible dinette, full galley, and a separate head compartment, ensuring comfort and convenience on every voyage.High-Performance Hull: Powered by twin engines, the 10.5 CC boasts superior handling , making it ideal for leisurely cruises Advanced Navigation: Equipped with state-of-the-art navigation systems, including a GPS plotter, fish finder, and autopilot, you’ll navigate with confidence and precision.Entertainment Systems: Enjoy the best in onboard entertainment with a premium sound system, flat-screen TV, and Bluetooth connectivity, keeping everyone entertained on the water.Fishing Ready: Fully outfitted for the avid angler, this boat includes rod holders, a livewell, and ample storage for all your fishing gear.Safety and Comfort: With features like a hardtop for shade, a swim platform for easy water access, and advanced safety systems, your comfort and security are top priorities.Don't miss your chance to own this extraordinary 2024 Jeanneau Leader 10.5 CC at our special demo dealer price. This offer includes full warranties, ensuring you have peace of mind and complete confidence in your purchase.Contact us today to schedule a viewing and see for yourself why this boat is a true standout!</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-leader-105-cc675c6c1bef10365a88092298</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760561125193958622968f007e568960.png</t>
   </si>
   <si>
     <t>672276476a05bfbed60ee4d0</t>
   </si>
   <si>
-    <t>2025 Monterey M-65</t>
-[...8 lines deleted...]
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176061931039231649568f0eb2e5fe51.png</t>
+    <t>2025 Monterey M65</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 Monterey M65 OB For Sale!N.A.P. $182,146Our Price: $135,000Options:Mercury 350XL V10 Verado DTSAdd Merc Cold Fusion White Engine Option Forward Shower w/Pressurized WaterPhender Pro Holders (4)Portlight Stainless Steel for Head Ventilation W/ ScreenSeadek Swim Platform InlayUnder Water LED LightsWakeboard TowerBow &amp; Cockpit CoverGPS ChartplotterPremium Stereo Upg PkgStern Mounted Stereo RemoteWet Bar w/SlideOut CoolerBow Filler CushionsPortside Forward/Aft Facing LoungerBattery Charger W/Deck PlugElectric Head System W/Holding TankMacerator With Overboard Discharge (Req Electric Head Option)Trim Tabs With Trim Tab IndicatorMeet the 2025 Monterey M-65—a premium outboard bowrider designed for big-water comfort, upscale entertaining, and strong V10 performance. Powered by a Mercury Verado V10 350 (XXL) with DTS, this M-65 pairs confident acceleration with refined ride quality and a spacious layout for family days, sandbar weekends, and sunset cruises from Bonita Springs across Southwest Florida.  2025 Monterey M-65 For Sale in Bonita Springs, FL | Mercury V10 350 | Bonita Boat Center </t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2025-monterey-m65672276476a05bfbed60ee4d0</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176617710217079684486945b94e46615.webp</t>
   </si>
   <si>
     <t>672273c2731b13db340cbdfe</t>
   </si>
   <si>
     <t>2025 Monterey M45 OB</t>
   </si>
   <si>
-    <t>2025 Monterey M45 OB$115,000Options:Mercury 300XXL Verado DTSAdd Merc Cold Fusion White Engine Option Forward Shower W/ Pressurized WaterPhender Pro Holders (4)Portlight Stainless Steel for Head Ventilation W/ ScreenSeadek Swim Platform InlayUnder Water LED LightsWakeboard Tower White or BlackBow &amp; Cockpit CoverGPS ChartplotterPremium Stereo Upg PkgStern Mounted Stereo RemoteBow Filler CushionsPortside Forward/Aft Facing LoungerBattery Charger W/Deck PlugPump Out Deck Fitting For ToiletTrim Tabs With Trim Tab IndicatorsSpacious, Suave, and stylish, the M45 offers a unique blend of performance and comfort. Standard features include an ergonomically designed helm station, spacious seating options with custom dedicated storage, Fusion Satellite Ready AM/FM Stereo, as well as a wet bar with solid surface top, sink, and faucet.  Add on the optional wakeboard tower to complete you’re on the water adventures!</t>
+    <t>2025 Monterey M45 OB For Sale!N.A.P. $154,248Our Price: $115,000Options:Mercury 300XXL Verado DTSAdd Merc Cold Fusion White Engine Option Forward Shower W/ Pressurized WaterPhender Pro Holders (4)Portlight Stainless Steel for Head Ventilation W/ ScreenSeadek Swim Platform InlayUnder Water LED LightsWakeboard Tower White or BlackBow &amp; Cockpit CoverGPS ChartplotterPremium Stereo Upg PkgStern Mounted Stereo RemoteBow Filler CushionsPortside Forward/Aft Facing LoungerBattery Charger W/Deck PlugPump Out Deck Fitting For ToiletTrim Tabs With Trim Tab IndicatorsNow available at Bonita Boat Center in Bonita Springs, FL — this 2025 Monterey M45 OB is a factory-fresh deck boat offered at a clearance price that makes it one of the most aggressive new-model values in Southwest Florida. With a 24′ LOA (26′4″ with platform), 8′6″ beam, 50-gallon fuel capacity, and available up to 350 HP outboard power, the M45 delivers both sporty performance and upscale amenities. Ideal for keyword-rich searches like “Monterey M45 OB for sale Florida,” “new Monterey deck boat clearance,” “Monterey boats for sale,” and “budget Deck boat Southwest Florida,” this listing stands out for buyers who want turnkey readiness, premium build quality and serious value all in one.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-monterey-m45-ob672273c2731b13db340cbdfe</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760619228136988732468f0eadc334ee.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176617746119460736836945bab54a388.webp</t>
   </si>
   <si>
     <t>67225b553074f564e10a644a</t>
   </si>
   <si>
+    <t>2025 Monterey M45 OB For Sale!N.A.P. $154,248Our Price: $115,000Options:Mercury 300XXL Verado DTSAdd Merc Cold Fusion White Engine Option Forward Shower W/ Pressurized WaterPhender Pro Holders (4)Portlight Stainless Steel for Head Ventilation W/ ScreenSeadek Swim Platform InlayUnder Water LED LightsWakeboard Tower White or BlackBow &amp; Cockpit CoverGPS ChartplotterPremium Stereo Upg PkgStern Mounted Stereo RemoteBow Filler CushionsPortside Forward/Aft Facing LoungerBattery Charger W/Deck PlugPump Out Deck Fitting For ToiletTrim Tabs With Trim Tab IndicatorsNow available at Bonita Boat Center in Bonita Springs, FL — the 2025 Monterey M45 OB is a factory-fresh deck-boat offered at a clearance special that makes it one of the most compelling new-boat deals in Southwest Florida. With its 24-foot length (26′4″ LOA including swim platform), 8′6″ beam, and 50-gallon fuel capacity, this M45 OB pairs sporty performance with upscale amenities. Ideal for searches like “Monterey M45 OB for sale Florida,” “new Monterey deck boat clearance,” “Monterey M45 For sale Bonita Springs,” and “Budget Deck boat Southwest Florida,” this listing stands out for buyers seeking serious value, strong build quality and turnkey new-boat ownership.</t>
+  </si>
+  <si>
     <t>https://bonitaboatcenter.com/boat/2025-monterey-m45-ob67225b553074f564e10a644a</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176061912639545208568f0ea7641d5a.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1766177677470778716945bb8d44c50.webp</t>
   </si>
   <si>
     <t>67222da1749c5dd6540d9af4</t>
   </si>
   <si>
     <t>2025 Monterey Elite 27</t>
   </si>
   <si>
-    <t>2025 Monterey Elite 27N.A.P. $173,074(Does Not Include Prep &amp; Freight)Options:Mercury 400XXL V10 Verado DTSAdd Mercury Cold Fusion White Engine 250-400hpAnchor Windlass W/Stainless Steel Anchor, Rope &amp; ChainBow Boarding LadderPhender Pro Holders (4) Seadek Swim Platform InlayAft Seat CoverBow CoverBow ShadeHelm Seat CoverConsole CoverAir InflatorBow Filler CushionsElectric Head System W/Holding TankMacerator W/Overboard Discharge (Elite 27 &amp; Elite 30 Req Elec Head)The Monterey Elite 27 combines exceptional design with outstanding performance to deliver an unparalleled boating experience. Featuring sleek lines, premium materials, and state-of-the-art technology, this boat offers a spacious and comfortable layout ideal for both relaxation and adventure. With powerful engines and advanced navigation systems, the Elite 27 ensures a smooth, responsive ride. Elevate your time on the water with the refined luxury and superior craftsmanship of the Monterey Elite 27.</t>
+    <t>2025 Monterey Elite 27 For Sale!N.A.P. $173,074*Under Contract*(Does Not Include Prep &amp; Freight)Options:Mercury 400XXL V10 Verado DTSAdd Mercury Cold Fusion White Engine 250-400hpAnchor Windlass W/Stainless Steel Anchor, Rope &amp; ChainBow Boarding LadderPhender Pro Holders (4) Seadek Swim Platform InlayAft Seat CoverBow CoverBow ShadeHelm Seat CoverConsole CoverAir InflatorBow Filler CushionsElectric Head System W/Holding TankMacerator W/Overboard Discharge (Elite 27 &amp; Elite 30 Req Elec Head)Now available at Bonita Boat Center in Bonita Springs, FL — the 2025 Monterey Elite 27 is a stunning new-model bowrider offering refined luxury, sporty performance, and turnkey readiness for cruising the Gulf Coast. Priced at an N.A.P. of $173,074, this Elite 27 is ideal for buyers searching “Monterey Elite 27 for sale Florida,” “new Monterey bowrider Southwest Florida,” or “Monterey dealer Bonita Springs.” With sleek lines, premium materials, a high-end helm display, plush upholstery, underwater lighting, and a deck layout optimized for relaxation and entertainment, this model blends day-boating comfort with upscale elegance. Backed by Bonita Boat Center’s decades of trusted service, factory-certified team, and regional expertise across Naples, Cape Coral, Fort Myers and Marco Island, this 2025 Monterey Elite 27 is salt-water ready and represents one of the most compelling bowrider offerings for the 2025 model year.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-monterey-elite-2767222da1749c5dd6540d9af4</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176061898115374019668f0e9e5a46f5.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176617808914344486856945bd293142f.webp</t>
+  </si>
+  <si>
+    <t>67222bb8ed192063e30c1433</t>
+  </si>
+  <si>
+    <t>2025 Monterey Elite 30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 Monterey Elite 30 – Arctic For Sale!$254,999Now available at Bonita Boat Center in Bonita Springs, FL — the 2025 Monterey Elite 30 is a luxury bowrider designed for premium comfort, performance, and coastal cruising throughout Southwest Florida. With Monterey’s signature wide-beam layout, refined hull design, and upscale finishes, the Elite 30 delivers a smooth, confident ride whether you’re running the coastline from Naples to Marco Island or spending the day on the water around Estero Bay and Fort Myers. Buyers searching for “Monterey Elite 30 for sale,” “luxury bowrider Florida,” or “Monterey dealer Bonita Springs” will immediately recognize the value and appeal of this new-generation model.Inside, the Elite 30 offers plush wrap-around seating, premium upholstery, an upgraded sound system, digital helm with a large multifunction display, a wet bar, beautifully integrated lighting, and a spacious swim platform perfect for entertaining, lounging, and watersports. Monterey’s craftsmanship is evident in every detail—from the stitching and hardware to the ergonomics of the helm—making this Elite 30 ideal for families, weekend cruisers, and boaters who want a modern, sporty bowrider with luxury touches and functional space.Supported by Bonita Boat Center’s factory-certified sales and service team, the 2025 Monterey Elite 30 is salt-water ready, fully backed, and positioned as one of the strongest choices for boaters seeking a premium 30-foot bowrider in Southwest Florida. For anyone actively searching “Used Monterey Elite 30 for sale,” “elite 30 for sale,” or “best boat dealer SWFL,” this Elite 30 represents an exceptional opportunity. Contact us today to schedule a walkthrough or sea trial and experience Monterey’s Elite series at its finest.Options:Twin Mercury 300XXL Verado DTS - 8 HoursAdd Mercury Cold Fusion White Engine 250-400hpAnchor Windlass W/Stainless Steel Anchor, Rope &amp; ChainBow Boarding LadderPhender Pro Holders (4)Seadek Swim Platform InlayAft ShadeAft Seat CoverHelm Seat CoverConsole CoverBow CoverBow ShadeAir InflatorMacerator W/Overboard Discharge (Elite 27 &amp; Elite 30 Req Elec Head)Add Mercury JPO TwinCustom CoverReverso FlushMercury Platinum WarrantySpecificationsLOA : 30"LOA W/ BRACKET &amp; ENGINES : 32' 6"BEAM : 9' 10"FUEL CAPACITY : 200 GALDRAFT : 23” ENGINES UPDRAFT : 32” ENGINES DOWNFRESHWATER TANK : 20 GALBridge Clearance: 8’Discover the Monterey Elite 30, where luxury meets performance. This extraordinary boat features a sleek, modern design with premium finishes, offering a spacious layout perfect for relaxation and entertainment. Equipped with cutting-edge marine technology and powerful engines, the Elite 30 ensures a smooth, exhilarating ride. Experience the ultimate in comfort, style, and innovation with the Monterey Elite 30. </t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2025-monterey-elite-3067222bb8ed192063e30c1433</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1767993109138981982069616f156f812.webp</t>
   </si>
   <si>
     <t>66c6007ab8eb266e850ee9e6</t>
   </si>
   <si>
     <t>2025 Regulator 28</t>
   </si>
   <si>
-    <t>2025 Regulator 28MSRP: $452,365(Does Not Include Prep &amp; Freight)Options:Twin White Yamaha F300 4-Stroke Engines with DES Tilt Helmand DEC - Plus Helm Master® EX Joystick w/ Multimode SetPointT and EX Autopilot w/ Waypoint Deceleration36-Amp Battery Charger with 25' CordFeatured Hull Color - Sides OnlyBootstriping White/White/WhiteT-Top Rocket LauncherT-Top Storage CompartmentT-Top Underside to Match Hull SidesStandard White Upholstery28 Tackle Center w/ Upholstered Helm Seating for Two w/ IndividualFolding Footrests, (2) Cup Holders, and Seatback Rocket Launcherw/ Tackle Center &amp; Storage, Including: Large Tackle Drawers (2)Dual-Height Pedestal Table with Filler Cushion (2) Inductive Cell Phone Chargers: (1) at Helm; (1) InsideEntertainment Upgrade Package: Includes Fusion® DynamicallyFactory-Installed Garmin® 28 Premium Package:Two 16" GPSMAP® 8616 XSV Multi-Touch WidescreenChartplotter/Sonar Displays, VHF 215 AIS RadioFactory-Installed Garmin® GMRT Fantom 54 Open-Array RadarFactory-Installed Garmin® GT36UHD-TM Ultra High-Def ClearVMulti-Colored Underwater LED Lights (2)(2) Conventional Transom Rod Holders, (6) Aft Gunwale Cup Holder Rod Holders, (8) Additional Forward Gunwale Cup Holder Rod HoldersRefrigerated Transom FishboxBucket Holder with (2) BucketsBuilt-In 12V Watersports Inflation StationCockpit Freshwater Engine FlushEdsonT Wheel with Power KnobGray Helm Pad w/ Black Regulator LogoHose Coil Racks (2) for Raw Water and Freshwater Wash DownsPhender ProT with (4) Quick-Release Fender CleatsThrough Stem Bow Roller w/ Anchor Windlass, Remote Switch,Chain and AnchorForward Sun Shade - DEEP GRAYHelm, Console and Seating Canvas Covers- DEEP GRAY</t>
+    <t>2025 Regulator 28 For Sale!MSRP: $452,365(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:Twin White Yamaha F300 4-Stroke Engines with DES Tilt Helmand DEC - Plus Helm Master® EX Joystick w/ Multimode SetPointT and EX Autopilot w/ Waypoint Deceleration36-Amp Battery Charger with 25' CordFeatured Hull Color - Sides OnlyBootstriping White/White/WhiteT-Top Rocket LauncherT-Top Storage CompartmentT-Top Underside to Match Hull SidesStandard White Upholstery28 Tackle Center w/ Upholstered Helm Seating for Two w/ IndividualFolding Footrests, (2) Cup Holders, and Seatback Rocket Launcherw/ Tackle Center &amp; Storage, Including: Large Tackle Drawers (2)Dual-Height Pedestal Table with Filler Cushion (2) Inductive Cell Phone Chargers: (1) at Helm; (1) InsideEntertainment Upgrade Package: Includes Fusion® DynamicallyFactory-Installed Garmin® 28 Premium Package:Two 16" GPSMAP® 8616 XSV Multi-Touch WidescreenChartplotter/Sonar Displays, VHF 215 AIS RadioFactory-Installed Garmin® GMRT Fantom 54 Open-Array RadarFactory-Installed Garmin® GT36UHD-TM Ultra High-Def ClearVMulti-Colored Underwater LED Lights (2)(2) Conventional Transom Rod Holders, (6) Aft Gunwale Cup Holder Rod Holders, (8) Additional Forward Gunwale Cup Holder Rod HoldersRefrigerated Transom FishboxBucket Holder with (2) BucketsBuilt-In 12V Watersports Inflation StationCockpit Freshwater Engine FlushEdsonT Wheel with Power KnobGray Helm Pad w/ Black Regulator LogoHose Coil Racks (2) for Raw Water and Freshwater Wash DownsPhender ProT with (4) Quick-Release Fender CleatsThrough Stem Bow Roller w/ Anchor Windlass, Remote Switch,Chain and AnchorForward Sun Shade - DEEP GRAYHelm, Console and Seating Canvas Covers- DEEP GRAYNow available at Bonita Boat Center in Bonita Springs, FL — the 2025 Regulator 28 is a top-tier offshore center console designed for serious fishing and luxury cruising, with a 27′8″ hull (32′6″ overall with engines), 9′5″ beam, and a massive 219-gallon fuel capacity. Equipped with twin Yamaha F300 engines and advanced features like HelmMaster® EX joystick controls, dual 16″ Garmin GPSMAP displays, and premium tackle-center layout, this model is built for buyers searching “Regulator 28 for sale Florida,” “new Regulator center console Bonita Springs,” or “offshore fishing boat Southwest Florida.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-regulator-2866c6007ab8eb266e850ee9e6</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760618437178792267768f0e7c59aa4e.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1767818587654999482695ec55b3469c.webp</t>
   </si>
   <si>
     <t>66b0f2f333bfbeaffa074274</t>
   </si>
   <si>
     <t>2026 Jeanneau NC-795 SPORT</t>
   </si>
   <si>
-    <t>2026 Jeanneau NC-795 Sport Build Slot Available!The NC 795 Sport features a spacious exterior layout with wide swim platforms for easy boarding and recessed side decks that sit flush with the cockpit for safe, convenient movement. The foldaway aft bench can be paired with optional port and starboard seating to create a comfortable L- or U-shaped lounge.Inside the pilot station, an optional sliding sunroof adds natural light and ventilation. Two bolster seats come standard, with an option for a third, along with a compact galley that includes a sink, pressurized water, a 10-gallon fridge, and an optional removable gas stove.Below deck, the forward cabin comfortably sleeps two, with extra storage and an available enclosed toilet compartment for a chemical or marine WC—perfect for overnight stays and weekend getaways.DisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
+    <t>2026 Jeanneau NC-795 Sport For Sale!Build Slot Available!The NC 795 Sport features a spacious exterior layout with wide swim platforms for easy boarding and recessed side decks that sit flush with the cockpit for safe, convenient movement. The foldaway aft bench can be paired with optional port and starboard seating to create a comfortable L- or U-shaped lounge.Inside the pilot station, an optional sliding sunroof adds natural light and ventilation. Two bolster seats come standard, with an option for a third, along with a compact galley that includes a sink, pressurized water, a 10-gallon fridge, and an optional removable gas stove.Below deck, the forward cabin comfortably sleeps two, with extra storage and an available enclosed toilet compartment for a chemical or marine WC—perfect for overnight stays and weekend getaways.DisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-nc-795-sport66b0f2f333bfbeaffa074274</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760561022184268361968f0077ee9b43.png</t>
   </si>
   <si>
     <t>66b0ee37b70cb762eb0b393a</t>
   </si>
   <si>
     <t>2026 Jeanneau NC-695 SPORT</t>
   </si>
   <si>
-    <t>2026 Jeanneau NC-695 Sport Build Slot Available!The NC 695 Sport is built for any adventure, from fishing and diving to paddleboarding and cruising. Its spacious self-bailing cockpit features folding seating and easy access to the swim platform, making it perfect for handling gear or relaxing on the water. Smart storage, a roof rack, wide side decks, and sturdy handrails keep everything within reach. Inside, enjoy a comfortable wheelhouse with seating for three and a cozy cabin with a berth and toilet. Trailerable and tough, the NC 695 Sport is ready to explore wherever your next trip takes you. DisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
+    <t>2026 Jeanneau NC-695 Sport For Sale!Build Slot Available!The NC 695 Sport is built for any adventure, from fishing and diving to paddleboarding and cruising. Its spacious self-bailing cockpit features folding seating and easy access to the swim platform, making it perfect for handling gear or relaxing on the water. Smart storage, a roof rack, wide side decks, and sturdy handrails keep everything within reach. Inside, enjoy a comfortable wheelhouse with seating for three and a cozy cabin with a berth and toilet. Trailerable and tough, the NC 695 Sport is ready to explore wherever your next trip takes you. DisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-nc-695-sport66b0ee37b70cb762eb0b393a</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176056093016521678068f00722a95c0.png</t>
   </si>
   <si>
     <t>66b0dfe55caf0c848000d870</t>
   </si>
   <si>
-    <t xml:space="preserve">2026 Sea Hunt Ultra 219 </t>
-[...5 lines deleted...]
-    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-219-66b0dfe55caf0c848000d870</t>
+    <t>2026 Sea Hunt Ultra 219 For Sale!Build Slot Available!Options:Yamaha FX 150 or Yamaha F200XCSingle 12” Garmin GPSMAP 1243xsv Package w/VHFFiberglass T-Top w/ Mister SystemPowder Coat PackageT-Top Underside ColorKingfish Rod HoldersDeluxe D Tubing T-Top w/ Elec. BoxBimini TopTan Interior OR Gray InteriorCockpit Storage DrapeDash CoverLeaning Post CoverShrink WrapAluminum LP CoverT-Top Life Jacket Bag (Soft T-Tops Only)T-Top Spray ShieldT-Top Spray Shield "Gull Wings"Bennett Trim Tabs w/ IndicatorsUnderwater LED LightsTrolling Motor Plug &amp; Wiring Harness Recirculating LivewellSki Tow BarPorta PottiTackle Center for LP w/ BackrestCooler Slide for Aluminum LPSH Custom Cooler for Slide</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-21966b0dfe55caf0c848000d870</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176056175549712160668f00a5bd7572.png</t>
   </si>
   <si>
-    <t>668fef8169a028c02709dfcd</t>
-[...13 lines deleted...]
-  <si>
     <t>668fe60aa757f5c6ed069af9</t>
   </si>
   <si>
     <t>2025 Jeanneau LEADER 10.5 WA S2</t>
   </si>
   <si>
-    <t>2025 Jeanneau Leader 10.5 WA S2MSRP: $420,895Options:Yamaha 2x300 Nsa2-U-Lu Sbw WhiteUpgrade Yamaha Joystick For Twin 300 Sbw WhiteYamaha Pre-Rigging Hmex 2x300-350 Nsb UsAir Conditioning 12k Btu 110v60hz Shore Power And GeneratorGenerator Panda Diesel 3.8kva 115v-60hzClosed Aft Cabin VersionFiberglass HardtopStandard White HullTrim Level Premiere Usa Silvertex IceElectronic Pack Garmin Upgraded 2Premium Fusion Audio Pack For Boat With Hard TopRemovable Sunshade For Aft Cockpit For T-TopRemovable Sunshade For Front CockpitRemovable Swim Ladder And Lifelines For Lateral TerraceSet Of Protective CoversPolyester Bathing PlatformsRemovable Fiberglass Table For Aft CockpitDeck Searchlight For T-Top2 Underwater LightsCockpit Fridge 49lMicrowave Oven 115vCockpit Grill 110v Usa115v Vitroceramic Cooktop For Interior Kitchen  LIFE ON BOARD MADE EVEN EASIER - The Leader 10.5 WA invites you to extend your stopovers on the water in the greatest comfort. Perfectly integrated into the profile of the boat, the optional T-top enables you, with the addition of a sun awning aft, to dine in the shade. The outdoor galley, backing the seats of the helm station, includes a fridge, electric grill, a gas burner, storage, or even a live well to hold the catch of the day. Down below, optionally equipped with air conditions, the spacious and com-fortable interior also features a second separate cabin aft. Forward, the traditional breakfast nook converts into a V-berth with separation curtain. This day boat has everything to give you a taste of cruising and nights at sea.</t>
+    <t>2025 Jeanneau Leader 10.5 WA S2 For Sale!MSRP: $420,895(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:Yamaha 2x300 Nsa2-U-Lu Sbw WhiteUpgrade Yamaha Joystick For Twin 300 Sbw WhiteYamaha Pre-Rigging Hmex 2x300-350 Nsb UsAir Conditioning 12k Btu 110v60hz Shore Power And GeneratorGenerator Panda Diesel 3.8kva 115v-60hzClosed Aft Cabin VersionFiberglass HardtopStandard White HullTrim Level Premiere Usa Silvertex IceElectronic Pack Garmin Upgraded 2Premium Fusion Audio Pack For Boat With Hard TopRemovable Sunshade For Aft Cockpit For T-TopRemovable Sunshade For Front CockpitRemovable Swim Ladder And Lifelines For Lateral TerraceSet Of Protective CoversPolyester Bathing PlatformsRemovable Fiberglass Table For Aft CockpitDeck Searchlight For T-Top2 Underwater LightsCockpit Fridge 49lMicrowave Oven 115vCockpit Grill 110v Usa115v Vitroceramic Cooktop For Interior Kitchen  LIFE ON BOARD MADE EVEN EASIER - The Leader 10.5 WA invites you to extend your stopovers on the water in the greatest comfort. Perfectly integrated into the profile of the boat, the optional T-top enables you, with the addition of a sun awning aft, to dine in the shade. The outdoor galley, backing the seats of the helm station, includes a fridge, electric grill, a gas burner, storage, or even a live well to hold the catch of the day. Down below, optionally equipped with air conditions, the spacious and com-fortable interior also features a second separate cabin aft. Forward, the traditional breakfast nook converts into a V-berth with separation curtain. This day boat has everything to give you a taste of cruising and nights at sea.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-jeanneau-leader-105-wa-s2668fe60aa757f5c6ed069af9</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760618281104967037968f0e729cc075.png</t>
-[...14 lines deleted...]
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1761742597135717059569020f0533fdf.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17677357151050356489695d81a3e9795.webp</t>
   </si>
   <si>
     <t>668eb197fcc0a3a015010f82</t>
   </si>
   <si>
     <t>2025 Blackfin 252CC</t>
   </si>
   <si>
-    <t>2025 Blackfin 252CC MSRP: $267,533Our Price: $175,000Options:Twin Mercury 225XL Four Stroke DTS - WhiteColored Hull SidesUnderside Hardtop ColorAnchor Windlass w/SS Anchor &amp; Thru Hull Roller HardwareHelm Floor Pad – SeadekTransom Shower w/Pressurized Water (Cold Only)Swim Platform Inlay – SeadekBow ShadeCockpit Table w/Seadek Inlay,Pedestal, Vertical Side MountPremium Stereo Upg Pkg, InclDual GPS/Chartplotter - 8612, 315 VHFTransducer B60 600 Watts (Garmin Electronics OptionToilet, Electric w/Holding Tank, Indicator &amp; Pump-Out DeckMacerator w/Overboard Discharge (Req. Electric ToiletFEATURES AT A GLANCE- No matter what your destination is, the 252CC will take you there in style and comfort. Designed for everyday performance and fishability, the 252CC’s unique hull design offers a smooth, dry, top performing ride. The 252CC is equipped with a fiberglass hardtop &amp; leaning post with a command center featuring a custom-designed helm seat with flip-up bolster, high protective windscreen, gunnel and hardtop mounted rod holders, baitwell and in-floor macerated fish-boxes with pump-outs, making the 252CC perfect for handling your big offshore fishing adventures.</t>
+    <t>2025 Blackfin 252CC MSRP: $267,533Our Price: $175,000Options:Twin Mercury 225XL Four Stroke DTS - WhiteColored Hull SidesUnderside Hardtop ColorAnchor Windlass w/SS Anchor &amp; Thru Hull Roller HardwareHelm Floor Pad – SeadekTransom Shower w/Pressurized Water (Cold Only)Swim Platform Inlay – SeadekBow ShadeCockpit Table w/Seadek Inlay,Pedestal, Vertical Side MountPremium Stereo Upg Pkg, InclDual GPS/Chartplotter - 8612, 315 VHFTransducer B60 600 Watts (Garmin Electronics Option)Toilet, Electric w/Holding Tank, Indicator &amp; Pump-Out DeckMacerator w/Overboard Discharge (Req. Electric Toilet)Now available at Bonita Boat Center in Bonita Springs, FL — this 2025 Blackfin 252CC is a salt-water ready offshore center console offered at a clearance price of $175,000, significantly below the original MSRP of $267,533. Built on Blackfin’s legendary 24′6″ hull with a wide 8′10″ beam and 140-gallon fuel tank, this 252CC is ideal for buyers searching “Blackfin 252CC for sale Florida,” “Blackfin center console clearance deal,” or “cheap Blackfin boats.” With factory-configured twin Mercury 225XL outboards, premium electronics, anchor windlass, luxury seating, massive storage, and fish-ready layout, this listing offers tournament-grade performance and luxury value in one exceptional package. Support from our full-service, factory-certified team ensures you’re buying more than a boat — you’re buying peace of mind from a trusted South Florida dealership.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-blackfin-252cc668eb197fcc0a3a015010f82</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760618101114445531068f0e675798a4.png</t>
   </si>
   <si>
-    <t>667b23cb7428241ee1079fab</t>
-[...13 lines deleted...]
-  <si>
     <t>6669b30f55499d84210964ab</t>
   </si>
   <si>
     <t>2026 Sea Hunt BX 22 BR</t>
   </si>
   <si>
-    <t>2026 Sea Hunt BX 22 BR Build Slot Available!You buy a Sea Hunt Boat because of the standard features! Whether you're running the flats hunting Redfish, or cruising the intercoastal waterways; our BX series gives you the freedom to head out on the water for adventure. With shallow drafts, dual casting platforms, lockable rod storage, and aerated livewells, the only question is " Did you bring enough bait"? Our distinguished Carolina Flare coupled with our sharp bow entry, provides you with the driest ride possible to go to the extreme! Our BX series gives you the capability to tell only the best of Fishing Tales!</t>
+    <t>2026 Sea Hunt BX 22 BR For Sale!Build Slot Available!You buy a Sea Hunt Boat because of the standard features! Whether you're running the flats hunting Redfish, or cruising the intercoastal waterways; our BX series gives you the freedom to head out on the water for adventure. With shallow drafts, dual casting platforms, lockable rod storage, and aerated livewells, the only question is " Did you bring enough bait"? Our distinguished Carolina Flare coupled with our sharp bow entry, provides you with the driest ride possible to go to the extreme! Our BX series gives you the capability to tell only the best of Fishing Tales!</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-bx-22-br6669b30f55499d84210964ab</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760560857193467894268f006d9d1ab4.png</t>
   </si>
   <si>
     <t>6658aaa563693da3da02c87e</t>
   </si>
   <si>
     <t>2025 Jeanneau LEADER 9.0 WA SERIES 2</t>
   </si>
   <si>
-    <t>2025 Jeanneau Leader 9.0 WA S2MSRP $278,850Options:Yamaha F250 X2 Nsb WhiteTrim Level PremiereElectronic Pack Garmin UpgradedPremium Fusion Audio Pack For Boat With Hard TopComfort Pack 115v-60hz UsaMooring KitAnchoring KitAft Cockpit Backrest Convertible Into SunpadFolding Side Bench On PortsideSunshade For Aft Cockpit - Dark SmokeSunshade For Front Cockpit - Dark SmokeRemovable Swim Ladder And Lifelines For Lateral TerraceSet Of Protective CoversAft Swim Platforms With TeakFiberglass Cockpit Table – RemovableFront Sundeck Upholstery With Meridian SeatsBow Thruster2 Underwater LightsGas Griddle In Exterior GalleyExterior Fridge In Leaning PostMicrowave Oven 115vUpgraded Bathroom With Shower Door And Toilet SeatDouble Berth In Salon Marlin Pure WhiteInterior CurtainsAutomatic Trim Tabs ZipwakeNew Pre-Rigging Yamaha 2x200-250 Sbw Electric Remote UsUpgrade Yamaha Joystick For Twin 250 Sbw WhiteHorn</t>
+    <t>2025 Jeanneau Leader 9.0 WA S2 For Sale!MSRP $278,850(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:Yamaha F250 X2 Nsb WhiteTrim Level PremiereElectronic Pack Garmin UpgradedPremium Fusion Audio Pack For Boat With Hard TopComfort Pack 115v-60hz UsaMooring KitAnchoring KitAft Cockpit Backrest Convertible Into SunpadFolding Side Bench On PortsideSunshade For Aft Cockpit - Dark SmokeSunshade For Front Cockpit - Dark SmokeRemovable Swim Ladder And Lifelines For Lateral TerraceSet Of Protective CoversAft Swim Platforms With TeakFiberglass Cockpit Table – RemovableFront Sundeck Upholstery With Meridian SeatsBow Thruster2 Underwater LightsGas Griddle In Exterior GalleyExterior Fridge In Leaning PostMicrowave Oven 115vUpgraded Bathroom With Shower Door And Toilet SeatDouble Berth In Salon Marlin Pure WhiteInterior CurtainsAutomatic Trim Tabs ZipwakeNew Pre-Rigging Yamaha 2x200-250 Sbw Electric Remote UsUpgrade Yamaha Joystick For Twin 250 Sbw WhiteHorn</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-jeanneau-leader-90-wa-series-26658aaa563693da3da02c87e</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760617659178005703368f0e4bb04713.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176615912772527126169457317d9c1e.webp</t>
   </si>
   <si>
     <t>663be0cd9ce10f89930552f9</t>
   </si>
   <si>
     <t>2025 Axis A245</t>
   </si>
   <si>
-    <t>2025 Axis A245Build Slot Available!Go All Out With The All-New A245GROUND-BREAKING PERFORMANCECompletely new from bow to stern, the Axis A245 is without question the crown jewel of the Axis line-up. Highlighted by an all-new, state-of-the-art hull profile for enhanced on-water performance and an all-new aggressive look, this 18-seat pickle-fork wakeboat comes with easy-to-access, deep storage, and plenty of seating for all your friends and family. Built with standard features including a walkthrough lounge design, a seven-inch Garmin touchscreen, and the AW20 tower, the A245 has everything your crew needs for non-stop thrills. And, as the most aggressive Axis yet, the A245 punches well above its class delivering a world-class experience behind the boat without breaking the bank. The A245 generates clean, ocean-like waves with plenty of push and a wakeboard wake that pros dream of — and they are fully customizable so that riders of every skill level, age, and ability can have fun. We've truly thought of everything to deliver an on-the-water experience you've never experienced before.</t>
+    <t>2025 Axis A245 For Sale!Build Slot Available!Go All Out With The All-New A245GROUND-BREAKING PERFORMANCECompletely new from bow to stern, the Axis A245 is without question the crown jewel of the Axis line-up. Highlighted by an all-new, state-of-the-art hull profile for enhanced on-water performance and an all-new aggressive look, this 18-seat pickle-fork wakeboat comes with easy-to-access, deep storage, and plenty of seating for all your friends and family. Built with standard features including a walkthrough lounge design, a seven-inch Garmin touchscreen, and the AW20 tower, the A245 has everything your crew needs for non-stop thrills. And, as the most aggressive Axis yet, the A245 punches well above its class delivering a world-class experience behind the boat without breaking the bank. The A245 generates clean, ocean-like waves with plenty of push and a wakeboard wake that pros dream of — and they are fully customizable so that riders of every skill level, age, and ability can have fun. We've truly thought of everything to deliver an on-the-water experience you've never experienced before.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-axis-a245663be0cd9ce10f89930552f9</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176054785865788803968efd4129fbf6.png</t>
   </si>
   <si>
-    <t>663be0cd9ce10f89930552f3</t>
-[...10 lines deleted...]
-  <si>
     <t>663bbda833fed713e809d9b0</t>
   </si>
   <si>
     <t>2026 Jeanneau Leader 7.5 WA Series 3</t>
   </si>
   <si>
-    <t>2026 Jeanneau LEADER 7.5 Series 3Build Slot Available!Options:Yamaha F300 Nsb2 White - Yamaha Joystick NsbLeaning Post Version With Cockpit GalleyTrim Level Premiere 2022Electronic Pack 2022 Garmin UpgradedAudio Pack 2022 Fusion Ra70nElectrical WindlassControl Of Windlass From Pilot StationRequires The Windlass OptionAnchoring KitSunshade For Aft Cockpit For T-Top - Dark SmokeSunshade For Front Sunpad For T-Top - Dark SmokeBow Platform With LadderAluminium T-Top With Fiberglass Roof - Black LegsSwimming Platforms With TeakCockpit Table LuxeFront Sundeck Mattress With Lifting BackrestBackrests For The Aft Cockpit Side Seats Luxe110v 60hz Shore Power Socket + Battery ChargerLed Lights In The CockpitDouble Berth ComplementCabin And Door CurtainsMarine Toilet With Holding TankAutomatic Trim Tabs ZipwakeHornOpening Deck HatchTeak Batten On The Cockpit Floor For Leaning Post VersionDesigned by Michael Peters in collaboration with Sarrazin Design, the Leader 7.5 Series 3 brings together exceptional performance, all-around good looks, and great onboard living into one impressive 25-foot package. Powered by a single 300HP outboard Yamaha engine, the new Leader 7.5 Series 3 is a revival of its predecessor the Leader 7.5 Series 2 but includes a newly designed Michael Peter’s hull giving it greater performance. Reach a top speed of 46+ mph while you will cruise comfortably at 30 mph. The extended flush swim platforms allow easy access onboard for your crew. Beginning all the way aft, the U-shaped bench complete with a center table provides plenty of seating that cleverly folds away when not in use. New this year is the optional entertainment island complete with sink, fridge, and optional gas stove or live-well.True to the Jeanneau DNA, the Leader 7.5 Series 3 has a new, optional fiberglass t-top along with a sleek black profile windscreen. Moving forward to the bow, a sun pad stretched the full width with two adjustable backrests, perfect for those days in the sun. Both entertainment spaces can be fully protected from the sun with option sunshades. Slip below and you'll find a nice spacious salon with plenty of seating, a small galley, and a private head. For overnights, the seating area easily converts to make a double berth, making the Leader 7.5 Series 3 much more than just a day boat.</t>
+    <t>2026 Jeanneau LEADER 7.5 Series 3 For Sale!Build Slot Available!Options:Yamaha F300 Nsb2 White - Yamaha Joystick NsbLeaning Post Version With Cockpit GalleyTrim Level Premiere 2022Electronic Pack 2022 Garmin UpgradedAudio Pack 2022 Fusion Ra70nElectrical WindlassControl Of Windlass From Pilot StationRequires The Windlass OptionAnchoring KitSunshade For Aft Cockpit For T-Top - Dark SmokeSunshade For Front Sunpad For T-Top - Dark SmokeBow Platform With LadderAluminium T-Top With Fiberglass Roof - Black LegsSwimming Platforms With TeakCockpit Table LuxeFront Sundeck Mattress With Lifting BackrestBackrests For The Aft Cockpit Side Seats Luxe110v 60hz Shore Power Socket + Battery ChargerLed Lights In The CockpitDouble Berth ComplementCabin And Door CurtainsMarine Toilet With Holding TankAutomatic Trim Tabs ZipwakeHornOpening Deck HatchTeak Batten On The Cockpit Floor For Leaning Post VersionDesigned by Michael Peters in collaboration with Sarrazin Design, the Leader 7.5 Series 3 brings together exceptional performance, all-around good looks, and great onboard living into one impressive 25-foot package. Powered by a single 300HP outboard Yamaha engine, the new Leader 7.5 Series 3 is a revival of its predecessor the Leader 7.5 Series 2 but includes a newly designed Michael Peter’s hull giving it greater performance. Reach a top speed of 46+ mph while you will cruise comfortably at 30 mph. The extended flush swim platforms allow easy access onboard for your crew. Beginning all the way aft, the U-shaped bench complete with a center table provides plenty of seating that cleverly folds away when not in use. New this year is the optional entertainment island complete with sink, fridge, and optional gas stove or live-well.True to the Jeanneau DNA, the Leader 7.5 Series 3 has a new, optional fiberglass t-top along with a sleek black profile windscreen. Moving forward to the bow, a sun pad stretched the full width with two adjustable backrests, perfect for those days in the sun. Both entertainment spaces can be fully protected from the sun with option sunshades. Slip below and you'll find a nice spacious salon with plenty of seating, a small galley, and a private head. For overnights, the seating area easily converts to make a double berth, making the Leader 7.5 Series 3 much more than just a day boat.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-leader-75-wa-series-3663bbda833fed713e809d9b0</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760548002111428371568efd4a2afaab.png</t>
   </si>
   <si>
     <t>663bb69e956ccaea090a8dfa</t>
   </si>
   <si>
     <t>2026 Jeanneau Leader 6.5 WA Series 3</t>
   </si>
   <si>
-    <t>2026 Jeanneau Leader 6.5 WA Series 3Build Slot Available!The Leader 6.5 WA Series 3 benefits from an excellent hull designed by Michael Peters. Her powerful, solid design corresponds perfectly with the Leader WA line. This comfortable 20 foot model offers delightful family outings with her incredibly ergonomic design and spacious layout. Every detail has been considered for an inviting atmosphere and easy life on board.The Leader 6.5 WA Series 3 demonstrates tremendous on-board capacities. Forward, the extremely large recessed sundeck is particularly secure. To the aft, the model features a large U-shaped cockpit that transforms into a sundeck. The long, flush aft swim platforms correspond with key features of the new generation. On the interior, the Leader 6.5 WA Series3 offers a magnificent, spacious cabin with double berth as well as a WC. Chic, comfortable, and versatile, the Leader 6.5 WA Series 3 is the ultimate family boat and is sure to become a reference in its class.DisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
+    <t>2026 Jeanneau Leader 6.5 WA Series 3 For Sale!Build Slot Available!The Leader 6.5 WA Series 3 benefits from an excellent hull designed by Michael Peters. Her powerful, solid design corresponds perfectly with the Leader WA line. This comfortable 20 foot model offers delightful family outings with her incredibly ergonomic design and spacious layout. Every detail has been considered for an inviting atmosphere and easy life on board.The Leader 6.5 WA Series 3 demonstrates tremendous on-board capacities. Forward, the extremely large recessed sundeck is particularly secure. To the aft, the model features a large U-shaped cockpit that transforms into a sundeck. The long, flush aft swim platforms correspond with key features of the new generation. On the interior, the Leader 6.5 WA Series3 offers a magnificent, spacious cabin with double berth as well as a WC. Chic, comfortable, and versatile, the Leader 6.5 WA Series 3 is the ultimate family boat and is sure to become a reference in its class.DisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-leader-65-wa-series-3663bb69e956ccaea090a8dfa</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176054811012852787968efd50e37cfe.png</t>
   </si>
   <si>
     <t>663bb69e956ccaea090a8df8</t>
   </si>
   <si>
     <t>2025 Malibu Wakesetter 25 LSV</t>
   </si>
   <si>
-    <t>2025 MALIBU 25 LSV Build Slot Available!The 25 LSV is where luxury meets performance. At 25 feet, this boat is the longest in the Luxury Sport V-Drive Series. Cut through big-lake chop, double-ups and rolling surf waves with the sleek traditional bow even while fully loaded with an 18-person crew and topped-off ballast. Stretch out and grab some sun in the oversized wraparound lounge, or convert the space into a dining room with the Multi View Wake Bench.DisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
+    <t>2025 MALIBU 25 LSV For Sale!Build Slot Available!The 25 LSV is where luxury meets performance. At 25 feet, this boat is the longest in the Luxury Sport V-Drive Series. Cut through big-lake chop, double-ups and rolling surf waves with the sleek traditional bow even while fully loaded with an 18-person crew and topped-off ballast. Stretch out and grab some sun in the oversized wraparound lounge, or convert the space into a dining room with the Multi View Wake Bench.DisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-malibu-wakesetter-25-lsv663bb69e956ccaea090a8df8</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176054821493360246968efd5762736f.png</t>
   </si>
   <si>
     <t>663bb69e956ccaea090a8df6</t>
   </si>
   <si>
     <t>2026 Jeanneau Leader 12.5 WA</t>
   </si>
   <si>
-    <t>2026 Jeanneau Leader 12.5 Build Slot Available!A LAVISH DAY CRUISER JAM PACKED WITH SURPRISESEven if the Leader 12.5 benefits from generous size, its designers worked to maximize the possibilities offered for each square metre/foot. The result is an extremely comfortable boat, with a multi mission attitude, a do-everything layout above paired with a lower deck that combines clever and comfortable space for overnighting. The forward sundeck doubles as a saloon, with raised triple chaise lounge seating and facing bench seating, with removeable table, backing the anchor locker. An electric drop-down terrace to port provides easy access for swimming, while extending the width of the cockpit. On the interior, the owner's cabin, located amidship, features a double berth and a single berth, which can be combined to create one immense king-size berth. The fully equipped galley is complete with a ceramic cooktop, fridge, optional mi-crowave, plus storage while the forward salon seating transforms into an additional king-sized berth.DisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
+    <t>2026 Jeanneau Leader 12.5 For Sale!Build Slot Available!A LAVISH DAY CRUISER JAM PACKED WITH SURPRISESEven if the Leader 12.5 benefits from generous size, its designers worked to maximize the possibilities offered for each square metre/foot. The result is an extremely comfortable boat, with a multi mission attitude, a do-everything layout above paired with a lower deck that combines clever and comfortable space for overnighting. The forward sundeck doubles as a saloon, with raised triple chaise lounge seating and facing bench seating, with removeable table, backing the anchor locker. An electric drop-down terrace to port provides easy access for swimming, while extending the width of the cockpit. On the interior, the owner's cabin, located amidship, features a double berth and a single berth, which can be combined to create one immense king-size berth. The fully equipped galley is complete with a ceramic cooktop, fridge, optional mi-crowave, plus storage while the forward salon seating transforms into an additional king-sized berth.DisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-leader-125-wa663bb69e956ccaea090a8df6</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760547684102935871668efd364f3ddc.png</t>
   </si>
   <si>
     <t>663bb69e956ccaea090a8df4</t>
   </si>
   <si>
     <t>2025 Axis A225</t>
   </si>
   <si>
-    <t xml:space="preserve">2025 Axis A225Build Slot Available!The Watersports Playground of Your Dreams!Inspired by the battle-proven classic and best-selling Axis of all time, the A225 brings the signature blend of value, performance, and technology into a stylish new package. Big enough to make a pro-level wake or wave and give your crew plenty of space, but small enough to fit in standard garages or size-restricted waterways, you won’t believe the power and endless on-the-water fun packed in this midsize wake boat.FEATURESMalibu Monsoon EngineAxis is powered with a Malibu Monsoon M5Di or M6Di. These Engines were designed and developed to bring you even better reliability, performance, fuel economy, and sound reduction.Big Surf SoundNo set is complete without a playlist and with Axis you have your choice of crystal-clear Wet Sound audio package. Sync to Bluetooth while you're in the boat, or for ultimate control, dial in your audio levels while you're riding with Surf Band.Axis AE20 TowerNo Axis is complete whiteout its matching tower. Opt for the shock package for even smoother raising and lowering.Axis TrailerThere's no better way to haul your Axis boat than with an Axis trailer. We hired the best team of craftspeople in the business to custom-build trailers that match our boats in engineering and quality. We make Axis trailers in the same Loudon, Tennessee, facility  where we build boats and where our corporate headquarters is located. When you buy Axis trailer, you're assured that your Axis boat will fit properly and securely with no clearance issues.  </t>
+    <t xml:space="preserve">2025 Axis A225 For Sale!Build Slot Available!The Watersports Playground of Your Dreams!Inspired by the battle-proven classic and best-selling Axis of all time, the A225 brings the signature blend of value, performance, and technology into a stylish new package. Big enough to make a pro-level wake or wave and give your crew plenty of space, but small enough to fit in standard garages or size-restricted waterways, you won’t believe the power and endless on-the-water fun packed in this midsize wake boat.FEATURESMalibu Monsoon EngineAxis is powered with a Malibu Monsoon M5Di or M6Di. These Engines were designed and developed to bring you even better reliability, performance, fuel economy, and sound reduction.Big Surf SoundNo set is complete without a playlist and with Axis you have your choice of crystal-clear Wet Sound audio package. Sync to Bluetooth while you're in the boat, or for ultimate control, dial in your audio levels while you're riding with Surf Band.Axis AE20 TowerNo Axis is complete whiteout its matching tower. Opt for the shock package for even smoother raising and lowering.Axis TrailerThere's no better way to haul your Axis boat than with an Axis trailer. We hired the best team of craftspeople in the business to custom-build trailers that match our boats in engineering and quality. We make Axis trailers in the same Loudon, Tennessee, facility  where we build boats and where our corporate headquarters is located. When you buy Axis trailer, you're assured that your Axis boat will fit properly and securely with no clearance issues.  </t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-axis-a225663bb69e956ccaea090a8df4</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176055263480708927268efe6ba504fb.png</t>
   </si>
   <si>
     <t>663bb69e956ccaea090a8df2</t>
   </si>
   <si>
     <t>2025 Axis T235</t>
   </si>
   <si>
-    <t xml:space="preserve">2025 Axis T235Build Slot Available!Built on the backbone of performance that made the T23 so popular, the T235 takes on-the-water performance to a whole new level. Designed, engineered, and handcrafted specifically for wakeboarding and wakesurfing, the T235 sits at 23.5ft long and is just enough boat to make world-class wakes and waves while still being easy to maneuver and tow. Featuring classic, traditional bow lines, and bold styling, your entire 16-person crew can ride in style with plenty of speakers, cup holders, and storage in the bow and wraparound lounge. For many families, it’s the perfect compromise.FEATURESMalibu Monsoon EngineAxis is powered with a Malibu Monsoon M5Di or M6Di. These Engines were designed and developed to bring you even better reliability, performance, fuel economy, and sound reduction.Big Surf SoundNo set is complete without a playlist and with Axis you have your choice of crystal-clear Wet Sound audio package. Sync to Bluetooth while you're in the boat, or for ultimate control, dial in your audio levels while you're riding with Surf Band.Axis AE20 TowerNo Axis is complete whiteout its matching tower. Opt for the shock package for even smoother raising and lowering.Axis TrailerThere's no better way to haul your Axis boat than with an Axis trailer. We hired the best team of craftspeople in the business to custom-build trailers that match our boats in engineering and quality. We make Axis trailers in the same Loudon, Tennessee, facility  where we build boats and where our corporate headquarters is located. When you buy Axis trailer, you're assured that your Axis boat will fit properly and securely with no clearance issues.  </t>
+    <t xml:space="preserve">2025 Axis T235 For Sale!Build Slot Available!Built on the backbone of performance that made the T23 so popular, the T235 takes on-the-water performance to a whole new level. Designed, engineered, and handcrafted specifically for wakeboarding and wakesurfing, the T235 sits at 23.5ft long and is just enough boat to make world-class wakes and waves while still being easy to maneuver and tow. Featuring classic, traditional bow lines, and bold styling, your entire 16-person crew can ride in style with plenty of speakers, cup holders, and storage in the bow and wraparound lounge. For many families, it’s the perfect compromise.FEATURESMalibu Monsoon EngineAxis is powered with a Malibu Monsoon M5Di or M6Di. These Engines were designed and developed to bring you even better reliability, performance, fuel economy, and sound reduction.Big Surf SoundNo set is complete without a playlist and with Axis you have your choice of crystal-clear Wet Sound audio package. Sync to Bluetooth while you're in the boat, or for ultimate control, dial in your audio levels while you're riding with Surf Band.Axis AE20 TowerNo Axis is complete whiteout its matching tower. Opt for the shock package for even smoother raising and lowering.Axis TrailerThere's no better way to haul your Axis boat than with an Axis trailer. We hired the best team of craftspeople in the business to custom-build trailers that match our boats in engineering and quality. We make Axis trailers in the same Loudon, Tennessee, facility  where we build boats and where our corporate headquarters is located. When you buy Axis trailer, you're assured that your Axis boat will fit properly and securely with no clearance issues.  </t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-axis-t235663bb69e956ccaea090a8df2</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176055277174369425468efe743c975e.png</t>
   </si>
   <si>
     <t>663bb69e956ccaea090a8df0</t>
   </si>
   <si>
     <t>2025 Axis T250</t>
   </si>
   <si>
-    <t xml:space="preserve">2025 Axis T250Build Slot Available!Super Advanced 25-Footer- THE BIGGEST AXIS BOAT YETThe Axis T250 makes history as the longest boat ever produced by Axis. With bold styling, spacious seating, proven technology, and signature Axis performance, the T250 is ready for all your friends and family. Thanks to Axis design innovations, the 25-foot T250 is still nimble on the water for quick returns to fallen riders and precise docking. The lines of the T250 are guaranteed to turn heads whether it's being towed to the ramp or running down the lake.FEATURESMalibu Monsoon EngineAxis is powered with a Malibu Monsoon M5Di or M6Di. These Engines were designed and developed to bring you even better reliability, performance, fuel economy, and sound reduction.Big Surf SoundNo set is complete without a playlist and with Axis you have your choice of crystal-clear Wet Sound audio package. Sync to Bluetooth while you're in the boat, or for ultimate control, dial in your audio levels while you're riding with Surf Band.Axis AE20 TowerNo Axis is complete whiteout its matching tower. Opt for the shock package for even smoother raising and lowering.Axis TrailerThere's no better way to haul your Axis boat than with an Axis trailer. We hired the best team of craftspeople in the business to custom-build trailers that match our boats in engineering and quality. We make Axis trailers in the same Loudon, Tennessee, facility  where we build boats and where our corporate headquarters is located. When you buy Axis trailer, you're assured that your Axis boat will fit properly and securely with no clearance issues.  </t>
+    <t xml:space="preserve">2025 Axis T250 For Sale!Build Slot Available!Super Advanced 25-Footer- THE BIGGEST AXIS BOAT YETThe Axis T250 makes history as the longest boat ever produced by Axis. With bold styling, spacious seating, proven technology, and signature Axis performance, the T250 is ready for all your friends and family. Thanks to Axis design innovations, the 25-foot T250 is still nimble on the water for quick returns to fallen riders and precise docking. The lines of the T250 are guaranteed to turn heads whether it's being towed to the ramp or running down the lake.FEATURESMalibu Monsoon EngineAxis is powered with a Malibu Monsoon M5Di or M6Di. These Engines were designed and developed to bring you even better reliability, performance, fuel economy, and sound reduction.Big Surf SoundNo set is complete without a playlist and with Axis you have your choice of crystal-clear Wet Sound audio package. Sync to Bluetooth while you're in the boat, or for ultimate control, dial in your audio levels while you're riding with Surf Band.Axis AE20 TowerNo Axis is complete whiteout its matching tower. Opt for the shock package for even smoother raising and lowering.Axis TrailerThere's no better way to haul your Axis boat than with an Axis trailer. We hired the best team of craftspeople in the business to custom-build trailers that match our boats in engineering and quality. We make Axis trailers in the same Loudon, Tennessee, facility  where we build boats and where our corporate headquarters is located. When you buy Axis trailer, you're assured that your Axis boat will fit properly and securely with no clearance issues.  </t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-axis-t250663bb69e956ccaea090a8df0</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176055296813667817668efe808dd960.png</t>
   </si>
   <si>
     <t>663bb69e956ccaea090a8dee</t>
   </si>
   <si>
     <t>2025 Axis A20</t>
   </si>
   <si>
-    <t xml:space="preserve">2025 Axis A20Build Slot Available!The A20 does it all from wakeboarding to wakesurfing with wake innovations that make the transition happen at the touch of a few buttons. Still big enough to make a great wake or wave but small enough to fit in standard garages and on size-restricted waterways, you won’t believe what the A20 can do. We dare you to underestimate this compact powerhouse.FEATURESMalibu Monsoon EngineAxis is powered with a Malibu Monsoon M5Di or M6Di. These Engines were designed and developed to bring you even better reliability, performance, fuel economy, and sound reduction.Big Surf SoundNo set is complete without a playlist and with Axis you have your choice of crystal-clear Wet Sound audio package. Sync to Bluetooth while you're in the boat, or for ultimate control, dial in your audio levels while you're riding with Surf Band.Axis AE20 TowerNo Axis is complete whiteout its matching tower. Opt for the shock package for even smoother raising and lowering.Axis TrailerThere's no better way to haul your Axis boat than with an Axis trailer. We hired the best team of craftspeople in the business to custom-build trailers that match our boats in engineering and quality. We make Axis trailers in the same Loudon, Tennessee, facility  where we build boats and where our corporate headquarters is located. When you buy Axis trailer, you're assured that your Axis boat will fit properly and securely with no clearance issues.  </t>
+    <t xml:space="preserve">2025 Axis A20 For Sale!Build Slot Available!The A20 does it all from wakeboarding to wakesurfing with wake innovations that make the transition happen at the touch of a few buttons. Still big enough to make a great wake or wave but small enough to fit in standard garages and on size-restricted waterways, you won’t believe what the A20 can do. We dare you to underestimate this compact powerhouse.FEATURESMalibu Monsoon EngineAxis is powered with a Malibu Monsoon M5Di or M6Di. These Engines were designed and developed to bring you even better reliability, performance, fuel economy, and sound reduction.Big Surf SoundNo set is complete without a playlist and with Axis you have your choice of crystal-clear Wet Sound audio package. Sync to Bluetooth while you're in the boat, or for ultimate control, dial in your audio levels while you're riding with Surf Band.Axis AE20 TowerNo Axis is complete whiteout its matching tower. Opt for the shock package for even smoother raising and lowering.Axis TrailerThere's no better way to haul your Axis boat than with an Axis trailer. We hired the best team of craftspeople in the business to custom-build trailers that match our boats in engineering and quality. We make Axis trailers in the same Loudon, Tennessee, facility  where we build boats and where our corporate headquarters is located. When you buy Axis trailer, you're assured that your Axis boat will fit properly and securely with no clearance issues.  </t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-axis-a20663bb69e956ccaea090a8dee</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760552884119686386568efe7b477d09.png</t>
   </si>
   <si>
     <t>663bb69e956ccaea090a8dec</t>
   </si>
   <si>
     <t>2025 Malibu Wakesetter 24 MXZ</t>
   </si>
   <si>
-    <t>2025 MALIBU 24MXZBuild Slot Available! MXZ stands for maximized space, luxury and performance—and the 24 MXZ delivers all of that and more. Famous for its perfect wakes and waves, sharp styling mixed with cutting-edge technology, and the most spacious bow in the Malibu line, the 24 MXZ is bold and maximized. With new innovations, a luxurious new interior and unbelievable performance behind the boat, the 24 MXZ is the ultimate pickle-fork.Manufacturer Provided DescriptionMXZ stands for maximized space, luxury and performance—and the 24 MXZ delivers all of that and more. Famous for its perfect wakes and waves, sharp styling mixed with cutting-edge technology, and the most spacious bow in the Malibu line, the 24 MXZ is bold and maximized. The 24 MXZ is the ultimate pickle-fork packed with innovations, a luxurious interior and the unbelievable performance behind the boat.</t>
+    <t>2025 MALIBU 24MXZ For Sale!Build Slot Available! MXZ stands for maximized space, luxury and performance—and the 24 MXZ delivers all of that and more. Famous for its perfect wakes and waves, sharp styling mixed with cutting-edge technology, and the most spacious bow in the Malibu line, the 24 MXZ is bold and maximized. With new innovations, a luxurious new interior and unbelievable performance behind the boat, the 24 MXZ is the ultimate pickle-fork.Manufacturer Provided DescriptionMXZ stands for maximized space, luxury and performance—and the 24 MXZ delivers all of that and more. Famous for its perfect wakes and waves, sharp styling mixed with cutting-edge technology, and the most spacious bow in the Malibu line, the 24 MXZ is bold and maximized. The 24 MXZ is the ultimate pickle-fork packed with innovations, a luxurious interior and the unbelievable performance behind the boat.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-malibu-wakesetter-24-mxz663bb69e956ccaea090a8dec</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176055906246288987268efffd6e9e37.png</t>
   </si>
   <si>
     <t>663bb69e956ccaea090a8dea</t>
   </si>
   <si>
     <t>2025 Malibu Wakesetter 21 LX</t>
   </si>
   <si>
-    <t>2025 MALIBU 21LXBuild Slot Available!Hybrid Wakesetter with Rock-Solid Wake PerformanceThe Malibu Wakesetter 21 LX pulls from a pedigree of models that preceded it to deliver the performance expected from a true Malibu Wakesetter. One of the most unique characteristics of the 21 LX is the Hybrid Bow which incorporates the sharp lines of the traditional bow to cut smoothly through the water with the space of a pickle-fork bow. Versatility, comfort, and ultimate convenience are the hallmarks of the 21 LX—making it the perfect entry point for Malibu’s Wakesetter line-up.Manufacturer Provided DescriptionThe Malibu Wakesetter 21 LX pulls from a pedigree of models that preceded it to deliver the performance expected from a true Malibu Wakesetter. One of the most unique characteristics of the 21 LX is the Hybrid Bow which incorporates the sharp lines of the traditional bow to cut smoothly through the water with the space of a pickle-fork bow. Versatility, comfort, and ultimate convenience are the hallmarks of the 21 LX—making it the perfect entry point for Malibu’s Wakesetter line-up.</t>
+    <t>2025 MALIBU 21LX For Sale!Build Slot Available!Hybrid Wakesetter with Rock-Solid Wake PerformanceThe Malibu Wakesetter 21 LX pulls from a pedigree of models that preceded it to deliver the performance expected from a true Malibu Wakesetter. One of the most unique characteristics of the 21 LX is the Hybrid Bow which incorporates the sharp lines of the traditional bow to cut smoothly through the water with the space of a pickle-fork bow. Versatility, comfort, and ultimate convenience are the hallmarks of the 21 LX—making it the perfect entry point for Malibu’s Wakesetter line-up.Manufacturer Provided DescriptionThe Malibu Wakesetter 21 LX pulls from a pedigree of models that preceded it to deliver the performance expected from a true Malibu Wakesetter. One of the most unique characteristics of the 21 LX is the Hybrid Bow which incorporates the sharp lines of the traditional bow to cut smoothly through the water with the space of a pickle-fork bow. Versatility, comfort, and ultimate convenience are the hallmarks of the 21 LX—making it the perfect entry point for Malibu’s Wakesetter line-up.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-malibu-wakesetter-21-lx663bb69e956ccaea090a8dea</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760559276122235938568f000acce58a.png</t>
   </si>
   <si>
     <t>663bb69e956ccaea090a8de6</t>
   </si>
   <si>
     <t>2026 Jeanneau Leader 7.5 CC</t>
   </si>
   <si>
-    <t>2026 JEANNEAU Leader 7.5 CCBuild Slot Available!Options:Yamaha F300 NcbLeaning Post Version With Cockpit GalleyTrim Level Premiere 2022Electronic Pack 2022 Garmin UpgradedAudio Pack 2022 Fusion Ra70nControl Of Windlass From Pilot StationElectrical WindlassAnchoring KitDark Smoke Sunshade For Aft Cockpit For T-TopDark Smoke Sunshade For Front Cockpit For T-TopBowplatform With LadderAluminium T-Top With Fiberglass Roof White LegsSwimming Platforms With TeakCockpit Table LuxeBaitwell With Salt Water Pump For Circulation And Deck WashBackrests For The Aft Cockpit Side Seats LuxeForward Cockpit Backrests And Remov Forward Facing BackrestBackrest On Front ConsoleFront Sunpad110v 60hz Shore Power Socket + Battery ChargerLed Lights In The CockpitDouble Berth ComplementMattress In The Front Cabin For Single BerthMarine Toilet With Holding TankAutomatic Trim Tabs ZipwakeHornTeak Batten on the Cockpit Floor for Leaning Post Version Designed by Michael Peters, the Leader 7.5 CC Series 3 with its performance hull, clever design, and attention to comfort onboard, sets this center console in a category all its own.At 25’ 4”, the 7.5 CC Series 3 is in many ways the perfect size boat for so many of our clients. Powered by a single Yamaha outboard with a maximum of 300HP, the Leader 7.5 CC Series 3 will easily get you to where you want to be quickly, safely and in total comfort. With a cruising speed of 30 mph and with a top speed of 46+ mph, you can cruise for 200 miles before another fuel up.With a hull design by Michael Peters, The Series 3 holds true to the Jeanneau DNA with her dynamic lines and a sporty attitude. A fiberglass T-top was added for full sun protection at the helm, while the XXL large flush swim platforms make it easy to board on either port or starboard. Despite the enormous popularity of the center cockpit design, a real drawback is often a lack of comfortable places to sit and hang out. Not so aboard the 7.5 CC Series 3. Beginning all the way aft, the U-shaped bench complete with a center table provides a plethora of seating that cleverly folds away when not in use. Also included is an optional leaning post with an exterior galley complete with a fridge or live-well. More great seating that can quickly convert to a massive lounge area can be found all the way forward directly in front of the helm station. The bench seat hatch in front of the helm also fully opens to down below allowing you to stow cushions and toys easily. Both forward and aft cockpits can be fully protected from the sun with an optional sunshade. There is even a double berth below complete with a marine toilet making overnights easily accomplished aboard the Leader 7.55 CC Series 3.  DisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
+    <t>2026 JEANNEAU Leader 7.5 CC For Sale!Build Slot Available!Options:Yamaha F300 NcbLeaning Post Version With Cockpit GalleyTrim Level Premiere 2022Electronic Pack 2022 Garmin UpgradedAudio Pack 2022 Fusion Ra70nControl Of Windlass From Pilot StationElectrical WindlassAnchoring KitDark Smoke Sunshade For Aft Cockpit For T-TopDark Smoke Sunshade For Front Cockpit For T-TopBowplatform With LadderAluminium T-Top With Fiberglass Roof White LegsSwimming Platforms With TeakCockpit Table LuxeBaitwell With Salt Water Pump For Circulation And Deck WashBackrests For The Aft Cockpit Side Seats LuxeForward Cockpit Backrests And Remov Forward Facing BackrestBackrest On Front ConsoleFront Sunpad110v 60hz Shore Power Socket + Battery ChargerLed Lights In The CockpitDouble Berth ComplementMattress In The Front Cabin For Single BerthMarine Toilet With Holding TankAutomatic Trim Tabs ZipwakeHornTeak Batten on the Cockpit Floor for Leaning Post Version Designed by Michael Peters, the Leader 7.5 CC Series 3 with its performance hull, clever design, and attention to comfort onboard, sets this center console in a category all its own.At 25’ 4”, the 7.5 CC Series 3 is in many ways the perfect size boat for so many of our clients. Powered by a single Yamaha outboard with a maximum of 300HP, the Leader 7.5 CC Series 3 will easily get you to where you want to be quickly, safely and in total comfort. With a cruising speed of 30 mph and with a top speed of 46+ mph, you can cruise for 200 miles before another fuel up.With a hull design by Michael Peters, The Series 3 holds true to the Jeanneau DNA with her dynamic lines and a sporty attitude. A fiberglass T-top was added for full sun protection at the helm, while the XXL large flush swim platforms make it easy to board on either port or starboard. Despite the enormous popularity of the center cockpit design, a real drawback is often a lack of comfortable places to sit and hang out. Not so aboard the 7.5 CC Series 3. Beginning all the way aft, the U-shaped bench complete with a center table provides a plethora of seating that cleverly folds away when not in use. Also included is an optional leaning post with an exterior galley complete with a fridge or live-well. More great seating that can quickly convert to a massive lounge area can be found all the way forward directly in front of the helm station. The bench seat hatch in front of the helm also fully opens to down below allowing you to stow cushions and toys easily. Both forward and aft cockpits can be fully protected from the sun with an optional sunshade. There is even a double berth below complete with a marine toilet making overnights easily accomplished aboard the Leader 7.55 CC Series 3.  DisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-leader-75-cc663bb69e956ccaea090a8de6</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176055953891589111168f001b26d4fe.png</t>
   </si>
   <si>
     <t>663aa46a0a3831fcd60d8b54</t>
   </si>
   <si>
     <t>2026 Jeanneau Leader 9.0 CC</t>
   </si>
   <si>
-    <t xml:space="preserve">2026 JEANNEAU LEADER 9.0 CCBuild Slot Available!Game changing center console! Comfortable and easy to handle, clever and spacious, the Leader 9.0 CC shines in its versatility.  It is the ideal companion for all your water activities, which you can enjoy alone or in a group of up to 11 people. SEANAPPS Technology on board! Sport fishing, outings with family, or cruising with a friend! The Leader 9.0 CC offers you multiple ways to experience the water. Particularly well adapted for sport fishing, it features large sidedecks on one level for ease of movement around the boat, a vast storage locker, and in standard version, a leaning post incorporating a live well, a cooler, and rod holders. For use with family and friends, the leaning post can be equipped with a grill or stove, sink, refrigerator and tons of storage. While the helm station has sleek seating for three while the vast forward and aft cockpits enable you to vary your activities, whether cruising or at anchor, where they can be transformed into a sundeck or saloon in a snap. Down below, the Leader 9.0 CC features a bright double berth with clever storage, as well as a separate shower and head compartment. An additional space can even be easily converted into an additional berth for two children. For family outings, boisterous fishing trips, or drinks with friends before a sunset… The Leader 9.0 CC is there for all your favorite moments on the water.  Manufacturer Provided DescriptionThe Leader 9.0 Center Console is a 30-footer that has now made its way to North America -- being the first Center Console of the Jeanneau Leader Range. Once again, Jeanneau managed to design a powerboat with unique features for the American Market. It is the only 30-foot Center Console with a double berth down below, a separate shower and head compartment, optional air conditioning, and optional generator. Look no further -- this is the center console revolution you've been waiting for. Sidedecks on one level allow for ease of movement around the deck. To the aft, the swim platforms allow for easy access to the water. A L-shaped seating area around a table has two additional folding bench seats on the port side creates a large seating area for entertaining. By day, the table can be transformed into a large sundeck. The optional outside galley is fully equipped with a fridge, stove, sink and storage compartments.The helm station has sleek seating for three and is shaded with a hardtop. Moving to the forward lounge. A U-shaped couch can be completed with an optional table and converted into a vast sundeck. Whether you're cruising for a weekend away or enjoying a sunset cruise with friends -- the Leader 9.0 CC can accommodate up to 11 onboard and is powered by twin 200 Hp (up to 250 Hp for more performance) engines. </t>
+    <t xml:space="preserve">2026 JEANNEAU LEADER 9.0 CC For Sale!Build Slot Available!Game changing center console! Comfortable and easy to handle, clever and spacious, the Leader 9.0 CC shines in its versatility.  It is the ideal companion for all your water activities, which you can enjoy alone or in a group of up to 11 people. SEANAPPS Technology on board! Sport fishing, outings with family, or cruising with a friend! The Leader 9.0 CC offers you multiple ways to experience the water. Particularly well adapted for sport fishing, it features large sidedecks on one level for ease of movement around the boat, a vast storage locker, and in standard version, a leaning post incorporating a live well, a cooler, and rod holders. For use with family and friends, the leaning post can be equipped with a grill or stove, sink, refrigerator and tons of storage. While the helm station has sleek seating for three while the vast forward and aft cockpits enable you to vary your activities, whether cruising or at anchor, where they can be transformed into a sundeck or saloon in a snap. Down below, the Leader 9.0 CC features a bright double berth with clever storage, as well as a separate shower and head compartment. An additional space can even be easily converted into an additional berth for two children. For family outings, boisterous fishing trips, or drinks with friends before a sunset… The Leader 9.0 CC is there for all your favorite moments on the water.  Manufacturer Provided DescriptionThe Leader 9.0 Center Console is a 30-footer that has now made its way to North America -- being the first Center Console of the Jeanneau Leader Range. Once again, Jeanneau managed to design a powerboat with unique features for the American Market. It is the only 30-foot Center Console with a double berth down below, a separate shower and head compartment, optional air conditioning, and optional generator. Look no further -- this is the center console revolution you've been waiting for. Sidedecks on one level allow for ease of movement around the deck. To the aft, the swim platforms allow for easy access to the water. A L-shaped seating area around a table has two additional folding bench seats on the port side creates a large seating area for entertaining. By day, the table can be transformed into a large sundeck. The optional outside galley is fully equipped with a fridge, stove, sink and storage compartments.The helm station has sleek seating for three and is shaded with a hardtop. Moving to the forward lounge. A U-shaped couch can be completed with an optional table and converted into a vast sundeck. Whether you're cruising for a weekend away or enjoying a sunset cruise with friends -- the Leader 9.0 CC can accommodate up to 11 onboard and is powered by twin 200 Hp (up to 250 Hp for more performance) engines. </t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-leader-90-cc663aa46a0a3831fcd60d8b54</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760559663107749404968f0022f4344b.png</t>
   </si>
   <si>
     <t>663aa46a0a3831fcd60d8b52</t>
   </si>
   <si>
     <t>2026 Jeanneau DB37</t>
   </si>
   <si>
-    <t>2026 Jeanneau DB/37 OBBuild Slot Available!EXPERIENCE ALL THE SENSATIONS ON THE WATERAboard the DB/37 OB, pleasures on the water have 1,000 faces:  the sensation of inebriating speed while cruising offshore; relaxing into a gentler pace of life, surrounded by natural beauty while at anchor; and enjoying the comfort of a refined atmosphere on starry evenings in the cockpit saloon, or in the privacy of the interior.A UNIQUE LINE DELIVERING STYLE AND PERFORMANCE Elegance and power are at your service aboard the DB/37 OB.  Boasting a distinguished, contemporary silhouette, as if sculpted, by Camillo Garroni, this premium day boat, with a hull designed by Michael Peters, demonstrates its full capacity while cruising. Fast, agile, and easy to handle, the DB/37 OB flies across the water, powered by twin outboard engines with 2x400 HP, promising impressive top speeds… to the thrill of the pilot.SPORTY CRUISING IN COMPLETE SAFETYPassengers are not forgotten aboard this sporty, yet protective boat, with a wide, integrated windscreen, two comfortable seats beside the pilot, two modular facing bench seats, which can be removed for an opening onto the sea… and for those who love the sea spray, a sundeck in the forward cockpit is accessible via two perfectly secure, recessed sidedecks. THE IDEAL BOAT FOR SHARING MOMENTS WITH FAMILY AND FRIENDS The DB/37 OB offers exceptionally fluid movement on board.  At anchor, her side terraces can be deployed for even more space on board.  Access to the sea is also facilitated by her vast aft swim platform.  Gathered around the cockpit table in the saloon, guests enjoy an uninterrupted field of view, open to the scenery and the horizon.  Parties, dinner with friends, or soaking up the warmth of the sun between dives… the choice is yours.  But that’s not all:  designed for shared pleasures, this day boat invites you to extend your cruise, with her two bright and comfortable, spacious cabinsDisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
+    <t>2026 Jeanneau DB/37 OB For Sale!Build Slot Available!EXPERIENCE ALL THE SENSATIONS ON THE WATERAboard the DB/37 OB, pleasures on the water have 1,000 faces:  the sensation of inebriating speed while cruising offshore; relaxing into a gentler pace of life, surrounded by natural beauty while at anchor; and enjoying the comfort of a refined atmosphere on starry evenings in the cockpit saloon, or in the privacy of the interior.A UNIQUE LINE DELIVERING STYLE AND PERFORMANCE Elegance and power are at your service aboard the DB/37 OB.  Boasting a distinguished, contemporary silhouette, as if sculpted, by Camillo Garroni, this premium day boat, with a hull designed by Michael Peters, demonstrates its full capacity while cruising. Fast, agile, and easy to handle, the DB/37 OB flies across the water, powered by twin outboard engines with 2x400 HP, promising impressive top speeds… to the thrill of the pilot.SPORTY CRUISING IN COMPLETE SAFETYPassengers are not forgotten aboard this sporty, yet protective boat, with a wide, integrated windscreen, two comfortable seats beside the pilot, two modular facing bench seats, which can be removed for an opening onto the sea… and for those who love the sea spray, a sundeck in the forward cockpit is accessible via two perfectly secure, recessed sidedecks. THE IDEAL BOAT FOR SHARING MOMENTS WITH FAMILY AND FRIENDS The DB/37 OB offers exceptionally fluid movement on board.  At anchor, her side terraces can be deployed for even more space on board.  Access to the sea is also facilitated by her vast aft swim platform.  Gathered around the cockpit table in the saloon, guests enjoy an uninterrupted field of view, open to the scenery and the horizon.  Parties, dinner with friends, or soaking up the warmth of the sun between dives… the choice is yours.  But that’s not all:  designed for shared pleasures, this day boat invites you to extend your cruise, with her two bright and comfortable, spacious cabinsDisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-db37663aa46a0a3831fcd60d8b52</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760560144203729353668f00410e0008.png</t>
   </si>
   <si>
     <t>663a9d5e87b20523af07cea7</t>
   </si>
   <si>
     <t>2025 Malibu Response TXi Open Bow</t>
   </si>
   <si>
-    <t>2025 Malibu Response TXi Open BowBuild Slot Available!The Response TXi brings three-event performance like nothing else on the water today. Uniquely designed for the TXi, the T-Cut Diamond Hull™ has proved it's performance time after time including the 13 world records under its belt. With Malibu innovations such as the Advanced Rudder Control, the Response TXi produces the soft, barely-there wakes and rock-solid tracking to give the skier a consistent pull every time. The Malibu Open Edition includes a 7-inch touchscreen, Zero Off GPS speed control, and billet aluminum accents. The luxurious open bow allows for 2 extra passengers to join you on the water and witness what only the TXi can do in the course.DisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
+    <t>2025 Malibu Response TXi Open Bow For Sale!Build Slot Available!The Response TXi brings three-event performance like nothing else on the water today. Uniquely designed for the TXi, the T-Cut Diamond Hull™ has proved it's performance time after time including the 13 world records under its belt. With Malibu innovations such as the Advanced Rudder Control, the Response TXi produces the soft, barely-there wakes and rock-solid tracking to give the skier a consistent pull every time. The Malibu Open Edition includes a 7-inch touchscreen, Zero Off GPS speed control, and billet aluminum accents. The luxurious open bow allows for 2 extra passengers to join you on the water and witness what only the TXi can do in the course.DisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-malibu-response-txi-open-bow663a9d5e87b20523af07cea7</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176056026942825600968f0048d097c4.png</t>
   </si>
   <si>
     <t>663a8f4f8c2a57bb0a0d2759</t>
   </si>
   <si>
     <t>2025 Malibu Wakesetter 20 VTX</t>
   </si>
   <si>
-    <t>2025 Malibu Wakesetter 20 VTXBuild Slot Available!The 20 VTX is Malibu's ultimate triple threat. VTX stands for versatility and it truly is the boat that makes everyone happy whether you want to ski, wakesurf, or wakeboard. Its unique Malibu Cut Diamond Hull™ is tournament approved—so you get pro-level slalom wakes—or you can fill the ballast, drop the Power Wedge III and deploy Surf Gate for a wave you’re not going to believe came off a 20-foot boat. Fun to drive, easy to store and simple to trailer, the 20 VTX is just what your multisport family has been looking for.DisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
+    <t>2025 Malibu Wakesetter 20 VTX For Sale!Build Slot Available!The 20 VTX is Malibu's ultimate triple threat. VTX stands for versatility and it truly is the boat that makes everyone happy whether you want to ski, wakesurf, or wakeboard. Its unique Malibu Cut Diamond Hull™ is tournament approved—so you get pro-level slalom wakes—or you can fill the ballast, drop the Power Wedge III and deploy Surf Gate for a wave you’re not going to believe came off a 20-foot boat. Fun to drive, easy to store and simple to trailer, the 20 VTX is just what your multisport family has been looking for.DisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-malibu-wakesetter-20-vtx663a8f4f8c2a57bb0a0d2759</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760559765138097928668f00295a4498.png</t>
   </si>
   <si>
     <t>663a8f4f8c2a57bb0a0d2757</t>
   </si>
   <si>
     <t>2025 Malibu Wakesetter 22 LSV</t>
   </si>
   <si>
-    <t>2025 MALIBU 22 LSVBuild Slot Available!The most compact of the LSV family, the 22 LSV shares all the same wake-making potential, comfort amenities and user-centric tech as its bigger brothers, but at just under 22 feet it’s more approachable for smaller families and first-time buyers. Choose between the Wake Plus Hull for surf or wakeboard enthusiast or the Diamond Multisport Hull for all-around performance with slalom wakes you’ll barely notice. Either way, the 22 LSV combines all the best aspects of the bigger LSVs into a more compact package that still packs a big punch. DisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
+    <t>2025 MALIBU 22 LSV For Sale!Build Slot Available!The most compact of the LSV family, the 22 LSV shares all the same wake-making potential, comfort amenities and user-centric tech as its bigger brothers, but at just under 22 feet it’s more approachable for smaller families and first-time buyers. Choose between the Wake Plus Hull for surf or wakeboard enthusiast or the Diamond Multisport Hull for all-around performance with slalom wakes you’ll barely notice. Either way, the 22 LSV combines all the best aspects of the bigger LSVs into a more compact package that still packs a big punch. DisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-malibu-wakesetter-22-lsv663a8f4f8c2a57bb0a0d2757</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176055985797355390468f002f138a36.png</t>
   </si>
   <si>
     <t>663a8f4f8c2a57bb0a0d2755</t>
   </si>
   <si>
     <t>2026 Jeanneau NC Weekender 1095 Fly</t>
   </si>
   <si>
-    <t xml:space="preserve">2026 Jeanneau NC Weekender 1095 FlyBuild Slot Available!Already unique in its category, with an outboard engine and three cabins, the NC 1095 is ahead of the trends by offering a flybridge version.KEY FEATURES OF THE NC 1095 FLYModular cockpit with easy side accessRecessed side-deck on starboardAft sliding side door and skylights2 cabin + Optional 3rd cabin or storage spaceOptimized storage spaces throughoutXXL flybridge for additional space for cruisingSliding side door at the helmOutboard powered cruiserIncredibly flat acceleration and rideUnparalleled fuel efficiencyThe flybridge includes a forward sundeck and a folding copilot bench seat. The bench seat can be transformed into a sun lounger or an XXL sundeck, according to preference! This area also includes numerous storage compartments plus an optional bimini for sun protection.Like all Jeanneaus, the NC 1095 has been designed for life underway and include some clever features like recessed side-decks allowing for safe movement about the boat with easy access to the helm. A large L-shaped lounge comfortably fits a large group and easily converts into a large lounging area. Large transom platforms on either side of the outboard engines, make boarding safe and easy. To fully enjoy life on the water, the  forward  sundeck  with  its  lifting back rests, provides for additional living space while on deck. The interior of  the NC 1095 with its opening sunroofs and large windows in the hull, allow for plenty of natural lighting. The galley is large and fully functional: here again, a surprising amount of storage space is available in both upper and lower cabinets, allowing you to store everything for your time on the water. The NC 1095 is offered in both 2 and 3 cabin versions. A nicely appointed owner’s cabin forward complete with large center-line bed, easy access to head and shower, two overhead hatches, and long windows down each side, greatly enhance the overall comfort for the master of the ship. The guest cabin to port, rounds out this truly liveable interior allowing two guests to join the funning total comfort. A third cabin to starboard can be utilized as either an additional double berth or simply additional storage which is always in high demand on board. </t>
+    <t xml:space="preserve">2026 Jeanneau NC Weekender 1095 Fly For Sale!Build Slot Available!Already unique in its category, with an outboard engine and three cabins, the NC 1095 is ahead of the trends by offering a flybridge version.KEY FEATURES OF THE NC 1095 FLYModular cockpit with easy side accessRecessed side-deck on starboardAft sliding side door and skylights2 cabin + Optional 3rd cabin or storage spaceOptimized storage spaces throughoutXXL flybridge for additional space for cruisingSliding side door at the helmOutboard powered cruiserIncredibly flat acceleration and rideUnparalleled fuel efficiencyThe flybridge includes a forward sundeck and a folding copilot bench seat. The bench seat can be transformed into a sun lounger or an XXL sundeck, according to preference! This area also includes numerous storage compartments plus an optional bimini for sun protection.Like all Jeanneaus, the NC 1095 has been designed for life underway and include some clever features like recessed side-decks allowing for safe movement about the boat with easy access to the helm. A large L-shaped lounge comfortably fits a large group and easily converts into a large lounging area. Large transom platforms on either side of the outboard engines, make boarding safe and easy. To fully enjoy life on the water, the  forward  sundeck  with  its  lifting back rests, provides for additional living space while on deck. The interior of  the NC 1095 with its opening sunroofs and large windows in the hull, allow for plenty of natural lighting. The galley is large and fully functional: here again, a surprising amount of storage space is available in both upper and lower cabinets, allowing you to store everything for your time on the water. The NC 1095 is offered in both 2 and 3 cabin versions. A nicely appointed owner’s cabin forward complete with large center-line bed, easy access to head and shower, two overhead hatches, and long windows down each side, greatly enhance the overall comfort for the master of the ship. The guest cabin to port, rounds out this truly liveable interior allowing two guests to join the funning total comfort. A third cabin to starboard can be utilized as either an additional double berth or simply additional storage which is always in high demand on board. </t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-nc-weekender-1095-fly663a8f4f8c2a57bb0a0d2755</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176055999448868597668f0037a351f6.png</t>
   </si>
   <si>
     <t>66102009356f1125d9097b8b</t>
   </si>
   <si>
     <t>2026 Regulator 41</t>
   </si>
   <si>
-    <t xml:space="preserve">Order yours today. Build slots available!2026 Regulator 41 Discover the pinnacle of offshore fishing luxury: the 2026 Regulator 41. Step into a world of unparalleled boating excellence with the latest iteration of the Regulator 41 – boasting a new high-tech helm, updated cabin interior, and an array of features that cater to the most discerning anglers.Powered by quad Yamaha 450s with Helm Master® EX and equipped with Seakeeper® 5, the Regulator 41 is your ticket to conquering the waters of Southwest Florida with confidence. Whether you're chasing trophy fish or cruising along the coastline, this vessel delivers unrivaled performance and stability.Experience the new Offshore Command Center, complete with Garmin® Multi-Function Display and Digital Switching, seamlessly integrated with the Regulator MyHelm™ interface. Control key functions effortlessly with the touch of a button – perfect for navigating the dynamic waters of Southwest Florida.Anglers will delight in the optional outrigger bases with 22’ Carbon Fiber collapsible poles, alongside the generous livewell and fishbox capacity. The aft mezzanine seat with prep &amp; tackle center and automated rear shade provide additional cockpit seating without compromising on fishing amenities, ideal for entertaining guests while cruising Southwest Florida's coastal waters.Explore the redesigned cabin, featuring a galley kitchen, double berth, and spacious head with shower – ensuring comfort and convenience for overnight stays in Southwest Florida's stunning surroundings.Don't miss your opportunity to own the ultimate offshore fishing machine. Custom order your 2026 Regulator 41 today and embark on unforgettable adventures in Southwest Florida's aquatic playground! </t>
+    <t xml:space="preserve">Order yours today. Build slots available!2026 Regulator 41 For Sale!Discover the pinnacle of offshore fishing luxury: the 2026 Regulator 41. Step into a world of unparalleled boating excellence with the latest iteration of the Regulator 41 – boasting a new high-tech helm, updated cabin interior, and an array of features that cater to the most discerning anglers.Powered by quad Yamaha 450s with Helm Master® EX and equipped with Seakeeper® 5, the Regulator 41 is your ticket to conquering the waters of Southwest Florida with confidence. Whether you're chasing trophy fish or cruising along the coastline, this vessel delivers unrivaled performance and stability.Experience the new Offshore Command Center, complete with Garmin® Multi-Function Display and Digital Switching, seamlessly integrated with the Regulator MyHelm™ interface. Control key functions effortlessly with the touch of a button – perfect for navigating the dynamic waters of Southwest Florida.Anglers will delight in the optional outrigger bases with 22’ Carbon Fiber collapsible poles, alongside the generous livewell and fishbox capacity. The aft mezzanine seat with prep &amp; tackle center and automated rear shade provide additional cockpit seating without compromising on fishing amenities, ideal for entertaining guests while cruising Southwest Florida's coastal waters.Explore the redesigned cabin, featuring a galley kitchen, double berth, and spacious head with shower – ensuring comfort and convenience for overnight stays in Southwest Florida's stunning surroundings.Don't miss your opportunity to own the ultimate offshore fishing machine. Custom order your 2026 Regulator 41 today and embark on unforgettable adventures in Southwest Florida's aquatic playground! </t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-regulator-4166102009356f1125d9097b8b</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176056045735036808668f005491ee22.png</t>
   </si>
   <si>
     <t>660db549ecd5132d520831c8</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Gamefish 30 with Coffin Box</t>
-[...5 lines deleted...]
-    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-gamefish-30-with-coffin-box660db549ecd5132d520831c8</t>
+    <t>2026 Sea Hunt Gamefish 30 CB</t>
+  </si>
+  <si>
+    <t>2026 Gamefish 30 with Coffin Box For Sale!Build Slot Available!This series delivers exactly what serious fishermen demand in a sportfishing center console boat. These boats come ready to fish with standard features such as multiple insulated fishboxes and livewells, cockpit and bow bolsters, all stainless hardware and Yamaha Digital Command Link Gauges. The Gamefish 25, 27, and 30 have side entry doors, recessed trim tabs, and hydraulic steering as standard equipment as well. The cockpits are designed to have abundant room for 360° of fishing. These hulls deliver soft dry rides second to none.Manufacturer Provided DescriptionThis series delivers exactly what serious fishermen demand in a sportfishing center console boat. These boats come ready to fish with standard features such as multiple insulated fishboxes and livewells, cockpit and bow bolsters, all stainless hardware and Yamaha Digital Command Link Gauges. The Gamefish 25, 27, and 30 have side entry doors, recessed trim tabs, and hydraulic steering as standard equipment as well. The cockpits are designed to have abundant room for 360° of fishing. These hulls deliver soft dry rides second to none.</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-gamefish-30-cb660db549ecd5132d520831c8</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176056056591740655768f005b5c5648.png</t>
   </si>
   <si>
     <t>660d840f608ad1daa50d2dab</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Gamefish 27 Forward Seating</t>
-[...5 lines deleted...]
-    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-gamefish-27-forward-seating660d840f608ad1daa50d2dab</t>
+    <t>2026 Sea Hunt Gamefish 27 FS</t>
+  </si>
+  <si>
+    <t>2026 Gamefish 27 Forward Seating For Sale!Build Slot Available!This series delivers exactly what serious fishermen demand in a sportfishing center console boat. These boats come ready to fish with standard features such as multiple insulated fishboxes and livewells, cockpit and bow bolsters, all stainless hardware and Yamaha Digital Command Link Gauges. The Gamefish 25, 27, 28, and 30 have side entry doors, recessed trim tabs, and hydraulic steering as standard equipment as well. The cockpits are designed to have abundant room for 360° of fishing. These hulls deliver soft dry rides second to none.</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-gamefish-27-fs660d840f608ad1daa50d2dab</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176056067359388565968f00621164b5.png</t>
   </si>
   <si>
-    <t>65c3e14a813da0d41b0451b1</t>
-[...28 lines deleted...]
-  <si>
     <t>64f3630e500c26bc030d18d5</t>
   </si>
   <si>
     <t>2023 Regulator 37</t>
   </si>
   <si>
-    <t xml:space="preserve">2023 Regulator 37$ 799,999Options: Triple White Yamaha XF425 Four Stroke w/ Warranty Until 03/28/2030 - 144 HoursGulfstream Blue HullWhite Armstrong BracketESeries Galley UpgradeSureshade Auto RearGEMLUX Bluewater Outrigger 22'T-Top Storage CompartmentT-Top Underside Gulfstream BlueRear Sunshade: Deep GreyDove Gray UpholsteryCup Holder Rod Holders (10)12K BTU Air Conditioning SystemBucket Holder w/ (2) BucketsCockpit Freshwater Triple EngineEdison Elite Carbon WheelElectric Reel HookUpsFLIR M232 Thermal CameraForward Sun Shade: Deep GreyLED Light BarMultiColored Underwater LED LightsOnan 13.5kW Diesel GeneratorPhender ProsRefrigerated Port InDeck FishRefrigerated Transom FishboxSeakeeper 5 Gyro StabilizationUnder Gunwale Rod StorageFactory Installed Garin 37 Premium Fish Package: Triple 17" GPS Map 8617Cabin Entertainment Upgrade PackageElectric Anchor Light and AntennaEntertainment Upgrade PackageFactory Installed Garmin GXMInductive Cell Phone ChargerCustom 37 Helm &amp; Seating CoversBootstripe: Charcoal/Magnesium/CharcoalGOST Nav 2.0 Elite Tracking SystemPlatinum Protection Warranty Until 03/2028Full Custom Cover The new Offshore Command Center features Garmin® Multi-Function Display with Digital Switching and Monitoring, along with proprietary Regulator MyHelm™ interface to seamlessly and intuitively connect key functions in one application – with wireless key fob to trigger lighting, batteries, and more as you approach or disembark with the touch of a button. The E-Series Seating &amp; Tackle Center features a raised deck with triple helm seating, plenty of tackle storage, and six rocket launchers – plus aft-facing bench seat for two, flanked by built-in armrests with Cup Holder Rod Holders. Opt for E-Series Galley Upgrade with electric grill and refrigerator to entertain with ease. Beneath the bench seat, you’ll find the illuminated pump room with fuel tank access, optional Seakeeper® 5 and other systems, as well as extra storage.With more fishboxes per foot than any boat in our fleet, you’ll be ready for the offshore bite. Relaxation is never far away thanks to abundant forward seating, forward settee with extra deep cooler, and convertible electric pedestal sun bed/table. </t>
+    <t>2023 Regulator 37Price: $ 799,999Now available at Bonita Boat Center in Bonita Springs, FL — this 2023 Regulator 37CC is an offshore-performance flagship that delivers the ride quality, durability and fishability serious anglers demand. With a 37′ 7″ hull, 12′ 7″ beam and a massive 507-gallon fuel capacity per manufacturer specs. Built for the Gulf of Mexico and beyond, this boat is ideal for buyers searching for “Regulator 37 for sale Florida,” “used Regulator 37 Southwest Florida,” or “Regulator dealer Bonita Springs.”Designed with both fishing and luxury in mind, the Regulator 37CC offers a triple-outboard configuration, premium electronics, insulated fish boxes, livewells, and a spacious cockpit that transitions seamlessly to comfortable cruising. Whether you’re running offshore from Naples, exploring the 10,000 Islands, or boarding guests at Marco Island for a day on the water, this boat delivers the ideal combination of performance, comfort and presence.Backed by Bonita Boat Center’s full-service team and decades of marine sales and service experience in Southwest Florida, this 2023 Regulator 37CC is salt-water ready and represents a premier buying opportunity for those actively searching “offshore center console for sale Florida,” “Regulator center console Bonita Springs,” or “buy Regulator 37 used Florida.” Contact us today to schedule a walkthrough or sea-trial and see why the Regulator 37 remains the gold standard in offshore center consoles.Options: Triple White Yamaha XF425 Four Stroke w/ Warranty Until 03/28/2030 - 144 HoursGulfstream Blue HullWhite Armstrong BracketESeries Galley UpgradeSureshade Auto RearGEMLUX Bluewater Outrigger 22'T-Top Storage CompartmentT-Top Underside Gulfstream BlueRear Sunshade: Deep GreyDove Gray UpholsteryCup Holder Rod Holders (10)12K BTU Air Conditioning SystemBucket Holder w/ (2) BucketsCockpit Freshwater Triple EngineEdison Elite Carbon WheelElectric Reel HookUpsFLIR M232 Thermal CameraForward Sun Shade: Deep GreyLED Light BarMultiColored Underwater LED LightsOnan 13.5kW Diesel GeneratorPhender ProsRefrigerated Port InDeck FishRefrigerated Transom FishboxSeakeeper 5 Gyro StabilizationUnder Gunwale Rod StorageFactory Installed Garin 37 Premium Fish Package: Triple 17" GPS Map 8617Cabin Entertainment Upgrade PackageElectric Anchor Light and AntennaEntertainment Upgrade PackageFactory Installed Garmin GXMInductive Cell Phone ChargerCustom 37 Helm &amp; Seating CoversBootstripe: Charcoal/Magnesium/CharcoalGOST Nav 2.0 Elite Tracking SystemPlatinum Protection Warranty Until 03/2028Full Custom Cover</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2023-regulator-3764f3630e500c26bc030d18d5</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760732148193468387368f2a3f4eb831.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17660863341180731654694456be7a4ed.webp</t>
   </si>
   <si>
     <t>64d556de0b1bdecbad020c56</t>
   </si>
   <si>
     <t>2024 Jeanneau DB/43 OB</t>
   </si>
   <si>
-    <t>2024 Jeanneau DB/43 OB$899,999Options:Triple Mercury 350hp Cold Fusion         Version 2 Cabins 2 Heads White            Version Aft Sundeck                           Comfort Pack                          Electronic Pack Raymarine              Upgrade For Electronic Pack Raymarine            Mooring Kit                               Aft Electrical Sun Awning – SureshadeGyroscopic Stabilizer Seakeeper SK3           2nd Cockpit Fridge 17gal Starboard            Exterior Cockpit A/C                       Bedding Set Mona Lison For The 2 cabins           2 Batteries Chargers 60ah                   Inverter 12-115v 60hz 2000w               Automatic Trim Tabs Zipwake 60            Tv Antenna                                  Raymarine Clearcruise (Camera and GPS Antenna)            Raymarine Quantum 2 Digital Radar Including Deck Searchlight            Lithium Batteries For The Seakeeper         Cockpit Wood Latting                     Hull Paint premiumManufacturer Provided DescriptionThe DB/43 OB promises moments of pure exhilaration.  Full speed crossings, with a pause for sunbathing and a swim, stunning sunsets, shared smiles, a glass in hand... you don't have to choose between enjoying intense sensations and simple pleasures. Boasting a strong outboard engine, the DB/43 OB offers sporty, responsive driving, with top speeds approaching 40 knots. Excellent performance is accompanied by remarkable seakeeping abilities and comfortable cruising, notably due to the hull by Michael Peters. A uniquely distinguished profile sets the tone for this boat, with a sparkling, contemporary design. Bathed in light, the spacious owner's cabin offers surprising levels of finish and comfort. Guests are accommodated in a superb full-beam cabin. But it is on deck, under the sun or in the moonlight, where the most memorable moments will be shared. In the airy cockpit, an inviting saloon accommodates up to eight people around a modular table. The superbly equipped central island galley contributes to a festive atmosphere, enabling you to prepare and savour tasty dishes together. Afterward, two side terraces can be deployed to form a wide, lateral swim platform. In this Beach Club atmosphere, guests can dive into turquoise waters or relax and sunbathe on the sundeck. Aboard a DB/43 OB, you will enjoy a multitude of fun activities and shared pleasures.</t>
+    <t>2024 Jeanneau DB/43 OB For Sale!MSRP: $1,405,765Our Price: $899,999Options:Triple Mercury 350hp Cold Fusion         Version 2 Cabins 2 Heads White            Version Aft Sundeck                           Comfort Pack                          Electronic Pack Raymarine              Upgrade For Electronic Pack Raymarine            Mooring Kit                               Aft Electrical Sun Awning – SureshadeGyroscopic Stabilizer Seakeeper SK3           2nd Cockpit Fridge 17gal Starboard            Exterior Cockpit A/C                       Bedding Set Mona Lison For The 2 cabins           2 Batteries Chargers 60ah                   Inverter 12-115v 60hz 2000w               Automatic Trim Tabs Zipwake 60            Tv Antenna                                  Raymarine Clearcruise (Camera and GPS Antenna)            Raymarine Quantum 2 Digital Radar Including Deck Searchlight            Lithium Batteries For The Seakeeper         Cockpit Wood Latting                     Hull Paint premiumManufacturer Provided DescriptionThe DB/43 OB promises moments of pure exhilaration.  Full speed crossings, with a pause for sunbathing and a swim, stunning sunsets, shared smiles, a glass in hand... you don't have to choose between enjoying intense sensations and simple pleasures. Boasting a strong outboard engine, the DB/43 OB offers sporty, responsive driving, with top speeds approaching 40 knots. Excellent performance is accompanied by remarkable seakeeping abilities and comfortable cruising, notably due to the hull by Michael Peters. A uniquely distinguished profile sets the tone for this boat, with a sparkling, contemporary design. Bathed in light, the spacious owner's cabin offers surprising levels of finish and comfort. Guests are accommodated in a superb full-beam cabin. But it is on deck, under the sun or in the moonlight, where the most memorable moments will be shared. In the airy cockpit, an inviting saloon accommodates up to eight people around a modular table. The superbly equipped central island galley contributes to a festive atmosphere, enabling you to prepare and savour tasty dishes together. Afterward, two side terraces can be deployed to form a wide, lateral swim platform. In this Beach Club atmosphere, guests can dive into turquoise waters or relax and sunbathe on the sundeck. Aboard a DB/43 OB, you will enjoy a multitude of fun activities and shared pleasures.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2024-jeanneau-db43-ob64d556de0b1bdecbad020c56</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760617560130968626168f0e45812419.png</t>
-[...14 lines deleted...]
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760616976204072849168f0e2107b8c4.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17661606681779746166945791c5010d.jpg</t>
   </si>
   <si>
     <t>6464f2fe31d54a54b803c759</t>
   </si>
   <si>
     <t>2026 Regulator 23</t>
   </si>
   <si>
-    <t>2026 Regulator 23Build Slot Available! Options:Fiberglass T-Top with Surfboard Edges, Spreader Lights, and Multi-Colored LED Lights – Complete with Integrated, Vented Wraparound WindshieldWhite Powder Coat PackageFactory-Installed Garmin® 16 Fish Package: One 16” GPSMAP® 8616 XSV Multi-Touch Widescreen Chartplotter/Sonar Display, VHF 110 Radio with 8’ Digital VHF Antenna and Airmar® B150 CHIRP TransducerSeaStar Solutions® Optimus Electronic Power Steering with Tilt HelmRitchie® Blue Face SuperSport CompassMarine Stereo with AM/FM/WB, SiriusXM® Ready with Bluetooth and (4) Premium SpeakersStand-Up Head Compartment with Portable Marine ToiletEZ-View Flushmount Electronic Mounting Face with Access in Head CompartmentDual Battery System with Switches and Marine BatteriesIlluminated Glove Box with Lid69 qt. Insulated Cooler Under Forward Console SeatVented Port Light in ConsoleUSB Charging PortsSwitch Panel with Stainless LED Push Button Switches</t>
+    <t>2026 Regulator 23 For Sale!Build Slot Available! Options:Fiberglass T-Top with Surfboard Edges, Spreader Lights, and Multi-Colored LED Lights – Complete with Integrated, Vented Wraparound WindshieldWhite Powder Coat PackageFactory-Installed Garmin® 16 Fish Package: One 16” GPSMAP® 8616 XSV Multi-Touch Widescreen Chartplotter/Sonar Display, VHF 110 Radio with 8’ Digital VHF Antenna and Airmar® B150 CHIRP TransducerSeaStar Solutions® Optimus Electronic Power Steering with Tilt HelmRitchie® Blue Face SuperSport CompassMarine Stereo with AM/FM/WB, SiriusXM® Ready with Bluetooth and (4) Premium SpeakersStand-Up Head Compartment with Portable Marine ToiletEZ-View Flushmount Electronic Mounting Face with Access in Head CompartmentDual Battery System with Switches and Marine BatteriesIlluminated Glove Box with Lid69 qt. Insulated Cooler Under Forward Console SeatVented Port Light in ConsoleUSB Charging PortsSwitch Panel with Stainless LED Push Button Switches</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-regulator-236464f2fe31d54a54b803c759</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760560752164832062568f00670080c9.png</t>
   </si>
   <si>
     <t>5fcf60751b6fae1bc53f3356</t>
   </si>
   <si>
     <t>2018 HCB 53 Suenos</t>
   </si>
   <si>
-    <t>2018 Hydra-Sports 53 Suenos$799,999Options:Seakeeper Model 5Air conditioningDiesel GeneratorBaitwell-dual 60 gallons eachPort and Stbd Refrigerated FishboxBow TableFiberglass with Power Lift and Filler CushionBow Thruster Electric Reel Outlets(4)Garmin-Triple 17" Chart Plotters (2)8417, 8617 with GSD 26 Sounder &amp; dual transducers for Chirp Technology Garmin 48" 4 KW Open Array Radar Garmin Auto Pilot Garmin VHF 300 RadioSatellite TV ReceiverUnderwater CameraGrillStainless Steel, removable with storage cover Helm Seats Triple Captains Chairs with swiveling Pedestals Helm Master Steering (Yamaha) Ice Chests Gunwale mounted 2 port and 2 starboard Insulated deck lidsOutriggers Taco top mount with 18' Silver outrigger poles Painted Engines- two tone Stereo System-JL AudioSummer Kitchen with Corian Counter top, two sinks , storage and 12 volt S/S Refrigerator T-Top custom painted with faired welds, integrated windshield, D-tubing, rod holders and spreader lights Tuna / Dive / Utility Doors, Port and Starboard, open inward for use while docked Underwater lighting (4) Stern (2) 2 Bow53 SuenosHydraSports Custom unveiled 53’ Sueños, the world’s largest, outboard powered, center console at the Miami International Boat Show in February 2015.The most common question has been, “Why such a large boat?”  The answer is simple according to Elias De La Torre III, CEO of HydraSports Custom boats, “We’ve sold 140 of the 42’ center consoles and our boat owners have requested a larger boat to move into.”  After extensive market research and input from current HydraSports boat owners it seemed the market was finally ready. As with all HydraSports Custom boats, 53’ Sueños, will have very limited production.  The plan is to build no more than 12 of these boats per year for world-wide distribution via a network of factory direct test centers. This boat features Advanced Combat Craft Construction leveraging two million dollars of US Navy funded research for their Advanced Combatant Craft.  Developed by Structural Composites this technology has won numerous awards including three Congressional Medals of Merit.</t>
+    <t>2018 Hydra-Sports 53 Suenos For Sale!$799,999Options:Seakeeper Model 5Air conditioningDiesel GeneratorBaitwell-dual 60 gallons eachPort and Stbd Refrigerated FishboxBow TableFiberglass with Power Lift and Filler CushionBow Thruster Electric Reel Outlets(4)Garmin-Triple 17" Chart Plotters (2)8417, 8617 with GSD 26 Sounder &amp; dual transducers for Chirp Technology Garmin 48" 4 KW Open Array Radar Garmin Auto Pilot Garmin VHF 300 RadioSatellite TV ReceiverUnderwater CameraGrillStainless Steel, removable with storage cover Helm Seats Triple Captains Chairs with swiveling Pedestals Helm Master Steering (Yamaha) Ice Chests Gunwale mounted 2 port and 2 starboard Insulated deck lidsOutriggers Taco top mount with 18' Silver outrigger poles Painted Engines- two tone Stereo System-JL AudioSummer Kitchen with Corian Counter top, two sinks , storage and 12 volt S/S Refrigerator T-Top custom painted with faired welds, integrated windshield, D-tubing, rod holders and spreader lights Tuna / Dive / Utility Doors, Port and Starboard, open inward for use while docked Underwater lighting (4) Stern (2) 2 Bow53 SuenosHydraSports Custom unveiled 53’ Sueños, the world’s largest, outboard powered, center console at the Miami International Boat Show in February 2015.The most common question has been, “Why such a large boat?”  The answer is simple according to Elias De La Torre III, CEO of HydraSports Custom boats, “We’ve sold 140 of the 42’ center consoles and our boat owners have requested a larger boat to move into.”  After extensive market research and input from current HydraSports boat owners it seemed the market was finally ready. As with all HydraSports Custom boats, 53’ Sueños, will have very limited production.  The plan is to build no more than 12 of these boats per year for world-wide distribution via a network of factory direct test centers. This boat features Advanced Combat Craft Construction leveraging two million dollars of US Navy funded research for their Advanced Combatant Craft.  Developed by Structural Composites this technology has won numerous awards including three Congressional Medals of Merit.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2018-hcb-53-suenos5fcf60751b6fae1bc53f3356</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760621188113486107968f0f2840cc98.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1766086554616462246944579a2b5d2.webp</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -2032,2998 +2131,3180 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:H113"/>
+  <dimension ref="A1:H120"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="25" customWidth="1"/>
     <col min="2" max="2" width="20" customWidth="1"/>
     <col min="3" max="4" width="10" customWidth="1"/>
     <col min="5" max="5" width="50" customWidth="1"/>
     <col min="6" max="6" width="20" customWidth="1"/>
     <col min="7" max="7" width="100" customWidth="1"/>
     <col min="8" max="8" width="50" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2">
-        <v>319689</v>
+        <v>159999</v>
       </c>
       <c r="D2">
-        <v>319689</v>
+        <v>159999</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3">
-        <v>285000</v>
+        <v>168888</v>
       </c>
       <c r="D3">
-        <v>285000</v>
+        <v>168888</v>
       </c>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3" t="s">
         <v>17</v>
       </c>
       <c r="G3" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
         <v>21</v>
       </c>
-      <c r="C4" t="s">
+      <c r="C4">
+        <v>193266</v>
+      </c>
+      <c r="D4">
+        <v>193266</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>17</v>
+      </c>
+      <c r="G4" t="s">
         <v>23</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" t="s">
         <v>26</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5">
+        <v>144900</v>
+      </c>
+      <c r="D5">
+        <v>144900</v>
+      </c>
+      <c r="E5" t="s">
         <v>27</v>
       </c>
-      <c r="C5">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>28</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" t="s">
         <v>31</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6">
+        <v>251969</v>
+      </c>
+      <c r="D6">
+        <v>251969</v>
+      </c>
+      <c r="E6" t="s">
         <v>32</v>
       </c>
-      <c r="C6">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
         <v>33</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" t="s">
         <v>36</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7">
+        <v>82900</v>
+      </c>
+      <c r="D7">
+        <v>82900</v>
+      </c>
+      <c r="E7" t="s">
         <v>37</v>
       </c>
-      <c r="C7">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
         <v>38</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
+        <v>40</v>
+      </c>
+      <c r="B8" t="s">
         <v>41</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="E8" t="s">
         <v>43</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="G8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H8" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B9" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="E9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="G9" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B10" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="C10" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="D10" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="E10" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="F10" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="G10" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="H10" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B11" t="s">
-        <v>56</v>
-[...5 lines deleted...]
-        <v>94500</v>
+        <v>58</v>
+      </c>
+      <c r="C11" t="s">
+        <v>42</v>
+      </c>
+      <c r="D11" t="s">
+        <v>42</v>
       </c>
       <c r="E11" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="F11" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="G11" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="H11" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B12" t="s">
-        <v>61</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>63</v>
+      </c>
+      <c r="C12">
+        <v>598999</v>
+      </c>
+      <c r="D12">
+        <v>598999</v>
       </c>
       <c r="E12" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="H12" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B13" t="s">
-        <v>66</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>68</v>
+      </c>
+      <c r="C13">
+        <v>19900</v>
+      </c>
+      <c r="D13">
+        <v>19900</v>
       </c>
       <c r="E13" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="H13" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B14" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>73</v>
+      </c>
+      <c r="C14">
+        <v>78000</v>
+      </c>
+      <c r="D14">
+        <v>78000</v>
       </c>
       <c r="E14" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="H14" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B15" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C15">
-        <v>361784</v>
+        <v>55995</v>
       </c>
       <c r="D15">
-        <v>361784</v>
+        <v>55995</v>
       </c>
       <c r="E15" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="H15" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B16" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C16">
-        <v>350339.9</v>
+        <v>184900</v>
       </c>
       <c r="D16">
-        <v>350339.9</v>
+        <v>184900</v>
       </c>
       <c r="E16" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H16" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B17" t="s">
-        <v>9</v>
+        <v>88</v>
       </c>
       <c r="C17">
-        <v>319689</v>
+        <v>102190</v>
       </c>
       <c r="D17">
-        <v>319689</v>
+        <v>102190</v>
       </c>
       <c r="E17" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="F17" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="G17" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="H17" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="B18" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="C18">
-        <v>319689</v>
+        <v>89999</v>
       </c>
       <c r="D18">
-        <v>319689</v>
+        <v>89999</v>
       </c>
       <c r="E18" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="H18" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="B19" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="C19">
-        <v>349399</v>
+        <v>122637</v>
       </c>
       <c r="D19">
-        <v>349399</v>
+        <v>122637</v>
       </c>
       <c r="E19" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="F19" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="G19" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="H19" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="B20" t="s">
-        <v>75</v>
+        <v>103</v>
       </c>
       <c r="C20">
-        <v>361784</v>
+        <v>140626</v>
       </c>
       <c r="D20">
-        <v>361784</v>
+        <v>140626</v>
       </c>
       <c r="E20" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="F20" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="G20" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="H20" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="B21" t="s">
-        <v>42</v>
+        <v>108</v>
       </c>
       <c r="C21">
-        <v>79753</v>
+        <v>161269</v>
       </c>
       <c r="D21">
-        <v>79753</v>
+        <v>161269</v>
       </c>
       <c r="E21" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="F21" t="s">
         <v>17</v>
       </c>
       <c r="G21" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="H21" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="B22" t="s">
-        <v>107</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>113</v>
+      </c>
+      <c r="C22">
+        <v>278834</v>
+      </c>
+      <c r="D22">
+        <v>278834</v>
       </c>
       <c r="E22" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="F22" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="G22" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="H22" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="B23" t="s">
-        <v>112</v>
+        <v>98</v>
       </c>
       <c r="C23">
-        <v>99999</v>
+        <v>124477</v>
       </c>
       <c r="D23">
-        <v>99999</v>
+        <v>124477</v>
       </c>
       <c r="E23" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="F23" t="s">
         <v>17</v>
       </c>
       <c r="G23" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="H23" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="B24" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="C24">
-        <v>84900</v>
+        <v>169605</v>
       </c>
       <c r="D24">
-        <v>84900</v>
+        <v>169605</v>
       </c>
       <c r="E24" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="F24" t="s">
         <v>17</v>
       </c>
       <c r="G24" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="H24" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="B25" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="C25">
-        <v>173327</v>
+        <v>99990</v>
       </c>
       <c r="D25">
-        <v>173327</v>
+        <v>99990</v>
       </c>
       <c r="E25" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="F25" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="H25" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="B26" t="s">
-        <v>127</v>
+        <v>103</v>
       </c>
       <c r="C26">
-        <v>124506</v>
+        <v>140836</v>
       </c>
       <c r="D26">
-        <v>124506</v>
+        <v>140836</v>
       </c>
       <c r="E26" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F26" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="H26" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="B27" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="C27">
-        <v>144662</v>
+        <v>169900</v>
       </c>
       <c r="D27">
-        <v>144662</v>
+        <v>169900</v>
       </c>
       <c r="E27" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="F27" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="H27" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="B28" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="C28">
-        <v>89999</v>
+        <v>359900</v>
       </c>
       <c r="D28">
-        <v>89999</v>
+        <v>359900</v>
       </c>
       <c r="E28" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="F28" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="H28" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="B29" t="s">
-        <v>142</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>145</v>
+      </c>
+      <c r="C29">
+        <v>319689</v>
+      </c>
+      <c r="D29">
+        <v>319689</v>
       </c>
       <c r="E29" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="F29" t="s">
-        <v>144</v>
+        <v>17</v>
       </c>
       <c r="G29" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="H29" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B30" t="s">
-        <v>47</v>
+        <v>150</v>
       </c>
       <c r="C30">
-        <v>113730</v>
+        <v>285000</v>
       </c>
       <c r="D30">
-        <v>113730</v>
+        <v>285000</v>
       </c>
       <c r="E30" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="F30" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="H30" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B31" t="s">
-        <v>127</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>155</v>
+      </c>
+      <c r="C31">
+        <v>149900</v>
+      </c>
+      <c r="D31">
+        <v>149900</v>
       </c>
       <c r="E31" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="H31" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
     </row>
     <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="B32" t="s">
-        <v>61</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>160</v>
+      </c>
+      <c r="C32">
+        <v>210999</v>
+      </c>
+      <c r="D32">
+        <v>210999</v>
       </c>
       <c r="E32" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="H32" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="B33" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="C33">
-        <v>74099</v>
+        <v>99274</v>
       </c>
       <c r="D33">
-        <v>74099</v>
+        <v>99274</v>
       </c>
       <c r="E33" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="F33" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="H33" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="B34" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="C34">
-        <v>199428</v>
+        <v>112980</v>
       </c>
       <c r="D34">
-        <v>199428</v>
+        <v>112980</v>
       </c>
       <c r="E34" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="F34" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="H34" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="B35" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="C35">
-        <v>153601</v>
+        <v>216143</v>
       </c>
       <c r="D35">
-        <v>153601</v>
+        <v>216143</v>
       </c>
       <c r="E35" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="F35" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="H35" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="B36" t="s">
-        <v>47</v>
+        <v>180</v>
       </c>
       <c r="C36">
-        <v>98392</v>
+        <v>79999</v>
       </c>
       <c r="D36">
-        <v>98392</v>
+        <v>79999</v>
       </c>
       <c r="E36" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="F36" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="H36" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="B37" t="s">
-        <v>107</v>
-[...5 lines deleted...]
-        <v>254150</v>
+        <v>185</v>
+      </c>
+      <c r="C37" t="s">
+        <v>42</v>
+      </c>
+      <c r="D37" t="s">
+        <v>42</v>
       </c>
       <c r="E37" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
       <c r="F37" t="s">
         <v>17</v>
       </c>
       <c r="G37" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="H37" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
       <c r="B38" t="s">
-        <v>170</v>
+        <v>108</v>
       </c>
       <c r="C38">
-        <v>162763</v>
+        <v>169603</v>
       </c>
       <c r="D38">
-        <v>162763</v>
+        <v>169603</v>
       </c>
       <c r="E38" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="F38" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="H38" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="B39" t="s">
-        <v>187</v>
+        <v>175</v>
       </c>
       <c r="C39">
-        <v>102190</v>
+        <v>214211</v>
       </c>
       <c r="D39">
-        <v>102190</v>
+        <v>214211</v>
       </c>
       <c r="E39" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="F39" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="H39" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
     </row>
     <row r="40" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="B40" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C40">
-        <v>27900</v>
+        <v>361784</v>
       </c>
       <c r="D40">
-        <v>27900</v>
+        <v>361784</v>
       </c>
       <c r="E40" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="F40" t="s">
         <v>17</v>
       </c>
       <c r="G40" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="H40" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
     </row>
     <row r="41" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="B41" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="C41">
-        <v>149000</v>
+        <v>350339.9</v>
       </c>
       <c r="D41">
-        <v>149000</v>
+        <v>350339.9</v>
       </c>
       <c r="E41" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="F41" t="s">
         <v>17</v>
       </c>
       <c r="G41" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="H41" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
     </row>
     <row r="42" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B42" t="s">
-        <v>202</v>
+        <v>145</v>
       </c>
       <c r="C42">
-        <v>179900</v>
+        <v>319689</v>
       </c>
       <c r="D42">
-        <v>179900</v>
+        <v>319689</v>
       </c>
       <c r="E42" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="F42" t="s">
         <v>17</v>
       </c>
       <c r="G42" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="H42" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="B43" t="s">
-        <v>132</v>
+        <v>145</v>
       </c>
       <c r="C43">
-        <v>143874</v>
+        <v>319689</v>
       </c>
       <c r="D43">
-        <v>143874</v>
+        <v>319689</v>
       </c>
       <c r="E43" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="F43" t="s">
         <v>17</v>
       </c>
       <c r="G43" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="H43" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="B44" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="C44">
-        <v>122825</v>
+        <v>349399</v>
       </c>
       <c r="D44">
-        <v>122825</v>
+        <v>349399</v>
       </c>
       <c r="E44" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="F44" t="s">
         <v>17</v>
       </c>
       <c r="G44" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="H44" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="B45" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="C45">
-        <v>37900</v>
+        <v>361784</v>
       </c>
       <c r="D45">
-        <v>37900</v>
+        <v>361784</v>
       </c>
       <c r="E45" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="F45" t="s">
         <v>17</v>
       </c>
       <c r="G45" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="H45" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B46" t="s">
-        <v>211</v>
+        <v>225</v>
       </c>
       <c r="C46">
-        <v>119763</v>
+        <v>164999</v>
       </c>
       <c r="D46">
-        <v>119763</v>
+        <v>164999</v>
       </c>
       <c r="E46" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="F46" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="H46" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="B47" t="s">
-        <v>225</v>
+        <v>31</v>
       </c>
       <c r="C47">
-        <v>446630</v>
+        <v>241187</v>
       </c>
       <c r="D47">
-        <v>446630</v>
+        <v>241187</v>
       </c>
       <c r="E47" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="H47" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="B48" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="C48">
-        <v>830030</v>
+        <v>89999</v>
       </c>
       <c r="D48">
-        <v>830030</v>
+        <v>89999</v>
       </c>
       <c r="E48" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="H48" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
     </row>
     <row r="49" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="B49" t="s">
-        <v>230</v>
+        <v>103</v>
       </c>
       <c r="C49">
-        <v>955685</v>
+        <v>143874</v>
       </c>
       <c r="D49">
-        <v>955685</v>
+        <v>143874</v>
       </c>
       <c r="E49" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="H49" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
     </row>
     <row r="50" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="B50" t="s">
-        <v>239</v>
-[...5 lines deleted...]
-        <v>43000</v>
+        <v>243</v>
+      </c>
+      <c r="C50" t="s">
+        <v>42</v>
+      </c>
+      <c r="D50" t="s">
+        <v>42</v>
       </c>
       <c r="E50" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="F50" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="G50" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="H50" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
     </row>
     <row r="51" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="B51" t="s">
-        <v>244</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>170</v>
+      </c>
+      <c r="C51">
+        <v>113731</v>
+      </c>
+      <c r="D51">
+        <v>113731</v>
       </c>
       <c r="E51" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="F51" t="s">
-        <v>144</v>
+        <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="H51" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="B52" t="s">
-        <v>170</v>
+        <v>98</v>
       </c>
       <c r="C52">
-        <v>166513</v>
+        <v>123193</v>
       </c>
       <c r="D52">
-        <v>166513</v>
+        <v>123193</v>
       </c>
       <c r="E52" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="F52" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="H52" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
     </row>
     <row r="53" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="B53" t="s">
-        <v>47</v>
+        <v>256</v>
       </c>
       <c r="C53">
-        <v>97954</v>
+        <v>278668</v>
       </c>
       <c r="D53">
-        <v>97954</v>
+        <v>278668</v>
       </c>
       <c r="E53" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F53" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="H53" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
     </row>
     <row r="54" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="B54" t="s">
-        <v>66</v>
+        <v>261</v>
       </c>
       <c r="C54">
-        <v>171538</v>
+        <v>73349</v>
       </c>
       <c r="D54">
-        <v>171538</v>
+        <v>73349</v>
       </c>
       <c r="E54" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="F54" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G54" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="H54" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
     </row>
     <row r="55" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="B55" t="s">
-        <v>170</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>266</v>
+      </c>
+      <c r="C55">
+        <v>212121</v>
+      </c>
+      <c r="D55">
+        <v>212121</v>
       </c>
       <c r="E55" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="F55" t="s">
-        <v>144</v>
+        <v>11</v>
       </c>
       <c r="G55" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="H55" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
     </row>
     <row r="56" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="B56" t="s">
-        <v>265</v>
+        <v>15</v>
       </c>
       <c r="C56">
-        <v>184900</v>
+        <v>153794</v>
       </c>
       <c r="D56">
-        <v>184900</v>
+        <v>153794</v>
       </c>
       <c r="E56" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="F56" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G56" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="H56" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
     </row>
     <row r="57" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="B57" t="s">
-        <v>270</v>
+        <v>170</v>
       </c>
       <c r="C57">
-        <v>39900</v>
+        <v>98392</v>
       </c>
       <c r="D57">
-        <v>39900</v>
+        <v>98392</v>
       </c>
       <c r="E57" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="F57" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G57" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="H57" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
     </row>
     <row r="58" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="B58" t="s">
-        <v>170</v>
+        <v>31</v>
       </c>
       <c r="C58">
-        <v>166514</v>
+        <v>254150</v>
       </c>
       <c r="D58">
-        <v>166514</v>
+        <v>254150</v>
       </c>
       <c r="E58" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="F58" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G58" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="H58" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
     </row>
     <row r="59" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="B59" t="s">
-        <v>279</v>
+        <v>15</v>
       </c>
       <c r="C59">
-        <v>484185</v>
+        <v>166957</v>
       </c>
       <c r="D59">
-        <v>484185</v>
+        <v>166957</v>
       </c>
       <c r="E59" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="F59" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G59" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="H59" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
     </row>
     <row r="60" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="B60" t="s">
-        <v>284</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>287</v>
+      </c>
+      <c r="C60">
+        <v>179900</v>
+      </c>
+      <c r="D60">
+        <v>179900</v>
       </c>
       <c r="E60" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="F60" t="s">
-        <v>144</v>
+        <v>11</v>
       </c>
       <c r="G60" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="H60" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
     </row>
     <row r="61" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="B61" t="s">
-        <v>289</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>292</v>
+      </c>
+      <c r="C61">
+        <v>122388</v>
+      </c>
+      <c r="D61">
+        <v>122388</v>
       </c>
       <c r="E61" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F61" t="s">
-        <v>144</v>
+        <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="H61" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
     </row>
     <row r="62" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B62" t="s">
-        <v>127</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>297</v>
+      </c>
+      <c r="C62">
+        <v>29900</v>
+      </c>
+      <c r="D62">
+        <v>29900</v>
       </c>
       <c r="E62" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="F62" t="s">
-        <v>144</v>
+        <v>11</v>
       </c>
       <c r="G62" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="H62" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="B63" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="C63">
-        <v>225000</v>
+        <v>119762</v>
       </c>
       <c r="D63">
-        <v>225000</v>
+        <v>119762</v>
       </c>
       <c r="E63" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="F63" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G63" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="H63" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
     </row>
     <row r="64" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="B64" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="C64">
-        <v>284705</v>
+        <v>446630</v>
       </c>
       <c r="D64">
-        <v>284705</v>
+        <v>446630</v>
       </c>
       <c r="E64" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="F64" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G64" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="H64" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
     </row>
     <row r="65" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="B65" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="C65">
-        <v>293145</v>
+        <v>830030</v>
       </c>
       <c r="D65">
-        <v>293145</v>
+        <v>830030</v>
       </c>
       <c r="E65" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="F65" t="s">
         <v>17</v>
       </c>
       <c r="G65" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="H65" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
     </row>
     <row r="66" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="B66" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="C66">
-        <v>597165</v>
+        <v>955685</v>
       </c>
       <c r="D66">
-        <v>597165</v>
+        <v>955685</v>
       </c>
       <c r="E66" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="F66" t="s">
         <v>17</v>
       </c>
       <c r="G66" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="H66" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
     </row>
     <row r="67" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="B67" t="s">
-        <v>42</v>
+        <v>320</v>
       </c>
       <c r="C67" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="D67" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="E67" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="F67" t="s">
-        <v>144</v>
+        <v>44</v>
       </c>
       <c r="G67" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="H67" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
     </row>
     <row r="68" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="B68" t="s">
-        <v>322</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>15</v>
+      </c>
+      <c r="C68">
+        <v>166513</v>
+      </c>
+      <c r="D68">
+        <v>166513</v>
       </c>
       <c r="E68" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="F68" t="s">
-        <v>144</v>
+        <v>11</v>
       </c>
       <c r="G68" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="H68" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
     </row>
     <row r="69" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="B69" t="s">
-        <v>327</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>170</v>
+      </c>
+      <c r="C69">
+        <v>97954</v>
+      </c>
+      <c r="D69">
+        <v>97954</v>
       </c>
       <c r="E69" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="F69" t="s">
-        <v>144</v>
+        <v>11</v>
       </c>
       <c r="G69" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="H69" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="70" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B70" t="s">
-        <v>332</v>
-[...5 lines deleted...]
-        <v>135000</v>
+        <v>15</v>
+      </c>
+      <c r="C70" t="s">
+        <v>42</v>
+      </c>
+      <c r="D70" t="s">
+        <v>42</v>
       </c>
       <c r="E70" t="s">
         <v>333</v>
       </c>
       <c r="F70" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="G70" t="s">
         <v>334</v>
       </c>
       <c r="H70" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="71" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
         <v>336</v>
       </c>
       <c r="B71" t="s">
+        <v>15</v>
+      </c>
+      <c r="C71">
+        <v>166514</v>
+      </c>
+      <c r="D71">
+        <v>166514</v>
+      </c>
+      <c r="E71" t="s">
         <v>337</v>
       </c>
-      <c r="C71">
-[...5 lines deleted...]
-      <c r="E71" t="s">
+      <c r="F71" t="s">
+        <v>11</v>
+      </c>
+      <c r="G71" t="s">
         <v>338</v>
       </c>
-      <c r="F71" t="s">
-[...2 lines deleted...]
-      <c r="G71" t="s">
+      <c r="H71" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="72" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
+        <v>340</v>
+      </c>
+      <c r="B72" t="s">
         <v>341</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72">
-        <v>115000</v>
+        <v>484185</v>
       </c>
       <c r="D72">
-        <v>115000</v>
+        <v>484185</v>
       </c>
       <c r="E72" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="F72" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G72" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="H72" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="73" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B73" t="s">
-        <v>345</v>
-[...5 lines deleted...]
-        <v>173074</v>
+        <v>346</v>
+      </c>
+      <c r="C73" t="s">
+        <v>42</v>
+      </c>
+      <c r="D73" t="s">
+        <v>42</v>
       </c>
       <c r="E73" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="F73" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="G73" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="H73" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="74" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B74" t="s">
-        <v>350</v>
-[...5 lines deleted...]
-        <v>452365</v>
+        <v>351</v>
+      </c>
+      <c r="C74" t="s">
+        <v>42</v>
+      </c>
+      <c r="D74" t="s">
+        <v>42</v>
       </c>
       <c r="E74" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="F74" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="G74" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H74" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
     </row>
     <row r="75" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B75" t="s">
-        <v>355</v>
+        <v>98</v>
       </c>
       <c r="C75" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="D75" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="E75" t="s">
         <v>356</v>
       </c>
       <c r="F75" t="s">
-        <v>144</v>
+        <v>44</v>
       </c>
       <c r="G75" t="s">
         <v>357</v>
       </c>
       <c r="H75" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="76" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
         <v>359</v>
       </c>
       <c r="B76" t="s">
         <v>360</v>
       </c>
-      <c r="C76" t="s">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="C76">
+        <v>225000</v>
+      </c>
+      <c r="D76">
+        <v>225000</v>
       </c>
       <c r="E76" t="s">
         <v>361</v>
       </c>
       <c r="F76" t="s">
-        <v>144</v>
+        <v>11</v>
       </c>
       <c r="G76" t="s">
         <v>362</v>
       </c>
       <c r="H76" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="77" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
         <v>364</v>
       </c>
       <c r="B77" t="s">
         <v>365</v>
       </c>
-      <c r="C77" t="s">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="C77">
+        <v>284705</v>
+      </c>
+      <c r="D77">
+        <v>284705</v>
       </c>
       <c r="E77" t="s">
         <v>366</v>
       </c>
       <c r="F77" t="s">
-        <v>144</v>
+        <v>11</v>
       </c>
       <c r="G77" t="s">
         <v>367</v>
       </c>
       <c r="H77" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="78" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
         <v>369</v>
       </c>
       <c r="B78" t="s">
         <v>370</v>
       </c>
       <c r="C78">
-        <v>417505</v>
+        <v>293145</v>
       </c>
       <c r="D78">
-        <v>417505</v>
+        <v>293145</v>
       </c>
       <c r="E78" t="s">
         <v>371</v>
       </c>
       <c r="F78" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G78" t="s">
         <v>372</v>
       </c>
       <c r="H78" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="79" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
         <v>374</v>
       </c>
       <c r="B79" t="s">
         <v>375</v>
       </c>
       <c r="C79">
-        <v>420895</v>
+        <v>597165</v>
       </c>
       <c r="D79">
-        <v>420895</v>
+        <v>597165</v>
       </c>
       <c r="E79" t="s">
         <v>376</v>
       </c>
       <c r="F79" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G79" t="s">
         <v>377</v>
       </c>
       <c r="H79" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="80" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
         <v>379</v>
       </c>
       <c r="B80" t="s">
+        <v>165</v>
+      </c>
+      <c r="C80" t="s">
+        <v>42</v>
+      </c>
+      <c r="D80" t="s">
+        <v>42</v>
+      </c>
+      <c r="E80" t="s">
         <v>380</v>
       </c>
-      <c r="C80">
-[...5 lines deleted...]
-      <c r="E80" t="s">
+      <c r="F80" t="s">
+        <v>44</v>
+      </c>
+      <c r="G80" t="s">
         <v>381</v>
       </c>
-      <c r="F80" t="s">
-[...2 lines deleted...]
-      <c r="G80" t="s">
+      <c r="H80" t="s">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="81" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
+        <v>383</v>
+      </c>
+      <c r="B81" t="s">
         <v>384</v>
       </c>
-      <c r="B81" t="s">
+      <c r="C81" t="s">
+        <v>42</v>
+      </c>
+      <c r="D81" t="s">
+        <v>42</v>
+      </c>
+      <c r="E81" t="s">
         <v>385</v>
       </c>
-      <c r="C81">
-[...5 lines deleted...]
-      <c r="E81" t="s">
+      <c r="F81" t="s">
+        <v>44</v>
+      </c>
+      <c r="G81" t="s">
         <v>386</v>
       </c>
-      <c r="F81" t="s">
-[...2 lines deleted...]
-      <c r="G81" t="s">
+      <c r="H81" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="82" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
+        <v>388</v>
+      </c>
+      <c r="B82" t="s">
         <v>389</v>
       </c>
-      <c r="B82" t="s">
+      <c r="C82" t="s">
+        <v>42</v>
+      </c>
+      <c r="D82" t="s">
+        <v>42</v>
+      </c>
+      <c r="E82" t="s">
         <v>390</v>
       </c>
-      <c r="C82" t="s">
-[...5 lines deleted...]
-      <c r="E82" t="s">
+      <c r="F82" t="s">
+        <v>44</v>
+      </c>
+      <c r="G82" t="s">
         <v>391</v>
       </c>
-      <c r="F82" t="s">
-[...2 lines deleted...]
-      <c r="G82" t="s">
+      <c r="H82" t="s">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="83" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
+        <v>393</v>
+      </c>
+      <c r="B83" t="s">
         <v>394</v>
       </c>
-      <c r="B83" t="s">
+      <c r="C83">
+        <v>135000</v>
+      </c>
+      <c r="D83">
+        <v>135000</v>
+      </c>
+      <c r="E83" t="s">
         <v>395</v>
       </c>
-      <c r="C83" t="s">
-[...5 lines deleted...]
-      <c r="E83" t="s">
+      <c r="F83" t="s">
+        <v>11</v>
+      </c>
+      <c r="G83" t="s">
         <v>396</v>
       </c>
-      <c r="F83" t="s">
-[...2 lines deleted...]
-      <c r="G83" t="s">
+      <c r="H83" t="s">
         <v>397</v>
-      </c>
-[...1 lines deleted...]
-        <v>398</v>
       </c>
     </row>
     <row r="84" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
+        <v>398</v>
+      </c>
+      <c r="B84" t="s">
         <v>399</v>
       </c>
-      <c r="B84" t="s">
+      <c r="C84">
+        <v>115000</v>
+      </c>
+      <c r="D84">
+        <v>115000</v>
+      </c>
+      <c r="E84" t="s">
         <v>400</v>
       </c>
-      <c r="C84">
-[...5 lines deleted...]
-      <c r="E84" t="s">
+      <c r="F84" t="s">
+        <v>11</v>
+      </c>
+      <c r="G84" t="s">
         <v>401</v>
       </c>
-      <c r="F84" t="s">
-[...2 lines deleted...]
-      <c r="G84" t="s">
+      <c r="H84" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
     </row>
     <row r="85" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
+        <v>403</v>
+      </c>
+      <c r="B85" t="s">
+        <v>399</v>
+      </c>
+      <c r="C85">
+        <v>115000</v>
+      </c>
+      <c r="D85">
+        <v>115000</v>
+      </c>
+      <c r="E85" t="s">
         <v>404</v>
       </c>
-      <c r="B85" t="s">
+      <c r="F85" t="s">
+        <v>11</v>
+      </c>
+      <c r="G85" t="s">
         <v>405</v>
       </c>
-      <c r="C85" t="s">
-[...5 lines deleted...]
-      <c r="E85" t="s">
+      <c r="H85" t="s">
         <v>406</v>
-      </c>
-[...7 lines deleted...]
-        <v>408</v>
       </c>
     </row>
     <row r="86" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
+        <v>407</v>
+      </c>
+      <c r="B86" t="s">
+        <v>408</v>
+      </c>
+      <c r="C86">
+        <v>173074</v>
+      </c>
+      <c r="D86">
+        <v>173074</v>
+      </c>
+      <c r="E86" t="s">
         <v>409</v>
       </c>
-      <c r="B86" t="s">
-[...8 lines deleted...]
-      <c r="E86" t="s">
+      <c r="F86" t="s">
+        <v>11</v>
+      </c>
+      <c r="G86" t="s">
         <v>410</v>
       </c>
-      <c r="F86" t="s">
-[...2 lines deleted...]
-      <c r="G86" t="s">
+      <c r="H86" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="87" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
+        <v>412</v>
+      </c>
+      <c r="B87" t="s">
         <v>413</v>
       </c>
-      <c r="B87" t="s">
+      <c r="C87">
+        <v>254999</v>
+      </c>
+      <c r="D87">
+        <v>254999</v>
+      </c>
+      <c r="E87" t="s">
         <v>414</v>
       </c>
-      <c r="C87" t="s">
-[...5 lines deleted...]
-      <c r="E87" t="s">
+      <c r="F87" t="s">
+        <v>11</v>
+      </c>
+      <c r="G87" t="s">
         <v>415</v>
       </c>
-      <c r="F87" t="s">
-[...2 lines deleted...]
-      <c r="G87" t="s">
+      <c r="H87" t="s">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="88" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
+        <v>417</v>
+      </c>
+      <c r="B88" t="s">
         <v>418</v>
       </c>
-      <c r="B88" t="s">
+      <c r="C88">
+        <v>452365</v>
+      </c>
+      <c r="D88">
+        <v>452365</v>
+      </c>
+      <c r="E88" t="s">
         <v>419</v>
       </c>
-      <c r="C88" t="s">
-[...5 lines deleted...]
-      <c r="E88" t="s">
+      <c r="F88" t="s">
+        <v>11</v>
+      </c>
+      <c r="G88" t="s">
         <v>420</v>
       </c>
-      <c r="F88" t="s">
-[...2 lines deleted...]
-      <c r="G88" t="s">
+      <c r="H88" t="s">
         <v>421</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="89" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
+        <v>422</v>
+      </c>
+      <c r="B89" t="s">
         <v>423</v>
       </c>
-      <c r="B89" t="s">
+      <c r="C89" t="s">
+        <v>42</v>
+      </c>
+      <c r="D89" t="s">
+        <v>42</v>
+      </c>
+      <c r="E89" t="s">
         <v>424</v>
       </c>
-      <c r="C89" t="s">
-[...5 lines deleted...]
-      <c r="E89" t="s">
+      <c r="F89" t="s">
+        <v>44</v>
+      </c>
+      <c r="G89" t="s">
         <v>425</v>
       </c>
-      <c r="F89" t="s">
-[...2 lines deleted...]
-      <c r="G89" t="s">
+      <c r="H89" t="s">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="90" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
+        <v>427</v>
+      </c>
+      <c r="B90" t="s">
         <v>428</v>
       </c>
-      <c r="B90" t="s">
+      <c r="C90" t="s">
+        <v>42</v>
+      </c>
+      <c r="D90" t="s">
+        <v>42</v>
+      </c>
+      <c r="E90" t="s">
         <v>429</v>
       </c>
-      <c r="C90" t="s">
-[...5 lines deleted...]
-      <c r="E90" t="s">
+      <c r="F90" t="s">
+        <v>44</v>
+      </c>
+      <c r="G90" t="s">
         <v>430</v>
       </c>
-      <c r="F90" t="s">
-[...2 lines deleted...]
-      <c r="G90" t="s">
+      <c r="H90" t="s">
         <v>431</v>
-      </c>
-[...1 lines deleted...]
-        <v>432</v>
       </c>
     </row>
     <row r="91" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
+        <v>432</v>
+      </c>
+      <c r="B91" t="s">
+        <v>261</v>
+      </c>
+      <c r="C91" t="s">
+        <v>42</v>
+      </c>
+      <c r="D91" t="s">
+        <v>42</v>
+      </c>
+      <c r="E91" t="s">
         <v>433</v>
       </c>
-      <c r="B91" t="s">
+      <c r="F91" t="s">
+        <v>44</v>
+      </c>
+      <c r="G91" t="s">
         <v>434</v>
       </c>
-      <c r="C91" t="s">
-[...5 lines deleted...]
-      <c r="E91" t="s">
+      <c r="H91" t="s">
         <v>435</v>
-      </c>
-[...7 lines deleted...]
-        <v>437</v>
       </c>
     </row>
     <row r="92" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A92" t="s">
+        <v>436</v>
+      </c>
+      <c r="B92" t="s">
+        <v>437</v>
+      </c>
+      <c r="C92">
+        <v>420895</v>
+      </c>
+      <c r="D92">
+        <v>420895</v>
+      </c>
+      <c r="E92" t="s">
         <v>438</v>
       </c>
-      <c r="B92" t="s">
+      <c r="F92" t="s">
+        <v>11</v>
+      </c>
+      <c r="G92" t="s">
         <v>439</v>
       </c>
-      <c r="C92" t="s">
-[...5 lines deleted...]
-      <c r="E92" t="s">
+      <c r="H92" t="s">
         <v>440</v>
-      </c>
-[...7 lines deleted...]
-        <v>442</v>
       </c>
     </row>
     <row r="93" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
+        <v>441</v>
+      </c>
+      <c r="B93" t="s">
+        <v>442</v>
+      </c>
+      <c r="C93">
+        <v>175000</v>
+      </c>
+      <c r="D93">
+        <v>175000</v>
+      </c>
+      <c r="E93" t="s">
         <v>443</v>
       </c>
-      <c r="B93" t="s">
+      <c r="F93" t="s">
+        <v>11</v>
+      </c>
+      <c r="G93" t="s">
         <v>444</v>
       </c>
-      <c r="C93" t="s">
-[...5 lines deleted...]
-      <c r="E93" t="s">
+      <c r="H93" t="s">
         <v>445</v>
-      </c>
-[...7 lines deleted...]
-        <v>447</v>
       </c>
     </row>
     <row r="94" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
+        <v>446</v>
+      </c>
+      <c r="B94" t="s">
+        <v>447</v>
+      </c>
+      <c r="C94" t="s">
+        <v>42</v>
+      </c>
+      <c r="D94" t="s">
+        <v>42</v>
+      </c>
+      <c r="E94" t="s">
         <v>448</v>
       </c>
-      <c r="B94" t="s">
+      <c r="F94" t="s">
+        <v>44</v>
+      </c>
+      <c r="G94" t="s">
         <v>449</v>
       </c>
-      <c r="C94" t="s">
-[...5 lines deleted...]
-      <c r="E94" t="s">
+      <c r="H94" t="s">
         <v>450</v>
-      </c>
-[...7 lines deleted...]
-        <v>452</v>
       </c>
     </row>
     <row r="95" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
+        <v>451</v>
+      </c>
+      <c r="B95" t="s">
+        <v>452</v>
+      </c>
+      <c r="C95">
+        <v>278850</v>
+      </c>
+      <c r="D95">
+        <v>278850</v>
+      </c>
+      <c r="E95" t="s">
         <v>453</v>
       </c>
-      <c r="B95" t="s">
+      <c r="F95" t="s">
+        <v>11</v>
+      </c>
+      <c r="G95" t="s">
         <v>454</v>
       </c>
-      <c r="C95" t="s">
-[...5 lines deleted...]
-      <c r="E95" t="s">
+      <c r="H95" t="s">
         <v>455</v>
-      </c>
-[...7 lines deleted...]
-        <v>457</v>
       </c>
     </row>
     <row r="96" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
+        <v>456</v>
+      </c>
+      <c r="B96" t="s">
+        <v>457</v>
+      </c>
+      <c r="C96" t="s">
+        <v>42</v>
+      </c>
+      <c r="D96" t="s">
+        <v>42</v>
+      </c>
+      <c r="E96" t="s">
         <v>458</v>
       </c>
-      <c r="B96" t="s">
+      <c r="F96" t="s">
+        <v>44</v>
+      </c>
+      <c r="G96" t="s">
         <v>459</v>
       </c>
-      <c r="C96" t="s">
-[...5 lines deleted...]
-      <c r="E96" t="s">
+      <c r="H96" t="s">
         <v>460</v>
-      </c>
-[...7 lines deleted...]
-        <v>462</v>
       </c>
     </row>
     <row r="97" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
+        <v>461</v>
+      </c>
+      <c r="B97" t="s">
+        <v>462</v>
+      </c>
+      <c r="C97" t="s">
+        <v>42</v>
+      </c>
+      <c r="D97" t="s">
+        <v>42</v>
+      </c>
+      <c r="E97" t="s">
         <v>463</v>
       </c>
-      <c r="B97" t="s">
+      <c r="F97" t="s">
+        <v>44</v>
+      </c>
+      <c r="G97" t="s">
         <v>464</v>
       </c>
-      <c r="C97" t="s">
-[...5 lines deleted...]
-      <c r="E97" t="s">
+      <c r="H97" t="s">
         <v>465</v>
-      </c>
-[...7 lines deleted...]
-        <v>467</v>
       </c>
     </row>
     <row r="98" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A98" t="s">
+        <v>466</v>
+      </c>
+      <c r="B98" t="s">
+        <v>467</v>
+      </c>
+      <c r="C98" t="s">
+        <v>42</v>
+      </c>
+      <c r="D98" t="s">
+        <v>42</v>
+      </c>
+      <c r="E98" t="s">
         <v>468</v>
       </c>
-      <c r="B98" t="s">
+      <c r="F98" t="s">
+        <v>44</v>
+      </c>
+      <c r="G98" t="s">
         <v>469</v>
       </c>
-      <c r="C98" t="s">
-[...5 lines deleted...]
-      <c r="E98" t="s">
+      <c r="H98" t="s">
         <v>470</v>
-      </c>
-[...7 lines deleted...]
-        <v>472</v>
       </c>
     </row>
     <row r="99" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A99" t="s">
+        <v>471</v>
+      </c>
+      <c r="B99" t="s">
+        <v>472</v>
+      </c>
+      <c r="C99" t="s">
+        <v>42</v>
+      </c>
+      <c r="D99" t="s">
+        <v>42</v>
+      </c>
+      <c r="E99" t="s">
         <v>473</v>
       </c>
-      <c r="B99" t="s">
+      <c r="F99" t="s">
+        <v>44</v>
+      </c>
+      <c r="G99" t="s">
         <v>474</v>
       </c>
-      <c r="C99" t="s">
-[...5 lines deleted...]
-      <c r="E99" t="s">
+      <c r="H99" t="s">
         <v>475</v>
-      </c>
-[...7 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="100" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A100" t="s">
+        <v>476</v>
+      </c>
+      <c r="B100" t="s">
+        <v>477</v>
+      </c>
+      <c r="C100" t="s">
+        <v>42</v>
+      </c>
+      <c r="D100" t="s">
+        <v>42</v>
+      </c>
+      <c r="E100" t="s">
         <v>478</v>
       </c>
-      <c r="B100" t="s">
+      <c r="F100" t="s">
+        <v>44</v>
+      </c>
+      <c r="G100" t="s">
         <v>479</v>
       </c>
-      <c r="C100" t="s">
-[...5 lines deleted...]
-      <c r="E100" t="s">
+      <c r="H100" t="s">
         <v>480</v>
-      </c>
-[...7 lines deleted...]
-        <v>482</v>
       </c>
     </row>
     <row r="101" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A101" t="s">
+        <v>481</v>
+      </c>
+      <c r="B101" t="s">
+        <v>482</v>
+      </c>
+      <c r="C101" t="s">
+        <v>42</v>
+      </c>
+      <c r="D101" t="s">
+        <v>42</v>
+      </c>
+      <c r="E101" t="s">
         <v>483</v>
       </c>
-      <c r="B101" t="s">
+      <c r="F101" t="s">
+        <v>44</v>
+      </c>
+      <c r="G101" t="s">
         <v>484</v>
       </c>
-      <c r="C101" t="s">
-[...5 lines deleted...]
-      <c r="E101" t="s">
+      <c r="H101" t="s">
         <v>485</v>
-      </c>
-[...7 lines deleted...]
-        <v>487</v>
       </c>
     </row>
     <row r="102" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A102" t="s">
+        <v>486</v>
+      </c>
+      <c r="B102" t="s">
+        <v>487</v>
+      </c>
+      <c r="C102" t="s">
+        <v>42</v>
+      </c>
+      <c r="D102" t="s">
+        <v>42</v>
+      </c>
+      <c r="E102" t="s">
         <v>488</v>
       </c>
-      <c r="B102" t="s">
+      <c r="F102" t="s">
+        <v>44</v>
+      </c>
+      <c r="G102" t="s">
         <v>489</v>
       </c>
-      <c r="C102" t="s">
-[...5 lines deleted...]
-      <c r="E102" t="s">
+      <c r="H102" t="s">
         <v>490</v>
-      </c>
-[...7 lines deleted...]
-        <v>492</v>
       </c>
     </row>
     <row r="103" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A103" t="s">
+        <v>491</v>
+      </c>
+      <c r="B103" t="s">
+        <v>492</v>
+      </c>
+      <c r="C103" t="s">
+        <v>42</v>
+      </c>
+      <c r="D103" t="s">
+        <v>42</v>
+      </c>
+      <c r="E103" t="s">
         <v>493</v>
       </c>
-      <c r="B103" t="s">
+      <c r="F103" t="s">
+        <v>44</v>
+      </c>
+      <c r="G103" t="s">
         <v>494</v>
       </c>
-      <c r="C103" t="s">
-[...5 lines deleted...]
-      <c r="E103" t="s">
+      <c r="H103" t="s">
         <v>495</v>
-      </c>
-[...7 lines deleted...]
-        <v>497</v>
       </c>
     </row>
     <row r="104" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A104" t="s">
+        <v>496</v>
+      </c>
+      <c r="B104" t="s">
+        <v>497</v>
+      </c>
+      <c r="C104" t="s">
+        <v>42</v>
+      </c>
+      <c r="D104" t="s">
+        <v>42</v>
+      </c>
+      <c r="E104" t="s">
         <v>498</v>
       </c>
-      <c r="B104" t="s">
+      <c r="F104" t="s">
+        <v>44</v>
+      </c>
+      <c r="G104" t="s">
         <v>499</v>
       </c>
-      <c r="C104" t="s">
-[...5 lines deleted...]
-      <c r="E104" t="s">
+      <c r="H104" t="s">
         <v>500</v>
-      </c>
-[...7 lines deleted...]
-        <v>502</v>
       </c>
     </row>
     <row r="105" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A105" t="s">
+        <v>501</v>
+      </c>
+      <c r="B105" t="s">
+        <v>502</v>
+      </c>
+      <c r="C105" t="s">
+        <v>42</v>
+      </c>
+      <c r="D105" t="s">
+        <v>42</v>
+      </c>
+      <c r="E105" t="s">
         <v>503</v>
       </c>
-      <c r="B105" t="s">
+      <c r="F105" t="s">
+        <v>44</v>
+      </c>
+      <c r="G105" t="s">
         <v>504</v>
       </c>
-      <c r="C105" t="s">
-[...5 lines deleted...]
-      <c r="E105" t="s">
+      <c r="H105" t="s">
         <v>505</v>
-      </c>
-[...7 lines deleted...]
-        <v>507</v>
       </c>
     </row>
     <row r="106" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A106" t="s">
+        <v>506</v>
+      </c>
+      <c r="B106" t="s">
+        <v>507</v>
+      </c>
+      <c r="C106" t="s">
+        <v>42</v>
+      </c>
+      <c r="D106" t="s">
+        <v>42</v>
+      </c>
+      <c r="E106" t="s">
         <v>508</v>
       </c>
-      <c r="B106" t="s">
+      <c r="F106" t="s">
+        <v>44</v>
+      </c>
+      <c r="G106" t="s">
         <v>509</v>
       </c>
-      <c r="C106" t="s">
-[...5 lines deleted...]
-      <c r="E106" t="s">
+      <c r="H106" t="s">
         <v>510</v>
-      </c>
-[...7 lines deleted...]
-        <v>512</v>
       </c>
     </row>
     <row r="107" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A107" t="s">
+        <v>511</v>
+      </c>
+      <c r="B107" t="s">
+        <v>512</v>
+      </c>
+      <c r="C107" t="s">
+        <v>42</v>
+      </c>
+      <c r="D107" t="s">
+        <v>42</v>
+      </c>
+      <c r="E107" t="s">
         <v>513</v>
       </c>
-      <c r="B107" t="s">
+      <c r="F107" t="s">
+        <v>44</v>
+      </c>
+      <c r="G107" t="s">
         <v>514</v>
       </c>
-      <c r="C107">
-[...5 lines deleted...]
-      <c r="E107" t="s">
+      <c r="H107" t="s">
         <v>515</v>
-      </c>
-[...7 lines deleted...]
-        <v>517</v>
       </c>
     </row>
     <row r="108" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A108" t="s">
+        <v>516</v>
+      </c>
+      <c r="B108" t="s">
+        <v>517</v>
+      </c>
+      <c r="C108" t="s">
+        <v>42</v>
+      </c>
+      <c r="D108" t="s">
+        <v>42</v>
+      </c>
+      <c r="E108" t="s">
         <v>518</v>
       </c>
-      <c r="B108" t="s">
+      <c r="F108" t="s">
+        <v>44</v>
+      </c>
+      <c r="G108" t="s">
         <v>519</v>
       </c>
-      <c r="C108">
-[...5 lines deleted...]
-      <c r="E108" t="s">
+      <c r="H108" t="s">
         <v>520</v>
-      </c>
-[...7 lines deleted...]
-        <v>522</v>
       </c>
     </row>
     <row r="109" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A109" t="s">
+        <v>521</v>
+      </c>
+      <c r="B109" t="s">
+        <v>522</v>
+      </c>
+      <c r="C109" t="s">
+        <v>42</v>
+      </c>
+      <c r="D109" t="s">
+        <v>42</v>
+      </c>
+      <c r="E109" t="s">
         <v>523</v>
       </c>
-      <c r="B109" t="s">
+      <c r="F109" t="s">
+        <v>44</v>
+      </c>
+      <c r="G109" t="s">
         <v>524</v>
       </c>
-      <c r="C109">
-[...5 lines deleted...]
-      <c r="E109" t="s">
+      <c r="H109" t="s">
         <v>525</v>
-      </c>
-[...7 lines deleted...]
-        <v>527</v>
       </c>
     </row>
     <row r="110" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A110" t="s">
+        <v>526</v>
+      </c>
+      <c r="B110" t="s">
+        <v>527</v>
+      </c>
+      <c r="C110" t="s">
+        <v>42</v>
+      </c>
+      <c r="D110" t="s">
+        <v>42</v>
+      </c>
+      <c r="E110" t="s">
         <v>528</v>
       </c>
-      <c r="B110" t="s">
+      <c r="F110" t="s">
+        <v>44</v>
+      </c>
+      <c r="G110" t="s">
         <v>529</v>
       </c>
-      <c r="C110">
-[...5 lines deleted...]
-      <c r="E110" t="s">
+      <c r="H110" t="s">
         <v>530</v>
-      </c>
-[...7 lines deleted...]
-        <v>532</v>
       </c>
     </row>
     <row r="111" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A111" t="s">
+        <v>531</v>
+      </c>
+      <c r="B111" t="s">
+        <v>532</v>
+      </c>
+      <c r="C111" t="s">
+        <v>42</v>
+      </c>
+      <c r="D111" t="s">
+        <v>42</v>
+      </c>
+      <c r="E111" t="s">
         <v>533</v>
       </c>
-      <c r="B111" t="s">
+      <c r="F111" t="s">
+        <v>44</v>
+      </c>
+      <c r="G111" t="s">
         <v>534</v>
       </c>
-      <c r="C111">
-[...5 lines deleted...]
-      <c r="E111" t="s">
+      <c r="H111" t="s">
         <v>535</v>
-      </c>
-[...7 lines deleted...]
-        <v>537</v>
       </c>
     </row>
     <row r="112" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A112" t="s">
+        <v>536</v>
+      </c>
+      <c r="B112" t="s">
+        <v>537</v>
+      </c>
+      <c r="C112" t="s">
+        <v>42</v>
+      </c>
+      <c r="D112" t="s">
+        <v>42</v>
+      </c>
+      <c r="E112" t="s">
         <v>538</v>
       </c>
-      <c r="B112" t="s">
+      <c r="F112" t="s">
+        <v>44</v>
+      </c>
+      <c r="G112" t="s">
         <v>539</v>
       </c>
-      <c r="C112" t="s">
-[...5 lines deleted...]
-      <c r="E112" t="s">
+      <c r="H112" t="s">
         <v>540</v>
-      </c>
-[...7 lines deleted...]
-        <v>542</v>
       </c>
     </row>
     <row r="113" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A113" t="s">
+        <v>541</v>
+      </c>
+      <c r="B113" t="s">
+        <v>542</v>
+      </c>
+      <c r="C113" t="s">
+        <v>42</v>
+      </c>
+      <c r="D113" t="s">
+        <v>42</v>
+      </c>
+      <c r="E113" t="s">
         <v>543</v>
       </c>
-      <c r="B113" t="s">
+      <c r="F113" t="s">
+        <v>44</v>
+      </c>
+      <c r="G113" t="s">
         <v>544</v>
       </c>
-      <c r="C113">
+      <c r="H113" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A114" t="s">
+        <v>546</v>
+      </c>
+      <c r="B114" t="s">
+        <v>547</v>
+      </c>
+      <c r="C114" t="s">
+        <v>42</v>
+      </c>
+      <c r="D114" t="s">
+        <v>42</v>
+      </c>
+      <c r="E114" t="s">
+        <v>548</v>
+      </c>
+      <c r="F114" t="s">
+        <v>44</v>
+      </c>
+      <c r="G114" t="s">
+        <v>549</v>
+      </c>
+      <c r="H114" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A115" t="s">
+        <v>551</v>
+      </c>
+      <c r="B115" t="s">
+        <v>552</v>
+      </c>
+      <c r="C115" t="s">
+        <v>42</v>
+      </c>
+      <c r="D115" t="s">
+        <v>42</v>
+      </c>
+      <c r="E115" t="s">
+        <v>553</v>
+      </c>
+      <c r="F115" t="s">
+        <v>44</v>
+      </c>
+      <c r="G115" t="s">
+        <v>554</v>
+      </c>
+      <c r="H115" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A116" t="s">
+        <v>556</v>
+      </c>
+      <c r="B116" t="s">
+        <v>557</v>
+      </c>
+      <c r="C116" t="s">
+        <v>42</v>
+      </c>
+      <c r="D116" t="s">
+        <v>42</v>
+      </c>
+      <c r="E116" t="s">
+        <v>558</v>
+      </c>
+      <c r="F116" t="s">
+        <v>44</v>
+      </c>
+      <c r="G116" t="s">
+        <v>559</v>
+      </c>
+      <c r="H116" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A117" t="s">
+        <v>561</v>
+      </c>
+      <c r="B117" t="s">
+        <v>562</v>
+      </c>
+      <c r="C117">
         <v>799999</v>
       </c>
-      <c r="D113">
+      <c r="D117">
         <v>799999</v>
       </c>
-      <c r="E113" t="s">
-[...9 lines deleted...]
-        <v>547</v>
+      <c r="E117" t="s">
+        <v>563</v>
+      </c>
+      <c r="F117" t="s">
+        <v>11</v>
+      </c>
+      <c r="G117" t="s">
+        <v>564</v>
+      </c>
+      <c r="H117" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A118" t="s">
+        <v>566</v>
+      </c>
+      <c r="B118" t="s">
+        <v>567</v>
+      </c>
+      <c r="C118">
+        <v>899999</v>
+      </c>
+      <c r="D118">
+        <v>899999</v>
+      </c>
+      <c r="E118" t="s">
+        <v>568</v>
+      </c>
+      <c r="F118" t="s">
+        <v>11</v>
+      </c>
+      <c r="G118" t="s">
+        <v>569</v>
+      </c>
+      <c r="H118" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A119" t="s">
+        <v>571</v>
+      </c>
+      <c r="B119" t="s">
+        <v>572</v>
+      </c>
+      <c r="C119" t="s">
+        <v>42</v>
+      </c>
+      <c r="D119" t="s">
+        <v>42</v>
+      </c>
+      <c r="E119" t="s">
+        <v>573</v>
+      </c>
+      <c r="F119" t="s">
+        <v>44</v>
+      </c>
+      <c r="G119" t="s">
+        <v>574</v>
+      </c>
+      <c r="H119" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A120" t="s">
+        <v>576</v>
+      </c>
+      <c r="B120" t="s">
+        <v>577</v>
+      </c>
+      <c r="C120">
+        <v>799999</v>
+      </c>
+      <c r="D120">
+        <v>799999</v>
+      </c>
+      <c r="E120" t="s">
+        <v>578</v>
+      </c>
+      <c r="F120" t="s">
+        <v>11</v>
+      </c>
+      <c r="G120" t="s">
+        <v>579</v>
+      </c>
+      <c r="H120" t="s">
+        <v>580</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">