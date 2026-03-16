--- v2 (2026-01-14)
+++ v3 (2026-03-16)
@@ -8,778 +8,901 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Inventory" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="802" uniqueCount="581">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="608" uniqueCount="460">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Sale Price</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Availability</t>
   </si>
   <si>
     <t>Product URL</t>
   </si>
   <si>
     <t>Image URL</t>
   </si>
   <si>
+    <t>69b462e5a454d645a30a3553</t>
+  </si>
+  <si>
+    <t>2024 Jeanneau DB/43</t>
+  </si>
+  <si>
+    <t>2024 Jeanneau DB/43MSRP: $1,405,765Our Price: $799,999Engine Package Triple Mercury 350HP V10 Outboards – Cold Fusion White Engines rigged and installed at factory (including batteries) Mercury Joystick Piloting (JPO) Mercury Autopilot Skyhook Digital Anchoring VesselView engine monitoringStability &amp; Handling Seakeeper SK3 Gyroscopic Stabilizer (requires lithium batteries and upgraded 60AH battery chargers) Zipwake 600 Automatic Trim Tabs (in lieu of Lenco electric trim tabs)Electronics &amp; Navigation Raymarine Electronics Package – US Version Upgraded Raymarine Electronics Package Raymarine Ray90 VHF Radio Raymarine AIS700 Transponder Raymarine Quantum 2 Digital Radar with Deck Searchlight Raymarine ClearCruise Augmented Reality TV AntennaPower &amp; Electrical Lithium Iron Phosphate Batteries (upgrade from standard) Dual Battery Chargers – 2 x 60AH (upgraded) 2000W Inverter (12V–115V / 60Hz) Factory-installed battery banks for house systems, engines, generator, and bow thrusterExterior &amp; Cockpit Features Exterior Cockpit Air Conditioning – 16K BTU (requires interior air conditioning) Wood Latting Cockpit Flooring Aft Electric Sun Awning – SureShade Premium Metallic Hull Paint Second Cockpit Refrigerator – 17 Gallon (starboard cockpit galley) Front Cockpit Table with Cover Four Multicolor Underwater LightsAudio / Entertainment Fusion Audio System – Forward Cabin with two speakers Pre-wiring for Cockpit TV (up to 43") Pre-wiring for Forward Cabin TV (up to 32") Pre-wiring for Aft Cabin TV (up to 32")Interior Layout Two Cabin / Two Head Layout – White Oak Interior Second head and shower replacing breakfast point Macerator pumps for both headsInterior Comfort Mona Lison Bedding Package including pillows, comforters, bed covers, and bedding for both cabins (two double beds and one single bed)Included Accessories Mooring Kit including six fenders and four mooring lines2024 Jeanneau DB/43 for Sale – Triple Mercury 350 V10, Seakeeper, Joystick PilotingThe 2024 Jeanneau DB/43 is one of the most innovative luxury dayboats on the market, combining European design, open-air entertaining space, and high-performance outboard power. Powered by triple Mercury 350HP V10 outboards in Cold Fusion White, this DB/43 delivers impressive speed, effortless handling, and outstanding reliability. Equipped with Mercury Joystick Piloting (JPO), Skyhook digital anchoring, and autopilot, docking and maneuvering are simple and precise whether you’re navigating tight marinas or open water.This particular DB/43 is heavily optioned and built for both day cruising and overnight luxury, featuring a Seakeeper SK3 gyroscopic stabilizer to dramatically reduce boat roll for a smoother ride at anchor and underway. The boat also includes Zipwake automatic trim tabs, ensuring optimal running attitude and improved fuel efficiency in varying sea conditions.At the helm, the DB/43 features a premium Raymarine electronics suite, including the upgraded electronics package, Raymarine Quantum 2 digital radar, AIS transponder, Ray90 VHF radio, and ClearCruise augmented reality navigation. Together these systems provide advanced situational awareness and navigation confidence for both coastal cruising and offshore adventures.One of the most impressive features of the DB/43 is its open-air entertainment layout. The expansive cockpit is designed for socializing and comfort, equipped with exterior cockpit air conditioning, a second cockpit refrigerator, wood cockpit flooring, and a SureShade electric aft sun awning. Multicolor underwater lights add ambiance for evening entertaining, while the forward cockpit lounge area offers additional seating and a convertible table for relaxing at anchor.Below deck, the DB/43 features a 2 cabin / 2 head layout finished in elegant White Oak, providing spacious overnight accommodations for family and guests. Both cabins include double berths, and the boat is equipped with a premium Mona Lison bedding package including pillows, comforters, and bed covers. Each head includes a macerator system for added convenience during extended cruising.The vessel is also equipped with lithium iron phosphate batteries, upgraded dual battery chargers, and a 2000W inverter, providing robust onboard electrical capacity to support the Seakeeper system, entertainment features, and onboard appliances.With its sleek lines, metallic hull paint, and premium equipment list, the Jeanneau DB/43 stands out as a next-generation luxury day boat ideal for entertaining, cruising Southwest Florida waters, or spending weekends aboard in total comfort.If you’re searching for a Jeanneau DB/43 for sale with triple Mercury V10 power, Seakeeper stabilization, joystick control, and luxury accommodations, this 2024 model represents an exceptional opportunity.Contact us today for pricing, availability, and to schedule a private showing.</t>
+  </si>
+  <si>
+    <t>In-Stock</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2024-jeanneau-db4369b462e5a454d645a30a3553</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1773428615110883399169b45f87780bf.png</t>
+  </si>
+  <si>
+    <t>69b2d46a7c3728af3404a66a</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Ultra 255SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 Sea Hunt Ultra 255SE *Coming Soon!* $148,414 Options: Yamaha F350XSA2 Tilt Yamaha Electric Steering Ultra Entertainment Leaning Post Bow Backrests Hardtop w/Slate Blue Underside Powder Coating Trim Tabs w/Indicators Underwater Lights Recirculating Livewell (per Livewell) Windlass GARMIN Dual 12" Electronics Package w/VHF Deluxe Diamond Stitch Slate Blue Hull Yamaha Salt Water Series Prop Flat Bow Cushions </t>
+  </si>
+  <si>
+    <t>Coming Soon</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-255se69b2d46a7c3728af3404a66a</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1773327461211642860569b2d46522bef.png</t>
+  </si>
+  <si>
+    <t>69b2d387d2d3ef68d0029599</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Ultra 285SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 Sea Hunt Ultra 285SE *Coming Soon!* $254,811 Options: Twin Yamaha F300XSB2's Yamaha Helm Master System Ultra Entertainment Leaning Post Bow Backrests Bow Table (Telescoping) Hardtop w/Ice Blue Underside Powder Coating Trim Tabs w/Indicators Underwater Lights Recirculating Livewell (per Livewell) Side Entry Ladder w/Ladder Holder Windlass GARMIN Dual 16" Elect. Pac. w/Auto P &amp;VHF w/Helm Master Deluxe Diamond Stitch Entire Hull Ice Blue Yamaha Salt Water Series Props </t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-285se69b2d387d2d3ef68d0029599</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-177332723489587771369b2d382a2806.png</t>
+  </si>
+  <si>
+    <t>69b2d2677b21465f9204be18</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Gamefish 25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 Sea Hunt Gamefish 25 *Coming Soon!* $179,200 Options: Twin Yamaha F200XSA2's Yamaha Helm Master System Bait Tank Leaning Post w/Captains Chairs Bow Backrests Bow Table (Telescoping) Rear Bench Seat Hardtop w/Silver Gray Underside w/Kingfish Powder Coating Trim Tabs w/Indicators Underwater Lights Windlass Recirculating Livewell (per Livewell) GARMIN 12" Electronics Package w/VHF Deluxe Diamond Stitch Yamaha Reliance Props </t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-gamefish-2569b2d2677b21465f9204be18</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-177332694560749186069b2d261e82f3.png</t>
+  </si>
+  <si>
+    <t>69b2cf30641abb017e0ae29c</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Gamefish 27 FS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 Sea Hunt Gamefish 27FS *Coming Soon!* $217,100 Options: Twin Yamaha F250XSB2's Yamaha Helm Master System Bait Tank Leaning Post w/Captains Chairs (25 Seat) Bow Table (Telescoping) Bow Backrests Rear Bench Seat Hardtop w/Ice Blue Underside Powder Coating Trim Tabs w/Indicators Underwater Lights Side Entry Ladder w/Ladder Holder Windlass Recirculating Livewell (per Livewell) GARMIN Dual 12" Electronics Package w/GT17*Big Transducer* Ice Blue Hull Yamaha Salt Water Series Props Cockpit Storage Drape    </t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-gamefish-27-fs69b2cf30641abb017e0ae29c</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1773326123104774293069b2cf2be9b2e.png</t>
+  </si>
+  <si>
+    <t>69b2ce03641abb017e0ae292</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Ultra 245SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 Sea Hunt Ultra 245SE *Coming Soon!* $124,788 Options: Yamaha F300XSB2 Tilt Yamaha Electric Steering Ultra Entertainment Leaning Post Bow Backrests Hardtop w/Abaco Green Underside Powder Coating Trim Tabs w/Indicators Underwater Lights Trolling Motor Plug &amp; Wiring Harness Recirculating Livewell (per Livewell) Side Entry Ladder w/Ladder Holder Windlass GARMIN 12" Electronics Package w/VHF Deluxe Diamond Stitch Abaco Green Hull Yamaha Salt Water Series Prop   </t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-245se69b2ce03641abb017e0ae292</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-177332581869707826869b2cdfa17ff2.png</t>
+  </si>
+  <si>
+    <t>69b2cb3e10e66cad950a91d2</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Ultra 229</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 Sea Hunt Ultra 229 *Coming Soon!*$98,898 Options: Yamaha F250XSB2 Tilt Yamaha Electric Steering Aluminum Leaning Post w/Backrest Bow Backrests Hardtop w/Slate Blue Underside Powder Coating Trim Tabs w/Indicators Cooler Slide w/SH Cooler Trolling Motor Plug &amp; Wiring Harness Porta Potti Recirculating Livewell (per Livewell) GARMIN 12" Electronics Package w/VHF Deluxe Diamond Stitch Slate Blue Hull Yamaha Salt Water Series Prop  </t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-22969b2cb3e10e66cad950a91d2</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-177332514566194088469b2cb5941db0.png</t>
+  </si>
+  <si>
+    <t>69b2c87873734961a3078899</t>
+  </si>
+  <si>
+    <t>2023 Berkshire 24 CL LE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2023 Berkshire 24 CL LE $39,900 Options: Yamaha 150hp (570 Hours)10' Bimini Top  Clarion Bluetooth Stereo w/ (4) Speakers Stainless Steel Telescoping Swim Ladder Stainless Steel Ski Tow Bar Stainless Steel Cleats &amp; Cup Holders Playpen Cover V-Lite Performance Deck Aluminum Pontoon Tubes w/ Reinforced Splash Fins Vinyl-Wrapped Furniture Bases Cruise Lounge Seating Layout Reclining Helm Chair w/ Slider &amp; Armrests Tilt Steering Basic Gauge Package (Tach, Fuel, Trim, Volt) LED Navigation Lights 12V Power Outlet Fuel/Water Separator Waterproof Wiring Harness w/ Deutsch Connectors Table Base </t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2023-berkshire-24-cl-le69b2c87873734961a3078899</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1773324427133325367369b2c88b1f9d4.png</t>
+  </si>
+  <si>
+    <t>69aec8fe15aade043406e3ce</t>
+  </si>
+  <si>
+    <t>2012 Stumpknocker 174CC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2012 Stumpknocker 174CC$19,900 Options: Yamaha 50Hp- 260 Hours Simrad 9” 2025 Garmin 4” 2023 Powerpole added July 2025 Hydraulic Jack Plate added July 2025 New bilge pump New fuel tank sender Trolling Motor Minn Kota added 2022 New battery charger Ceramic Coating New Pop-up Cleats New bimini top added 2025 EZ Loader Trailer with a spare tire </t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2012-stumpknocker-174cc69aec8fe15aade043406e3ce</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1773062385187640063269aec8f161333.png</t>
+  </si>
+  <si>
+    <t>69aae1c00ea63c5ea50b8a5b</t>
+  </si>
+  <si>
+    <t>2024 Monterey M-225</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 Monterey M225 $64,900 Options: Mercury 250hp (Cold Fusion White)  105 Engine HoursMercury Warranty Expires: September 2029 Wakeboard Tower White Bow &amp; Cockpit cover Cockpit Table GPS/ Sounder Stereo Remote. Helm &amp; Stern Bow Filler Cushions Bucket Seats Removable Ski Tow Pylon Trailer Bottom Painted </t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2024-monterey-m-22569aae1c00ea63c5ea50b8a5b</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1772826041137326376369ab2db9992f5.png</t>
+  </si>
+  <si>
+    <t>6998cb0896f94efd1004be2a</t>
+  </si>
+  <si>
+    <t>2024 Sea Hunt Ultra 229</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 Sea Hunt Ultra 229 $76,900  Options: Tilt Sea star Hydraulic Steering Bait Tank LP w/ Flip Up Bolsters Fiberglass T -Top w/ Misters Color Underside of T -Top Powder Coating White Trim Tabs w/ Indicators Underwater LEO Lights Per Each Recirculating Livewell Trolling Motor Harness Garmin 1243 xsv w/ VHF Yamaha Reliance Series Prop </t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2024-sea-hunt-ultra-2296998cb0896f94efd1004be2a</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-177162111913721902796998caff5cfd2.png</t>
+  </si>
+  <si>
+    <t>6998c37cb818314f250dd620</t>
+  </si>
+  <si>
+    <t>2023 Sea Ray 290SDX</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2023 Sea Ray 290 SDX **Under Contract**$189,900 Options: Twin Mercury 250XL V8 with Joystick  Engine Warranty until 4/2031 126 Hours 12” Merc. Vessel View Windless Bow/Cockpit Cover Seadeck Transom Sunpad Teak Table Marine Head w/ Holding Tank Premier Stereo Upgrade Bow Filler Cushion Elite Plus Package Underwater Lights </t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2023-sea-ray-290sdx6998c37cb818314f250dd620</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-177161962610969093066998c52a39c72.png</t>
+  </si>
+  <si>
+    <t>6994c6ce69ca79ba8e0e62ba</t>
+  </si>
+  <si>
+    <t>2023 Monterey 275SS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2023 Monterey 275 SS Price: $119,999 Options: White Mercury 400V10 Verado  Anchor Windlass W/Galvanized Anchor Rope &amp; Chain Transom Shower with Pressurized Water (Cold Only) Under Water LED Lights Portlight Stainless Steel / Inboard Head Wall for Ventilation W/ Screen Phender Pros Bow &amp; Cockpit Cover Cockpit Table Premium Stereo Upgrade Stern Mounted Remote Simrad GO7 XSE Bow Filler Cushion Portside Forward/Aft Facing Lounger Battery Charger w/ Deck Plug Macerator w/ Overboard Discharge Electric Head System w/ Holding Tank 110 Hours Stored on a Lift Mercury Platinum Warranty until 03/27/2031  </t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2023-monterey-275ss6994c6ce69ca79ba8e0e62ba</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17713579338436354816994c6ed1c274.png</t>
+  </si>
+  <si>
+    <t>698f6be34b24ceda22042024</t>
+  </si>
+  <si>
+    <t>2026 Jeanneau TH33</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 Jeanneau TH 33 $517,730  Options: Mercury Twin 300XL V10 Cold White JPO Cockpit Upholstery Marlin Pure White Cabin Pack- Mattress + Curtain + Reading Light + 2 Leather Storage Bags + Cloth Hook + Mosquito Net for Cabin + USB A/C Plug + Marine Mat Flooring Titanium in the Cabin Upgraded Electronics Pack- 1 X Garmin GPSMAP 1223 XSV with GT15 Transducer + 1 X Garmin GPSMAP 1223 + Display of Engine Information + Pilot and Passenger Wireless Phone Charger Audio Package Upgrade- Fusion MS RA-670 + Fusion Amplifier + JL Audio Subwoofer + 8 JL Audio M3 Speakers: (2 in the Bow, 4 in the Cockpit, 2 in the Hardtop) Anchoring Kit- Stainless Steel Anchor (35lbs.) + Swivel + Chain Stoppe + Galvanized Chain (28m) + Rope (40m) + Bow Fresh Water Wash-down Front Cockpit Sun Awning- Sunworker Dark Additional Table and Leg Bow Fill-in Cushion- Marlin Pure White Grey Water Tank 95L Rigid Suisse RGB Exterior Lighting Kenyon Cockpit Grill 110V Pre-wiring for Additional AGM House Battery 12v 1x140AH Inverter 2000VA 12V-115V English Owner’s Manual Garmin VHF315I Shipping Craddle </t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-jeanneau-th33698f6be34b24ceda22042024</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17710069721408933207698f6bfcb5e93.png</t>
+  </si>
+  <si>
+    <t>698e4a7fc539cc8ab305d8b3</t>
+  </si>
+  <si>
+    <t>2026 Jeanneau TH38</t>
+  </si>
+  <si>
+    <t>Call for price</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 Jeanneau TH 38 Options:  Optional Engines Mercury Twin 300XXL Verados Mercury Twin 300XXL Verados w/ Joystick Mercury Twin 350XXL Verados w/ Joystick  LX Package Ambiance Pack (Exterior LED Step Lighting + Interior Indirect Lighting) Hot and Cold Cockpit Shower Protection Cover Kit (Cockpit, Pilot and Co-Pilot Seats, Rear Cockpit Tables)  SLX Package (includes LX Package) Ambiance Pack (Exterior LED Step Lighting + Interior Indirect Lighting) Hot and Cold Cockpit Shower Protection Cover Kit (Helm &amp; Upholstery) Chain Counter and Remote at Helm 2 AFT Cockpit Projectors Freshwater Shore Power  Electronic and Audio Packages Electronic- 1 X Garmin GPSMAP 1223 1 X Garmin GPSMAP 1223 XSV GT15 Through Hull Transducer Display of Engine Information  Electronic Upgraded- 1 X Garmin GPSMAP 1623 1 X Garmin GPSMAP 1623 XSV GT15 Through Hull Transducer Display of Engine Information  Audio Package- Amplifier JL Audio XDM800 Amplifier JL Audio XDM200 1 Subwoofer JL Audio M3 4 Additional Loudspeakers M3  Navigation &amp; Safety Standard- Electric Engine Remote Control Steering Wheel on Tilt Base Self-Draining Cockpit Sidewalks Compass Navigation Lights Anchor Lights Electric and Manual Bilge Pump Stainless Steel Horn Seanapps System  Optional- Searchlight with Remote Controls 4 Underwater Lights RGB TV Antenna Garmin Radar Fantom 18 Garmin Open Array Radar Fantom 54 Garmin AIS Garmin VHF Garmin AFT Camera on Mast Starboard Windscreen Wiper  Deck Equipment Standard- Anchor Locker Bow Fitting AFT Bathing Platform and Central Platform with Ladder Starboard Side Gate 6 Retractable Stainless Steel Mooring Cleats Cockpit Handrails Fender Hooks, Quick Connect (4) Hull Rubrail  Optional- Anchoring Kit- Stainless Steel Anchor + Galvanized Chain + Rope Mooring Kit (4 Lines + 6 Fenders) Central Stainless Steel Bow Ladder with Platform Full Soft AFT Cockpit Enclosure Full Soft Side Enclosure for High Windshield Full Soft Side and Windshield Enclosure for Low Windshield Front Sun Shade on 4 Poles Fixed AFT Cockpit Sun Shade Side Stainless and Plexiglass Pulpits  Exterior Comforts Standard- Front and Aft Cockpit Cushion- Gandia Grey Cushions for Aft &amp; Bow Cockpit with Covers Low Walk Through Windshield Storage Locker in Cockpit Bench w/ Drainage 2 Sliding L-Shape Benches with Storage Transformable in Sunbathing Area 2 Aft Cockpit Tables with Cup Holders Pilot &amp; Copilot Seating USB Plugs Cupholder  Optional- Front and Aft Cockpit Cushion- Cognac/ Black Front and Aft Cockpit Cushion- Light Grey Marina Mat Foam on Front and Aft Cockpit (Latte Black or Titanium) Irodeck on Swim Platform, Front and Aft Cockpit Removable Central Forward Cockpit Table Bow Drawer Refrigerator (20I) Bow In-Fill Cushions  Cockpit Galley Standard- Corian Lava Rock Worktop Pressured Water Fridge 65L Sink Drawers Trash Bin Electric Ceramic Cooktop 1 Fire  Optional- Additional Starboard Cockpit Refrigerator (65L) Kenyon Cockpit Grill (Instead of Ceramic Cooktop) Single Propane Burner Cooktop  Interior Comforts Standard- Alpi White OAK Interior Woodworks Flooring Fortezza Double Berth Hull Windows Curtains for Cabin Mirror Reading Lights with USB Plugs Extra USB Plugs 220V Sockets  Optional- Reversible Air Conditioning 2x8k BTU On Shore Power 220V Generator (5kW) with 50L Diesel Tank Screens for Port Holes Additional Fresh Water Tanks (2x 95L) TV Pre-installation in Cabins and Cockpit Microwave Oven in Port Side Cabin Snap in Carpet in Cabin  2 Heads Standard- Hull Window Opening Portholes Deck Hatch with Privacy Adhesive Water Heater 220V Separate Shower Mirror Storage Compartments Electric Fresh Water Toilet Venetian Blinds Holding Tanks 2x 65L  Optional- Grey Water Tanks (2x 64L)  Battery Standard- Battery Charger Shore Power 220V Sockets  Optional- Pre Wiring for additional AGM House Battery Inverter 2000W </t>
+  </si>
+  <si>
+    <t>Build Slot Available</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-jeanneau-th38698e4a7fc539cc8ab305d8b3</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17709328601049990583698e4a7c64525.png</t>
+  </si>
+  <si>
+    <t>697d20668f410922b608c683</t>
+  </si>
+  <si>
+    <t>2026 Jeanneau NC 1095 Coupe S2</t>
+  </si>
+  <si>
+    <t>2026 Jeanneau NC 1095 Coupe Series 2 For Sale!$480,640More photos coming soon!Options:Twin Yamaha 300hpAutomatic Trim Tabs ZipwakeAudio Pack Fusion RA210Garmin VHF 215I AISTrim Level Preference USA CoupeElectronic Pack Garmin UpgradedAnchoring KitWireless Induction ChargerU-Shape Cockpit Saloon + GRP Table + Sundeck Compliment2 Underwater LightsRemovable Carpet Set In Wheelhouse and CabinsLeatherette Tannery Sugar Upholstery In SaloonSunshade On Poles For Front CockpitAft Cockpit Sun Awning - Graphite ColorSet Of Protective Covers For Aft CockpitStorage Rack On The Roof For Stand Up PaddleProtective Cover For Front CockpitSemi-Transparent External Windscreen CurtainVariable Bow Thruster For Yamaha JoystickAdditional Water Tank (100 Liters)Deck SearchlightDouble Berth Compliment In Portside CabinDouble Berth Compliment In SaloonSwiveling System For Pilot SeatRemovable Exterior Carpet Set Infinity For U-CockpitEnglish Owners Manual USATV AntennaTV Pre-Fit 115V Saloon + Inverter 250KVAElectrical Bow WindlassCockpit Shower (Hot &amp; Cold)Ambiance LED Lights (Saloon &amp; Cabins)LED Lights In Cockpit Floor110V Water HeaterInterior Curtains2 Rear Cockpit WorklightsRing For TrailerRemovable Swim LadderFront Cockpit UpholsteryHorn</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-jeanneau-nc-1095-coupe-s2697d20668f410922b608c683</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176980957380415188697d26a583b1d.webp</t>
+  </si>
+  <si>
+    <t>6978def496814e0f6a092509</t>
+  </si>
+  <si>
+    <t>2022 Sea Hunt Ultra 255SE</t>
+  </si>
+  <si>
+    <t>2022 Sea Hunt Ultra 255SEPrice: $99,900Offsite ListingOptions: Yamaha 300 DES (197hrs)HELM MASTER EX CONTROLSULTRA ENTERTAINMENT CENTERSTATE BLUEDUAL GARMIN 12" w/VHFDIVE DOOR LADDERTRIM TABSANCHOR WINDLESSS/S PROPBacked by Bonita Boat Center’s dedication to service, support and customer satisfaction, this Sea Hunt Ultra 255 SE is ready for salt-water use and stands out in the market for boat buyers searching for “Sea Hunt Ultra 255 SE for sale Florida,” "center console Bonita Springs,” “Sea Hunt boat dealer Southwest Florida,” and “25FT center console.” Don’t miss your chance to schedule a sea trial or walkthrough and secure one of the most capable and refined boats in this class.</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2022-sea-hunt-ultra-255se6978def496814e0f6a092509</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17695294111334491576978e043108a9.png</t>
+  </si>
+  <si>
+    <t>696fb21b39d837737b02795f</t>
+  </si>
+  <si>
+    <t>2026 Regulator 37</t>
+  </si>
+  <si>
+    <t>2026 Regulator 37 For Sale!MSRP: $1,251,040(Does Not Include Prep &amp; Freight)7-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:Power (Included)Triple White Yamaha XTO 450 Offshore EnginesHelm Master™ EX JoystickEX Autopilot with Waypoint DecelerationDigital Electric Steering (DES)Digital Electronic Control (DEC)Electronic Key Switch with Wireless FobSelected Options &amp; UpgradesPower &amp; SystemsArid Bilge Systems Series 2 (12V, 2-Zone)Seakeeper 4.5 Gyro Stabilization SystemUpgraded Onan 13.5kW GeneratorHull &amp; ExteriorHull Color: Storm Gray (Sides Only)Bracket with White GelcoatBootstripe: Navy / Navy / NavyT-Top Underside Color Matched to HullSeating, Galley &amp; InteriorDiamond Quilted UpholsteryE-Series Galley Upgrade with Electric Grill and RefrigeratorTeak Ladder-Back Helm Chairs with ArmrestsHalcyon Luxe Interior PackageElectronics &amp; Lighting(2) Inductive Phone Chargers (Console)(2) Inductive Phone Chargers (Helm + Console)Additional Garmin 12" GPSMAP 1243 XSVCenter Forward LED Light BarElectric Anchor Light and Antenna MountsFusion Entertainment Upgrade PackageGarmin GT36 UHD SideVu/ClearVu TransducerGarmin GXM 54 SiriusXM Weather ReceiverMulti-Colored Underwater LED LightsFishing Upgrades(10) Forward Gunwale Cup Holder Rod HoldersDual Pressurized Livewells with Clear Acrylic LidsUnder-Gunwale Gaff HolderRefrigerated Port Aft FishboxRefrigerated Transom Fishbox</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-regulator-37696fb21b39d837737b02795f</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1768928591949109585696fb54f1b42e.png</t>
+  </si>
+  <si>
+    <t>696fa488ca9af2acbd0a514c</t>
+  </si>
+  <si>
+    <t>2026 Regulator 28</t>
+  </si>
+  <si>
+    <t>2026 Regulator 28 For Sale!MSRP: $488,070(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:Twin White Yamaha F350 4-Stroke Engines w/ DES Tilt Helm, DEC and Electronic Key Switch w/ Wireless Key Fob -- Plus Helm Master® EX Joystick w/ Multimode Set Point™ and EX Autopilot w/ Waypoint DecelerationYamaha Salt Water Series Props36-Amp Battery Charger with 25' CordHull Color – Sides OnlyGulfstream Blue (Stars &amp; Stripes)Bootsriping: White/Charcoal/WhiteT-Top Rocket LauncherT-Top Storage CompartmentT-Top Underside to Match Hull SidesDove Gray Upholstery28 Tackle Center Cooler Edition: Retains all Helm Seating &amp; Rocket Launcher Features - plus Slide-Out Cooler for additional Storage and Seating and Modified Tackle StorageDiamond Quilted UpholsteryDual-Height Pedestal Table w/ Magnetic Filler Cushion and Table/Pedestal Storage2) Inductive Cell Phone Chargers in Recessed Console TraysEntertainment Upgrade Package: Includes Fusion® Dynamically Calibrated System with (10) Premium Backlit Speakers, Subwoofer, Amps, and Integrated Wi-FiFactory-Installed Garmin® 28 Premium Package: Two 16" GPSMAP® 8616 XSV Multi[1]Touch Widescreen Chartplotter/Sonar Displays, VHF 215 AIS Radio with Dual 8' Antennas, Airmar® B275LHW with Wide Beam 1kW CHIRP Transducer, Plus Black Flushmount Electronics Face and Remote MicFactory-Installed Garmin® GMR™ Fantom 54 Open-Array Radar, Factory-Installed Garmin® GT36UHD-TM Ultra High-Def ClearVü and SideVü Side Scan TransducerFactory-Installed Garmin® GXM™ 54 SiriusXM® Marine Weather Receiver Upgrade(2) Conventional Transom Rod Holders(8) Additional Forward Gunwale Cup Holder Rod holdersQuick-Release Under Gunwale Gaff Holder Refrigerated Transom FishboxBucket Holder with (2) Buckets Edson™ Wheel w/ Power Knob Phender Pro™ w/ (4) Quick-Release Fender Cleats Through Stem Bow Roller w/ Anchor Windlass, Freshwater Anchor Wash, Remote Switch, Chain, and AnchorForward Sun Shade - Deep GrayHelm, Console and Seating Canvas Covers - Deep Gray Now available at Bonita Boat Center in Bonita Springs, FL — the 2025 Regulator 28 is a top-tier offshore center console designed for serious fishing and luxury cruising, with a 27′8″ hull (32′6″ overall with engines), 9′5″ beam, and a massive 219-gallon fuel capacity. Equipped with twin Yamaha F300 engines and advanced features like HelmMaster® EX joystick controls, dual 16″ Garmin GPSMAP displays, and premium tackle-center layout, this model is built for buyers searching “Regulator 28 for sale Florida,” “new Regulator center console Bonita Springs,” or “offshore fishing boat Southwest Florida.</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-regulator-28696fa488ca9af2acbd0a514c</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17689267461594656280696fae1aae508.png</t>
+  </si>
+  <si>
+    <t>696fa4843e75a40e2b094ca5</t>
+  </si>
+  <si>
+    <t>2025 Regulator 28</t>
+  </si>
+  <si>
+    <t>2025 Regulator 28 For Sale!MSRP: $452,365(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:Twin White Yamaha F300 4-Stroke Engines with DES Tilt Helmand DEC - Plus Helm Master® EX Joystick w/ Multimode SetPointT and EX Autopilot w/ Waypoint Deceleration36-Amp Battery Charger with 25' CordFeatured Hull Color - Sides OnlyBootstriping White/White/WhiteT-Top Rocket LauncherT-Top Storage CompartmentT-Top Underside to Match Hull SidesStandard White Upholstery28 Tackle Center w/ Upholstered Helm Seating for Two w/ IndividualFolding Footrests, (2) Cup Holders, and Seatback Rocket Launcherw/ Tackle Center &amp; Storage, Including: Large Tackle Drawers (2)Dual-Height Pedestal Table with Filler Cushion (2) Inductive Cell Phone Chargers: (1) at Helm; (1) InsideEntertainment Upgrade Package: Includes Fusion® DynamicallyFactory-Installed Garmin® 28 Premium Package:Two 16" GPSMAP® 8616 XSV Multi-Touch WidescreenChartplotter/Sonar Displays, VHF 215 AIS RadioFactory-Installed Garmin® GMRT Fantom 54 Open-Array RadarFactory-Installed Garmin® GT36UHD-TM Ultra High-Def ClearVMulti-Colored Underwater LED Lights (2)(2) Conventional Transom Rod Holders, (6) Aft Gunwale Cup Holder Rod Holders, (8) Additional Forward Gunwale Cup Holder Rod HoldersRefrigerated Transom FishboxBucket Holder with (2) BucketsBuilt-In 12V Watersports Inflation StationCockpit Freshwater Engine FlushEdsonT Wheel with Power KnobGray Helm Pad w/ Black Regulator LogoHose Coil Racks (2) for Raw Water and Freshwater Wash DownsPhender ProT with (4) Quick-Release Fender CleatsThrough Stem Bow Roller w/ Anchor Windlass, Remote Switch,Chain and AnchorForward Sun Shade - DEEP GRAYHelm, Console and Seating Canvas Covers- DEEP GRAYNow available at Bonita Boat Center in Bonita Springs, FL — the 2025 Regulator 28 is a top-tier offshore center console designed for serious fishing and luxury cruising, with a 27′8″ hull (32′6″ overall with engines), 9′5″ beam, and a massive 219-gallon fuel capacity. Equipped with twin Yamaha F300 engines and advanced features like HelmMaster® EX joystick controls, dual 16″ Garmin GPSMAP displays, and premium tackle-center layout, this model is built for buyers searching “Regulator 28 for sale Florida,” “new Regulator center console Bonita Springs,” or “offshore fishing boat Southwest Florida.</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2025-regulator-28696fa4843e75a40e2b094ca5</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1768924301852094416696fa48dcbbd2.webp</t>
+  </si>
+  <si>
+    <t>696f90d467f8cfc403022a63</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Gamefish 28FS</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Gamefish 28FS For Sale!N.A.P. $247,471(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:Twin F300XSB2'sYamaha Helm Master SystemBattle Station Leaning Post w/Captains ChairsBow Table (Telescoping)Rear Bench SeatBow BackrestsHardtop w/Silver Gray Underside w/KingfishPowder CoatingTrim Tabs w/IndicatorsUnderwater LightsRecirculating Livewell (per Livewell)Side Entry Ladder w/Ladder HolderWindlassGARMIN Dual 16" Elect. Pac. w/Auto P &amp;VHF w/Helm Master*Deluxe Diamond Stitch**Entire Hull Silver Gray*Yamaha Salt Water Series Props</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-gamefish-28fs696f90d467f8cfc403022a63</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1772740051198409576369a9ddd3d6d94.png</t>
+  </si>
+  <si>
+    <t>696f8decf2ecb90e750496ef</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Ultra 245SE For Sale!N.A.P. $123,476(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:F300XSB2Tilt Yamaha Electric SteeringUltra Entertainment Leaning PostBow BackrestsHardtopPowder CoatingTrim Tabs w/IndicatorsUnderwater LightsTrolling Motor Plug &amp; Wiring HarnessRecirculating Livewell (per Livewell)WindlassSide Entry Ladder w/Ladder HolderGARMIN 12" Electronics Package w/VHF*Deluxe Diamond Stitch*Yamaha Salt Water Series PropNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt Ultra 245 SE is a premium salt-water center console built for serious performance, comfort and value. With a 24′3″ overall length, 8′6″ beam, dry weight around 3,900 lbs and a 96-gallon fuel tank capacity.Whether you’re exploring Naples, Marco Island, Cape Coral, Fort Myers or the 10,000 Islands, buyers searching for “Ultra 245 SE for sale Florida,” “Sea Hunt 245 SE near me,” or “24-ft center console boat Southwest Florida” will find this boat an exceptional opportunity. Backed by Bonita Boat Center’s full-service, factory-certified team, this 2026 Sea Hunt Ultra 245 SE is salt-water ready at your local sea hunt dealer!</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-245se696f8decf2ecb90e750496ef</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1772729279113592403169a9b3bf21332.png</t>
+  </si>
+  <si>
+    <t>696f8bd6618b88c3500d9fb6</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Ultra 265SE</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Ultra 265SE For Sale!**Under Contract**N.A.P. $182,200(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:Twin F200XSA2'sYamaha Helm Master SystemUltra Entertainment Leaning PostBow BackrestsHardtop w/Slate Blue UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsRecirculating Livewell (per Livewell)WindlassSide Entry Ladder w/Ladder HolderGARMIN Dual 12" Electronics Package w/VHF*Deluxe Diamond Stitch**Slate Blue Hull*Yamaha Reliance PropsCockpit Storage Drape**Flat Bow Cushions**</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-265se696f8bd6618b88c3500d9fb6</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1773168795115906058769b0689be8c94.png</t>
+  </si>
+  <si>
+    <t>696f8a5bd7bf06bbeb062bb4</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Ultra 285FS For Sale!**Under Contract**N.A.P. $255,254(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:Twin F300XSB2'sYamaha Helm Master SystemUltra Entertainment Leaning PostBow BackrestsBow Table (Telescoping)Hardtop w/Ice Blue Underside w/KingfishPowder CoatingTrim Tabs w/IndicatorsUnderwater LightsSide Entry Ladder w/Ladder HolderRecirculating Livewell (per Livewell)WindlassGARMIN Dual 16" Elect. Pac. w/Auto P &amp;VHF w/Helm Master*Deluxe Diamond Stitch**Ice Blue Hull*Yamaha Salt Water Series PropsNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt Ultra 285 SE is a premium 28’5” center console that combines offshore capability, luxury comfort, and family-friendly versatility. Priced at a N.A.P. of $251,969, this model delivers exceptional value for buyers searching for “Sea Hunt Ultra 285 SE for sale,” “new Sea Hunt 28-foot center console,” or “Sea Hunt dealer Southwest Florida.” Engineered with a deep-V hull, wide beam, and Sea Hunt’s renowned composite construction, the Ultra 285 SE is perfectly suited for Gulf cruising from Naples to Marco Island and the inshore waterways of Cape Coral and Estero Bay.</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-285se696f8a5bd7bf06bbeb062bb4</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1773145939191214330069b00f5394e62.png</t>
+  </si>
+  <si>
+    <t>696f874274dbb56ff1068a3d</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Ultra 255SE For Sale!N.A.P. $144,663(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:F350XSA2Tilt Yamaha Electric SteeringUltra Entertainment Leaning PostBow BackrestsHardtop w/Ice Blue UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsWindlassSide Entry Ladder w/Ladder HolderRecirculating Livewell (per Livewell)GARMIN 12" Electronics Package w/VHF*Deluxe Diamond Stitch**Ice Blue Hull*Yamaha Salt Water Series Prop**Flat Bow Cushions**Now available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt Ultra 255 SE is a standout new-generation center console offering premium features, performance and style built for the Florida coast. With a length overall of 24′11″ and a beam of 8′9″, this Ultra 255 SE carries a 120-gallon fuel capacity and a dry weight of roughly 4,600 lbs, making it an ideal platform for daily cruising, island runs, or serious fishing across Naples, Marco Island, Cape Coral and the 10,000 Islands.Backed by Bonita Boat Center’s dedication to service, support and customer satisfaction, this Sea Hunt Ultra 255 SE is ready for salt-water use and stands out in the market for boat buyers searching for “Sea Hunt Ultra 255 SE for sale Florida,” “new center console Bonita Springs,” “Sea Hunt boat dealer Southwest Florida,” and “premium center console 25-ft Florida.” Don’t miss your chance to schedule a sea trial or walkthrough and secure one of the most capable and refined boats in this class.</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-255se696f874274dbb56ff1068a3d</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1772740719132467855069a9e06f35eed.png</t>
+  </si>
+  <si>
+    <t>696f84ca1c1ce757830c7490</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Ultra 275SE</t>
+  </si>
+  <si>
+    <t>2026 Sea Hunt Ultra 275SE For Sale!N.A.P. $216,143(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:Twin F250XSB2'sYamaha Helm Master EX with JoystickTilt Yamaha Electric SteeringUltra Entertainment Leaning PostBow BackrestsBow Table (Telescoping)Hardtop w/Silver Gray UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsSide Entry Ladder w/Ladder HolderRecirculating Livewell (per Livewell)WindlassGARMIN Dual 12" Electronics Package w/GT17*Big Transducer**Silver Gray Hull*Yamaha Salt Water Series Props You buy a Sea Hunt Boat because of the standard features! The name says it all! Our Ultra Series was created for families desiring the "Ultra" experience on the water! Sea Hunt delivers the most comfortable and functional center consoles in the industry with our Ultra Line. With its cushioned rear bench seating, and oversized bow area (complete with bow backrests and cup holders), it's easy to sit back and enjoy pleasure cruising and sandbar hopping. Rod Holders and Livewells instantly turn the Ultra into the most comfortable fishing boat on the water! Added standard features include: wrap around bolsters, bow cushions, color screen waterproof stereo, Yamaha Digital Command Link Gauges; and more! Can you really have comfort, fun and fishing in one boat? With the Ultra Series, you can!</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-275se696f84ca1c1ce757830c7490</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1772743978193139357369a9ed2aa0df3.png</t>
+  </si>
+  <si>
     <t>696570ac802a9459a107d58f</t>
   </si>
   <si>
     <t>2023 Sea Hunt Ultra 275SE</t>
   </si>
   <si>
-    <t>2023 Sea Hunt Ultra 275SE For Sale!CERTIFIED PRE-OWNED INVENTORY$159,999 Options:Twin Yamaha F250 XSB2’s - 189 hours YES Warranty until 1/7/2028Ultra Entertainment Leaning PostGarmin 8612 ScreenYamaha AutopilotGarmin VHF radioEntertainment CenterBow filler cushionWindlass AnchorUnderwater LightsT-Top Underside ColorSide Entry Ladder &amp; Holder You buy a Sea Hunt Boat because of the standard features! The name says it all! Our Ultra Series was created for families desiring the "Ultra" experience on the water! Sea Hunt delivers the most comfortable and functional center consoles in the industry with our Ultra Line. With its cushioned rear bench seating, and oversized bow area (complete with bow backrests and cup holders), it's easy to sit back and enjoy pleasure cruising and sandbar hopping. Rod Holders and Livewells instantly turn the Ultra into the most comfortable fishing boat on the water! Added standard features include: wrap around bolsters, bow cushions, color screen waterproof stereo, Yamaha Digital Command Link Gauges; and more! Can you really have comfort, fun and fishing in one boat? With the Ultra Series, you can!</t>
-[...2 lines deleted...]
-    <t>In-Stock</t>
+    <t>2023 Sea Hunt Ultra 275SE For Sale!CERTIFIED PRE-OWNED INVENTORY*Under Contract*$154,900Options:Twin Yamaha F250 XSB2’s - 189 hours YES Warranty until 1/7/2028Ultra Entertainment Leaning PostGarmin 8612 ScreenYamaha AutopilotGarmin VHF radioEntertainment CenterBow filler cushionWindlass AnchorUnderwater LightsT-Top Underside ColorSide Entry Ladder &amp; Holder You buy a Sea Hunt Boat because of the standard features! The name says it all! Our Ultra Series was created for families desiring the "Ultra" experience on the water! Sea Hunt delivers the most comfortable and functional center consoles in the industry with our Ultra Line. With its cushioned rear bench seating, and oversized bow area (complete with bow backrests and cup holders), it's easy to sit back and enjoy pleasure cruising and sandbar hopping. Rod Holders and Livewells instantly turn the Ultra into the most comfortable fishing boat on the water! Added standard features include: wrap around bolsters, bow cushions, color screen waterproof stereo, Yamaha Digital Command Link Gauges; and more! Can you really have comfort, fun and fishing in one boat? With the Ultra Series, you can!</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2023-sea-hunt-ultra-275se696570ac802a9459a107d58f</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1768256514147388984469657402cfbe1.webp</t>
   </si>
   <si>
     <t>695e68ae5039fc342e0d6133</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 265SE</t>
-[...5 lines deleted...]
-    <t>Coming Soon</t>
+    <t>2026 Sea Hunt Ultra 265SE For Sale!**Under Contract**N.A.P $168,888(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options: Twin Yamaha F200XSA2Tilt Yamaha Electric SteeringUltra Entertainment Leaning PostBow BackrestsHardtop w/ Silver Gray UndersidePowder CoatingTrim Tabs w/ IndicatorsUnderwater LightsRecirculating Livewell (per Livewell)WindlassSide Entry Ladder w/ Ladder HolderGarmin Dual 12" Electronics Package w/ VHF*Deluxe Diamond Stitch**Silver Gray Hull*Yamaha Reliance Props</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-265se695e68ae5039fc342e0d6133</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1767795871698488934695e6c9fe35d6.webp</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1771950301518300233699dd0dd5739d.png</t>
   </si>
   <si>
     <t>695e5de46c340228650ded39</t>
   </si>
   <si>
     <t>2026 Sea Hunt Gamefish 27 Forward Seating</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Gamefish 27FS For Sale!N.A.P $193,266(Does Not Include Prep &amp; Freight)Options:Twin F200XSA2'sTilt Yamaha Electric SteeringBait Tank Leaning Post w/Captains Chairs (25 Seat)Bow BackrestsRear Bench SeatBow Table (Telescoping)Hardtop w/ Silver Gray Underside w/ KingfishPowder CoatingTrim Tabs w/ IndicatorsUnderwater LightsRecirculating Livewell (per Livewell)WindlassSide Entry Ladder w/ Ladder HolderGarmin Dual 12" Electronics Package w/ GT17 *Big Transducer*Yamaha Auto Pilot*Deluxe Diamond Stitch**Silver Gray Hull*Yamaha Reliance Props</t>
+    <t>2026 Sea Hunt Gamefish 27FS For Sale!N.A.P $193,266(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:Twin F200XSA2'sTilt Yamaha Electric SteeringBait Tank Leaning Post w/Captains Chairs (25 Seat)Bow BackrestsRear Bench SeatBow Table (Telescoping)Hardtop w/ Silver Gray Underside w/ KingfishPowder CoatingTrim Tabs w/ IndicatorsUnderwater LightsRecirculating Livewell (per Livewell)WindlassSide Entry Ladder w/ Ladder HolderGarmin Dual 12" Electronics Package w/ GT17 *Big Transducer*Yamaha Auto Pilot*Deluxe Diamond Stitch**Silver Gray Hull*Yamaha Reliance Props</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-gamefish-27-forward-seating695e5de46c340228650ded39</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17677946971290732480695e6809e1786.webp</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-177334671452963453269b31f9a915b0.png</t>
   </si>
   <si>
     <t>695bc23a55c12de3550232f2</t>
   </si>
   <si>
     <t>2023 Jeanneau NC-795 Coupe</t>
   </si>
   <si>
-    <t>2023 Jeanneau NC-795 For SaleCERTIFIED PRE-OWNED$144,900Options:Yamaha 250 - 77 hours Yamaha Warranty until 8/1/2029 🚨A/c on shore power Bow Thruster Lenco Trim Tabs Garmin 8612 Fusion Stereo Bow Cushions Roof Rack Electric Galley Aft Bimini Head with pumpout Interior curtains Swim Platforms with teak Windlass Anchor 110V Water HeaterBow Ladder The NC 795 Sport features a spacious exterior layout with wide swim platforms for easy boarding and recessed side decks that sit flush with the cockpit for safe, convenient movement. The foldaway aft bench can be paired with optional port and starboard seating to create a comfortable L- or U-shaped lounge.Inside the pilot station, an optional sliding sunroof adds natural light and ventilation. Two bolster seats come standard, with an option for a third, along with a compact galley that includes a sink, pressurized water, a 10-gallon fridge, and an optional removable gas stove.Below deck, the forward cabin comfortably sleeps two, with extra storage and an available enclosed toilet compartment for a chemical or marine WC—perfect for overnight stays and weekend getaways.</t>
+    <t>2023 Jeanneau NC-795 For SaleCERTIFIED PRE-OWNED$139,900Options:Yamaha 250 - 77 hours Yamaha Warranty until 8/1/2029 🚨A/c on shore power Bow Thruster Lenco Trim Tabs Garmin 8612 Fusion Stereo Bow Cushions Roof Rack Electric Galley Aft Bimini Head with pumpout Interior curtains Swim Platforms with teak Windlass Anchor 110V Water HeaterBow Ladder The NC 795 Sport features a spacious exterior layout with wide swim platforms for easy boarding and recessed side decks that sit flush with the cockpit for safe, convenient movement. The foldaway aft bench can be paired with optional port and starboard seating to create a comfortable L- or U-shaped lounge.Inside the pilot station, an optional sliding sunroof adds natural light and ventilation. Two bolster seats come standard, with an option for a third, along with a compact galley that includes a sink, pressurized water, a 10-gallon fridge, and an optional removable gas stove.Below deck, the forward cabin comfortably sleeps two, with extra storage and an available enclosed toilet compartment for a chemical or marine WC—perfect for overnight stays and weekend getaways.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2023-jeanneau-nc-795-coupe695bc23a55c12de3550232f2</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-17676236241466445600695bcbc8e64ac.webp</t>
   </si>
   <si>
-    <t>6958163d7dc8b348dd046f89</t>
-[...28 lines deleted...]
-  <si>
     <t>6952a4e3791888de7b05f64a</t>
   </si>
   <si>
     <t>2026 Jeanneau NC Weekender 1295 Fly</t>
   </si>
   <si>
-    <t>Call for price</t>
-[...1 lines deleted...]
-  <si>
     <t>2026 Jeanneau NC-1295 FLY For Sale!BUILD SLOT AVAILABLEOptions:Yamaha Triple 300SBW WhiteSaloon Upholstery Leather DolceElectric pack Garmin UpgradeAudio Pack Premium Fusion FlyCockpit Electrical Sun AwningSunshade For Front CockpitProtect Covers Fly -If GalleyBimini On Flying Bridge SilverFly Galley With Grill 110vWood Table And Aft SunpadBow Sunpad Filler CushionExternal Window Covers SunworkGyroscopic Stabilizer Sea Keeper 32 Underwater LightsTwin Drawer Fridge FreezerFull Electric Galley 115vDouble Berth In SaloonCarpet In Saloon And StairsCarpet In Corridor And CabinsInverter 2000va 12v-115 VAutomatic Trim Tabs ZipwakeRear View Camera Garmin GC200Radar Garmin Fantom18xManufacturer Provided DescriptionWelcome aboard the new NC 1295 Flybridge, a boat designed to offer you comfort whether cruising or at anchor, with three cozy cabins! You'll fall in love with her contemporary, elegant lines, featuring new windows in the hull.  This signature feature by Jeanneau lends an exclusive style to the flagship of this historic line, equipped with triple 300 HP engines. This new model features multiple living spaces especially designed for relaxation with family and friends. Plenty of time for swimming and moments with your feet dangling in the water from the aft cockpit, with the electrically controlled starboard-side terrace. Port side, a large side door facilitates access for everyone on board. Far from the everyday, you can lounge comfortably on one of three integrated sun loungers on the forward deck, for guaranteed moments of pure relaxation! Sun worshipers will enjoy the fully equipped flybridge for driving at full speed, sunbathing in complete privacy, and enjoying a cocktail with a view of the sea at the end of the day!With large, bright windows and a panoramic view over the water, life is sweet aboard this flagship, enhanced by a refined, contemporary selection of materials. Take your place at the helm, and take advantage of the very latest technologies, found aboard the largest boats, for easy handling. The starboard-side door will allow easy access and facilitate manoeuvres, for cruising with complete peace of mind. Cast off, and take up residence in one of three comfortable cabins, for a peaceful rest on the water at each stop along your cruise!</t>
   </si>
   <si>
-    <t>Build Slot Available</t>
-[...1 lines deleted...]
-  <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-nc-weekender-1295-fly6952a4e3791888de7b05f64a</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176702432617193316686952a6c6a79af.webp</t>
   </si>
   <si>
     <t>69529529791888de7b05f60e</t>
   </si>
   <si>
     <t>2026 Jeanneau NC 1095</t>
   </si>
   <si>
     <t xml:space="preserve">2026 Jeanneau NC 1095 For Sale!Build Slot AvailableOptions:Yamaha 2x300 Nsb2-U-Lu Sbw WhiteTrim Level Premiere UsaUpholstery Saloon In Fabric Jumbo PureComfort PackElectronic Pack Garmin UpgradedAudio Pack Fusion Ra70nRing For TrailerU-Shape Cockpit Saloon + Table + Sundeck ComplementSliding Aft Cockpit Sun Protection - Silver ColorSunshade For Front SunpadStorage Rack On The Roof For Stand Up PaddleFront Sundeck With Lifting BackrestsRemovable Exterior Carpet Set Infinity For U-Shape CockpitBow ThrusterAdditional Water Tank (100 Liters)Generator Panda Diesel 6.4kva 115v-60hzDeck SearchlightUnderwater LightAdditional Fridge In Storage Compartment / Third CabinMicrowave Oven 115v115v Vitroceramic CooktopAir Conditioning 115v 60hzMattress For 3rd CabinDouble Berth Complement In SaloonOverhead Storage Locker In The GalleyOverhead Locker In SaloonOverhead Lockers In The Front CabinAutomatic Trim Tabs ZipwakeYamaha Pre-Rigging Hmex 2x300 Nsb Electric Control UsUpgrade Yamaha Joystick For Twin 300 Sbw WhiteTv AntennaPre-Wiring Tv Fusion 110vRadar Garmin Fantom18HornEXPERIENCE THE SEA WITH EXCEPTIONAL VOLUME AND COMFORTWith the NC 1095, the attributes of the line are taken to the max:  safety, comfort, versatility, incredible volume, impressive equipment, and an unequalled feeling of freedom!SEANAPPS Technology on board THE VERSATILE WEEKENDER IN XXLThe NC 1095 meets its challenge, featuring an outboard engine aboard a 10-metre powerboat, and delivering performance, reliability, stable cruising, exceptional seakeeping, and ease of handling. With top speeds at 37 knots for those who love sensations of speed, this model features great maneuverability, even at lower speeds. Offering versatility, a rich selection of equipment and a clever layout, which has made the line a success, this large model also affords remarkable volume and even greater comfort.                             </t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-nc-109569529529791888de7b05f60e</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-17670229184193889646952a146efe26.webp</t>
   </si>
   <si>
-    <t>694aab697551c497c60a2c42</t>
-[...13 lines deleted...]
-  <si>
     <t>6945a5e7ce6fb59b8407ebd0</t>
   </si>
   <si>
     <t>2026 Sea Hunt Gamefish 27 CB</t>
   </si>
   <si>
     <t>2026 Sea Hunt Gamefish 27CB For Sale!Base Model Price: $180,750Standard Features: Twin Yamaha F200XSA2Yamaha Reliance Series PropsMezzanine Leaning Post w/ Split Livewell &amp; Captains ChairsYamaha Electric SteeringYamaha tilt helmSingle 12" Garmin GPSMAP 1243xsv Package w/VHFYamaha CL5 Touchscreen DisplayUpgraded Waterproof Stereo w/BluetoothWireless Phone ChargerDual Battery SwitchUnderwater LED LightsWhite InteriorBow BolstersCockpit BolstersFiberglass T-Top w/ Mister SystemPowder Coat PackageSide Entry DoorBennett Trim Tabs w/ IndicatorsChina ToiletWindlass AnchorRear Bench Seat</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-gamefish-27-cb6945a5e7ce6fb59b8407ebd0</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-17661787599214249006945bfc77a96e.webp</t>
   </si>
   <si>
     <t>69401d627b05344a10044084</t>
   </si>
   <si>
     <t>2026 Renegade 38 Open</t>
   </si>
   <si>
-    <t xml:space="preserve">2026 Renegade 38’ Open For Sale!MSRP: $833,722Our Price: $589,999 The 2026 Renegade 38’ Open represents the pinnacle of performance center consoles — where precision engineering meets offshore luxury. Powered by triple Mercury Racing 500Rs, this machine delivers breathtaking acceleration, confident handling, and top-tier craftsmanship that defines Renegade Powerboats. Built for serious boaters who demand more, this 38’ Open blends high-performance DNA with refined comfort and style, making it equally at home offshore or on the sandbar. Options: Triple Mercury Racing 500R Engines (15 Hours)Mercury SmartCraft Connect Mercury DTS Control Premier Livorsi Marine Trim Tabs with Indicators &amp; Renegade Logo Bow Thruster Engine Flush System (included)Twin Garmin 8616 GPS Displays (16”) Mercury VesselView IntegrationComplete Sports Package Upholstery4-color diamond-stitched interior Double diamond stitching Fiberglass Helm Seat with Slide-Out Cooler Drawer Fiberglass Side Door Lewmar Windlass System with Stainless Anchor &amp; Chain Fusion Signature Series Premium Audio with JL Audio Speakers LED Courtesy and Search Lights Signature 38’ Fiberglass Hardtop with Integrated LED Rain Shower </t>
+    <t xml:space="preserve">2026 Renegade 38’ Open For Sale!MSRP: $833,722Our Price: $574,000Without Trailer: $549,000 The 2026 Renegade 38’ Open represents the pinnacle of performance center consoles — where precision engineering meets offshore luxury. Powered by triple Mercury Racing 500Rs, this machine delivers breathtaking acceleration, confident handling, and top-tier craftsmanship that defines Renegade Powerboats. Built for serious boaters who demand more, this 38’ Open blends high-performance DNA with refined comfort and style, making it equally at home offshore or on the sandbar. Options: Triple Mercury Racing 500R Engines (15 Hours)Mercury SmartCraft Connect Mercury DTS Control Premier Livorsi Marine Trim Tabs with Indicators &amp; Renegade Logo Bow Thruster Engine Flush System (included)Twin Garmin 8616 GPS Displays (16”) Mercury VesselView IntegrationComplete Sports Package Upholstery4-color diamond-stitched interior Double diamond stitching Fiberglass Helm Seat with Slide-Out Cooler Drawer Fiberglass Side Door Lewmar Windlass System with Stainless Anchor &amp; Chain Fusion Signature Series Premium Audio with JL Audio Speakers LED Courtesy and Search Lights Signature 38’ Fiberglass Hardtop with Integrated LED Rain Shower </t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-renegade-38-open69401d627b05344a10044084</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1766067147112585085369440bcb9e887.webp</t>
   </si>
   <si>
     <t>694016f56be4daa4270f4c42</t>
   </si>
   <si>
     <t>1999 Crownline 242CR</t>
   </si>
   <si>
-    <t xml:space="preserve">1999 Crownline 242 CR For Sale!$19,900 *Under Contract*The 1999 Crownline 242 CR is a well-maintained fiberglass boat that offers excellent performance and comfort for those interested in recreational boating. With a length of 24 feet and a beam of 8.5 feet, it provides ample space and stability on the water. The boat can accommodate up to 11 passengers, making it ideal for family outings or gatherings with friends.Currently available in stock, this Crownline is ready for use. Whether you're heading out for a day of fishing or enjoying a relaxed cruise, the 242 CR provides a comfortable, spacious, and enjoyable experience on the water.Options: 2024 Volvo Penta 5.7L I/O – 30 HRSEngine Replaced 2024New Eisenglass in 2024, never been usedFusion Stereo head unit with rocker fosgate speakers, replaced 2024New A/C unit, replaced 20249” garmin, replaced 2024Flushable headMicrowaveAir ConditioningElectric cooktop Refrigerator Dual sleeping berths </t>
+    <t xml:space="preserve">1999 Crownline 242 CR For Sale!$19,900 The 1999 Crownline 242 CR is a well-maintained fiberglass boat that offers excellent performance and comfort for those interested in recreational boating. With a length of 24 feet and a beam of 8.5 feet, it provides ample space and stability on the water. The boat can accommodate up to 11 passengers, making it ideal for family outings or gatherings with friends.Currently available in stock, this Crownline is ready for use. Whether you're heading out for a day of fishing or enjoying a relaxed cruise, the 242 CR provides a comfortable, spacious, and enjoyable experience on the water.Options: 2024 Volvo Penta 5.7L I/O – 30 HRSEngine Replaced 2024New Eisenglass in 2024, never been usedFusion Stereo head unit with rocker fosgate speakers, replaced 2024New A/C unit, replaced 20249” garmin, replaced 2024Flushable headMicrowaveAir ConditioningElectric cooktop Refrigerator Dual sleeping berths </t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/1999-crownline-242cr694016f56be4daa4270f4c42</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176608283496876314869444912718ce.webp</t>
   </si>
   <si>
-    <t>693c4feabc40861962025d58</t>
-[...73 lines deleted...]
-  <si>
     <t>6939861d7eb8f23b7f093302</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 245SE</t>
-[...2 lines deleted...]
-    <t>2026 Sea Hunt Ultra 245SE For Sale!N.A.P. $122,637More pictures coming soon!Options:Yamaha F300XSB2Tilt Yamaha Electric SteeringUltra Entertainment Leaning PostBow BackrestsHardtop w/ Silver Gray UndersidePowder CoatingTrim Tabs w/ IndicatorsUnderwater LightsWindlassSide Entry Ladder w/ Ladder HolderRecirculating Livewell (per Livewell)Silver Gray HullGARMIN 12" Electronics Package w/VHF*Deluxe Diamond Stitch*Yamaha Salt Water Series PropNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt Ultra 245 SE is a premium salt-water center console built for serious performance, comfort and value. With a 24′3″ overall length, 8′6″ beam, dry weight around 3,900 lbs and a 96-gallon fuel tank capacity.Whether you’re exploring Naples, Marco Island, Cape Coral, Fort Myers or the 10,000 Islands, buyers searching for “Ultra 245 SE for sale Florida,” “Sea Hunt 245 SE near me,” or “24-ft center console boat Southwest Florida” will find this boat an exceptional opportunity. Backed by Bonita Boat Center’s full-service, factory-certified team, this 2026 Sea Hunt Ultra 245 SE is salt-water ready at your local sea hunt dealer!</t>
+    <t>2026 Sea Hunt Ultra 245SE For Sale!N.A.P. $122,637Options:Yamaha F300XSB2Tilt Yamaha Electric SteeringUltra Entertainment Leaning PostBow BackrestsHardtop w/ Silver Gray UndersidePowder CoatingTrim Tabs w/ IndicatorsUnderwater LightsWindlassSide Entry Ladder w/ Ladder HolderRecirculating Livewell (per Livewell)Silver Gray HullGARMIN 12" Electronics Package w/VHF*Deluxe Diamond Stitch*Yamaha Salt Water Series PropNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt Ultra 245 SE is a premium salt-water center console built for serious performance, comfort and value. With a 24′3″ overall length, 8′6″ beam, dry weight around 3,900 lbs and a 96-gallon fuel tank capacity.Whether you’re exploring Naples, Marco Island, Cape Coral, Fort Myers or the 10,000 Islands, buyers searching for “Ultra 245 SE for sale Florida,” “Sea Hunt 245 SE near me,” or “24-ft center console boat Southwest Florida” will find this boat an exceptional opportunity. Backed by Bonita Boat Center’s full-service, factory-certified team, this 2026 Sea Hunt Ultra 245 SE is salt-water ready at your local sea hunt dealer!</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-245se6939861d7eb8f23b7f093302</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17653775652529902086939861d45b2e.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17710124861249981455698f81868ccd6.png</t>
   </si>
   <si>
     <t>6939774c5d3695a567000ff5</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 255SE</t>
-[...2 lines deleted...]
-    <t>2026 Sea Hunt Ultra 255SE For Sale!N.A.P: $140,626 More pictures coming soon!(Does Not Include Prep &amp; Freight)Options: Yamaha F300XSB2Tilt Yamaha Electric SteeringYamaha Salt Water Series PropUltra Entertainment Leaning PostBow BackrestsBow Filler CushionHardtop w/Silver Gray UndersideSide Entry Ladder w/ Ladder HolderGARMIN 12" Electronics Package w/VHFPowder CoatingTrim Tabs w/ IndicatorsUnderwater LightsWindlass AnchorRecirculating Livewell (per Livewell)*Diamond Deluxe Stitch*Silver Gray HullNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt Ultra 255 SE is a standout new-generation center console offering premium features, performance and style built for the Florida coast. With a length overall of 24′11″ and a beam of 8′9″, this Ultra 255 SE carries a 120-gallon fuel capacity and a dry weight of roughly 4,600 lbs, making it an ideal platform for daily cruising, island runs, or serious fishing across Naples, Marco Island, Cape Coral and the 10,000 Islands.Backed by Bonita Boat Center’s dedication to service, support and customer satisfaction, this Sea Hunt Ultra 255 SE is ready for salt-water use and stands out in the market for boat buyers searching for “Sea Hunt Ultra 255 SE for sale Florida,” “new center console Bonita Springs,” “Sea Hunt boat dealer Southwest Florida,” and “premium center console 25-ft Florida.” Don’t miss your chance to schedule a sea trial or walkthrough and secure one of the most capable and refined boats in this class.</t>
+    <t>2026 Sea Hunt Ultra 255SE For Sale!N.A.P: $140,626 (Does Not Include Prep &amp; Freight)Options: Yamaha F300XSB2Tilt Yamaha Electric SteeringYamaha Salt Water Series PropUltra Entertainment Leaning PostBow BackrestsBow Filler CushionHardtop w/Silver Gray UndersideSide Entry Ladder w/ Ladder HolderGARMIN 12" Electronics Package w/VHFPowder CoatingTrim Tabs w/ IndicatorsUnderwater LightsWindlass AnchorRecirculating Livewell (per Livewell)*Diamond Deluxe Stitch*Silver Gray HullNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt Ultra 255 SE is a standout new-generation center console offering premium features, performance and style built for the Florida coast. With a length overall of 24′11″ and a beam of 8′9″, this Ultra 255 SE carries a 120-gallon fuel capacity and a dry weight of roughly 4,600 lbs, making it an ideal platform for daily cruising, island runs, or serious fishing across Naples, Marco Island, Cape Coral and the 10,000 Islands.Backed by Bonita Boat Center’s dedication to service, support and customer satisfaction, this Sea Hunt Ultra 255 SE is ready for salt-water use and stands out in the market for boat buyers searching for “Sea Hunt Ultra 255 SE for sale Florida,” “new center console Bonita Springs,” “Sea Hunt boat dealer Southwest Florida,” and “premium center console 25-ft Florida.” Don’t miss your chance to schedule a sea trial or walkthrough and secure one of the most capable and refined boats in this class.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-255se6939774c5d3695a567000ff5</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1765374123388475958693978ab248c0.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17710116212021441274698f7e25d7c6b.png</t>
   </si>
   <si>
     <t>6933016af2e971e2e10708de</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Gamefish 25</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">2026 Sea Hunt Gamefish 25 For Sale!N.A.P. $161,269More photos coming soon!(Excludes Prep &amp; Freight)Options:Twin F150XSA2'sTilt Yamaha Electric SteeringBait Tank Leaning Post w/Captains ChairsRear Bench SeatBow Table (Telescoping)Bow BackrestsHardtop w/Slate Blue UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsWindlassSide Entry Ladder w/ Ladder HolderRecirculating Livewell (per Livewell)GARMIN Dual 12" Electronics Package w/VHFYamaha Auto Pilot*Deluxe Diamond Stitch**Slate Blue Hull*Yamaha Reliance PropsThis GameFish series delivers exactly what serious fishermen demand in a sportfishing center console boat.  These boats come ready to fish with standard features such as multiple insulated fishboxes and livewells, cockpit and bow bolsters, all stainless hardware and Yamaha Digital Command Link Gauges.  The Gamefish 25, 27, and 30 have side entry doors, recessed trim tabs, and hydraulic steering as standard equipment as well.  The cockpits are designed to have abundant room for 360° of fishing.  These hulls deliver soft dry rides second to none.  </t>
+    <t xml:space="preserve">2026 Sea Hunt Gamefish 25 For Sale!N.A.P. $161,269(Excludes Prep &amp; Freight)Options:Twin F150XSA2'sTilt Yamaha Electric SteeringBait Tank Leaning Post w/Captains ChairsRear Bench SeatBow Table (Telescoping)Bow BackrestsHardtop w/Slate Blue UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsWindlassSide Entry Ladder w/ Ladder HolderRecirculating Livewell (per Livewell)GARMIN Dual 12" Electronics Package w/VHFYamaha Auto Pilot*Deluxe Diamond Stitch**Slate Blue Hull*Yamaha Reliance PropsThis GameFish series delivers exactly what serious fishermen demand in a sportfishing center console boat.  These boats come ready to fish with standard features such as multiple insulated fishboxes and livewells, cockpit and bow bolsters, all stainless hardware and Yamaha Digital Command Link Gauges.  The Gamefish 25, 27, and 30 have side entry doors, recessed trim tabs, and hydraulic steering as standard equipment as well.  The cockpits are designed to have abundant room for 360° of fishing.  These hulls deliver soft dry rides second to none.  </t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-gamefish-256933016af2e971e2e10708de</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1764950441428852342693301a990516.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1771443369980486311699614a96eaf0.png</t>
   </si>
   <si>
     <t>6932fe90d5356c55c607a0ce</t>
   </si>
   <si>
     <t>2026 Sea Hunt Gamefish 30FS</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Gamefish 30FS For Sale!N.A.P. $278,834More pictures coming soon!Options: Twin F350XSA2'sYamaha Helm Master SystemBattle Station Leaning Post w/ Captains ChairsBow BackrestsBow Table (Telescoping)Rear Bench SeatHardtop w/Ice Blue UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsWindlassSide Entry Ladder w/Ladder HolderRecirculating Livewell (per Livewell)GARMIN Deluxe Outrigger KitGARMIN Dual 16" Elect. Pac. w/Auto P &amp;VHF w/Helm Master*Deluxe Diamond Stitch**Ice Blue Hull*Yamaha Salt Water Series PropsThis series delivers exactly what serious fishermen demand in a sportfishing center console boat.  These boats come ready to fish with standard features such as multiple insulated fishboxes and livewells, cockpit and bow bolsters, all stainless hardware and Yamaha Digital Command Link Gauges.  The Gamefish 30 has side entry doors, recessed trim tabs, and hydraulic steering as standard equipment as well.  The cockpits are designed to have abundant room for 360° of fishing.  These hulls deliver soft dry rides second to none.</t>
+    <t>2026 Sea Hunt Gamefish 30FS**Under Contract**N.A.P. $278,834Options: Twin F350XSA2'sYamaha Helm Master SystemBattle Station Leaning Post w/ Captains ChairsBow BackrestsBow Table (Telescoping)Rear Bench SeatHardtop w/Ice Blue UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsWindlassSide Entry Ladder w/Ladder HolderRecirculating Livewell (per Livewell)GARMIN Deluxe Outrigger KitGARMIN Dual 16" Elect. Pac. w/Auto P &amp;VHF w/Helm Master*Deluxe Diamond Stitch**Ice Blue Hull*Yamaha Salt Water Series PropsThis series delivers exactly what serious fishermen demand in a sportfishing center console boat.  These boats come ready to fish with standard features such as multiple insulated fishboxes and livewells, cockpit and bow bolsters, all stainless hardware and Yamaha Digital Command Link Gauges.  The Gamefish 30 has side entry doors, recessed trim tabs, and hydraulic steering as standard equipment as well.  The cockpits are designed to have abundant room for 360° of fishing.  These hulls deliver soft dry rides second to none.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-gamefish-30fs6932fe90d5356c55c607a0ce</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176494990720195678556932ff93c937f.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-177142762116337821186995d725c1e67.png</t>
   </si>
   <si>
     <t>6927194bcfa6fa80190e1072</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 245SE For Sale!N.A.P. $124,477More pictures coming soon!Options:Yamaha F300XSB2Tilt Yamaha Electric SteeringUltra Entertainment Leaning PostBow BackrestsHardtop w/ Slate Blue UndersidePowder CoatingTrim Tabs w/ IndicatorsUnderwater LightsWindlassSide Entry Ladder w/ Ladder HolderRecirculating Livewell (per Livewell)Hull Color (Slate Blue)GARMIN 12" Electronics Package w/VHFDeluxe Diamond Interior PackageYamaha Salt Water Series PropNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt Ultra 245 SE is a premium salt-water center console built for serious performance, comfort and value. With a 24′3″ overall length, 8′6″ beam, dry weight around 3,900 lbs and a 96-gallon fuel tank capacity.Whether you’re exploring Naples, Marco Island, Cape Coral, Fort Myers or the 10,000 Islands, buyers searching for “Ultra 245 SE for sale Florida,” “Sea Hunt 245 SE near me,” or “24-ft center console boat Southwest Florida” will find this boat an exceptional opportunity. Backed by Bonita Boat Center’s full-service, factory-certified team, this 2026 Sea Hunt Ultra 245 SE is salt-water ready at your local sea hunt dealer!</t>
+    <t>2026 Sea Hunt Ultra 245SE For Sale!N.A.P. $124,477Options:Yamaha F300XSB2Tilt Yamaha Electric SteeringUltra Entertainment Leaning PostBow BackrestsHardtop w/ Slate Blue UndersidePowder CoatingTrim Tabs w/ IndicatorsUnderwater LightsWindlassSide Entry Ladder w/ Ladder HolderRecirculating Livewell (per Livewell)Hull Color (Slate Blue)GARMIN 12" Electronics Package w/VHFDeluxe Diamond Interior PackageYamaha Salt Water Series PropNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt Ultra 245 SE is a premium salt-water center console built for serious performance, comfort and value. With a 24′3″ overall length, 8′6″ beam, dry weight around 3,900 lbs and a 96-gallon fuel tank capacity.Whether you’re exploring Naples, Marco Island, Cape Coral, Fort Myers or the 10,000 Islands, buyers searching for “Ultra 245 SE for sale Florida,” “Sea Hunt 245 SE near me,” or “24-ft center console boat Southwest Florida” will find this boat an exceptional opportunity. Backed by Bonita Boat Center’s full-service, factory-certified team, this 2026 Sea Hunt Ultra 245 SE is salt-water ready at your local sea hunt dealer!</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-245se6927194bcfa6fa80190e1072</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1764170873169314513569271c79aba5d.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-177021833647146914369836360d3a0d.webp</t>
   </si>
   <si>
     <t>692717062e57aa09ce0d3190</t>
   </si>
   <si>
-    <t xml:space="preserve">2026 Sea Hunt Gamefish 25 For Sale!N.A.P. $169,605 More photos coming soon!(Excludes Prep &amp; Freight)Options:Twin F200XSA2'sTilt Yamaha Electric SteeringBait Tank Leaning Post w/Captains ChairsRear Bench SeatBow Table (Telescoping)Bow BackrestsHardtop w/Silver Gray UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsWindlassRecirculating Livewell (per Livewell)GARMIN Dual 12" Electronics Package w/VHFYamaha Auto Pilot*Entire Hull Silver Gray*Yamaha Reliance PropsThis GameFish series delivers exactly what serious fishermen demand in a sportfishing center console boat.  These boats come ready to fish with standard features such as multiple insulated fishboxes and livewells, cockpit and bow bolsters, all stainless hardware and Yamaha Digital Command Link Gauges.  The Gamefish 25, 27, and 30 have side entry doors, recessed trim tabs, and hydraulic steering as standard equipment as well.  The cockpits are designed to have abundant room for 360° of fishing.  These hulls deliver soft dry rides second to none.  </t>
+    <t xml:space="preserve">2026 Sea Hunt Gamefish 25 For Sale!N.A.P. $169,605 (Excludes Prep &amp; Freight)Options:Twin F200XSA2'sTilt Yamaha Electric SteeringBait Tank Leaning Post w/Captains ChairsRear Bench SeatBow Table (Telescoping)Bow BackrestsHardtop w/Silver Gray UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsWindlassRecirculating Livewell (per Livewell)GARMIN Dual 12" Electronics Package w/VHFYamaha Auto Pilot*Entire Hull Silver Gray*Yamaha Reliance PropsThis GameFish series delivers exactly what serious fishermen demand in a sportfishing center console boat.  These boats come ready to fish with standard features such as multiple insulated fishboxes and livewells, cockpit and bow bolsters, all stainless hardware and Yamaha Digital Command Link Gauges.  The Gamefish 25, 27, and 30 have side entry doors, recessed trim tabs, and hydraulic steering as standard equipment as well.  The cockpits are designed to have abundant room for 360° of fishing.  These hulls deliver soft dry rides second to none.  </t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-gamefish-25692717062e57aa09ce0d3190</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17641697721837146976927182c350cc.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-177021657834040214969835c82575c8.webp</t>
   </si>
   <si>
     <t>6924d360f90f99c97c0623dc</t>
   </si>
   <si>
     <t>2023 Crest Continental 250SLC</t>
   </si>
   <si>
-    <t>2023 Crest Continental 250SLC For Sale!$99,990The Crest Continental 250 is the perfect blend of luxury pontoon comfort and confident performance, designed for boaters who want to entertain, cruise, and relax in style. With premium finishes, expansive seating, and Crest’s renowned build quality, this model delivers a first-class on-water experience for family and friends.The spacious deck layout provides ample seating throughout, featuring plush, high-backed lounge seating that offers comfort for long days on the water. Whether you’re cruising the intracoastal, anchoring at a sandbar, or enjoying sunset rides, the Continental 250 offers stability, smooth handling, and a refined ride.Options: Continental 250 SLC W/350hp Verado DTS (40hours)10" Blade power poleCP3 Performance PackagePrimary Steel Fence w/ Black AccentGray lnlerior w/ Black GelcoatRuslic WeatheredAudio Package - PremiumCaptain's Cooled Drink HolderCustom Aluminum Billet lnslrument &amp; Switch PanetDigital Switching PackageExterior Light PackageFender Docking KitHelm Chair - 29" Clad Recliner ln Floor Ski StorageMid Ship - 3 Drawer Storage Unit Mooring Cover - Two PiecePowder Coated Deck TrimPremium Tube &amp; Ski Tow Bar Stainless Steel Rub RailTable Specs &amp; Condition:Excellent condition, rarely used and looks brand new!  Signature full wraparound windshield with a full-size walk-through door(integrated into the helm area).  Upgraded fiberglass helm with ergonomic co-pilot seating, including wireless charging stations.Always lift-kept, freshly detailed, full service records from Bonita Boat CenterWhy Buy This One?This is the fully loaded CP3 + NX combo – Crest’s most desirable build. Comparable new units exceed $155K. Turnkey and Naples-local.</t>
+    <t>2023 Crest Continental 250SLC For Sale!**Under Contract**$94,900RECENT 100HR SERVICE &amp; NEW BATTERYS!Warranty until: 4/26/27The Crest Continental 250 is the perfect blend of luxury pontoon comfort and confident performance, designed for boaters who want to entertain, cruise, and relax in style. With premium finishes, expansive seating, and Crest’s renowned build quality, this model delivers a first-class on-water experience for family and friends.The spacious deck layout provides ample seating throughout, featuring plush, high-backed lounge seating that offers comfort for long days on the water. Whether you’re cruising the intracoastal, anchoring at a sandbar, or enjoying sunset rides, the Continental 250 offers stability, smooth handling, and a refined ride.Options: Continental 250 SLC W/350hp Verado DTS (40hours)10" Blade power poleCP3 Performance PackagePrimary Steel Fence w/ Black AccentGray lnlerior w/ Black GelcoatRuslic WeatheredAudio Package - PremiumCaptain's Cooled Drink HolderCustom Aluminum Billet lnslrument &amp; Switch PanetDigital Switching PackageExterior Light PackageFender Docking KitHelm Chair - 29" Clad Recliner ln Floor Ski StorageMid Ship - 3 Drawer Storage Unit Mooring Cover - Two PiecePowder Coated Deck TrimPremium Tube &amp; Ski Tow Bar Stainless Steel Rub RailTable Specs &amp; Condition:Excellent condition, rarely used and looks brand new!  Signature full wraparound windshield with a full-size walk-through door(integrated into the helm area).  Upgraded fiberglass helm with ergonomic co-pilot seating, including wireless charging stations.Always lift-kept, freshly detailed, full service records from Bonita Boat CenterWhy Buy This One?This is the fully loaded CP3 + NX combo – Crest’s most desirable build. Comparable new units exceed $155K. Turnkey and Naples-local.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2023-crest-continental-250slc6924d360f90f99c97c0623dc</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176608369139616513669444c6b479e5.webp</t>
   </si>
   <si>
-    <t>6920708f79ad1a58f10f844f</t>
-[...40 lines deleted...]
-  <si>
     <t>690df5fd9274eec9aa07ea0b</t>
   </si>
   <si>
     <t>2026 Jeanneau LEADER 9.0 WA SERIES 2</t>
   </si>
   <si>
     <t>2026 Jeanneau Leader 9.0 WA S2 For Sale!MSRP $319,689More photos coming soon!Options:Twin Yamaha F250 XSB2'sElectronic Pack GARMIN UpgradedUpgrade Yamaha Joystick for Twin 250 SBW WhiteTrim Level PremiereComfort Pack 115v-60hzPremium Audio Pack Fusion w/ HardtopFiberglass HardtopConvert 12v-115v60 3kvaAft Swim PlatformsAft Cockpit Backrest Convertible into SunpadRemovable Swim Ladder and Lifelines for Lateral TerraceRemovable Carpet Set for SalonUpgraded Bathroom w/ Shower Door and Toilet SeatMooring KitAnchoring KitSet of Protective CoversSunshade for Front Cockpit - Dark SmokeSunshade for Aft Cockpit - Dark Smoke115v MicrowaveAir Conditioning 12K BTU3 Li-Batteries And Victron Sys2 Underwater LightsExterior Fridge in Leaning PostElectric Grill in Exterior GalleyFiberglass Cockpit Table Convertible into SunpadInterior And Door CurtainsFront Cockpit UpholsteryExtra Filler Cushion Front SunpadFolding Side Bench Port SideDouble Berth in Salon Marlin Pure WhiteHornCustom and Duty</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-leader-90-wa-series-2690df5fd9274eec9aa07ea0b</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176252275278310691690df680cdc95.png</t>
   </si>
   <si>
     <t>690a1895dd1b453d52087b94</t>
   </si>
   <si>
     <t>2017 Everglades 355CCX Extended Hardtop</t>
   </si>
   <si>
-    <t>2017 Everglades 355CCX Extended Hardtop For Sale!Price: $285,000Hours: 100Certified Pre-Owned InventoryNow available at Bonita Boat Center in Bonita Springs, FL — this 2017 Everglades 355CCX Extended Hardtop is a salt-water ready center console with premium features, only 100 engine hours, and priced at $285,000. Built for serious fishing, offshore adventures, and family cruising in Southwest Florida (Naples, Marco Island, Cape Coral, Fort Myers), this model delivers performance, durability, and comfort in one high-end package.Key highlights: triple Yamaha F300 white outboards, joystick (Optimus) steering, twin Garmin 7616 displays, Garmin autopilot, windlass anchor, hydraulic steering, stainless propellers, live-well, fresh- &amp; raw-water wash-downs, full head, and more. With the extended hardtop for protection and extended time on water, this boat stands out as a full-featured offshore center-console.Whether you’re heading out for deep-sea fishing, island hopping through the 10,000 Islands, or hosting guests for a day on the Gulf, this Everglades 355CCX is turnkey and ready to go.Options: Triple Yamaha 300 HP white – 100 HoursService records 100 hour serviceStainless steel propellersOptimus joystickDual Garmin 7616Garmin Auto pilotGarmin VHF radioWindlass anchor systemOptimus hydraulic steeringFusion stereo system with speakersTrim tabs with indicators Battery chargerLive well in TransomRaw water wash DownFreshwater wash DownFighting fishing chairTilt steering wheelSide entry doorMarine headForward seatingYeti coolerFoot padCourtesy lightsLED spreader lights2 aft pull out seatsTackle centerRear entry doorCockpit cover seatsFront seat cover</t>
+    <t>2017 Everglades 355CCX Extended Hardtop For Sale!**Under Contract**Price: $274,999Hours: 100Certified Pre-Owned InventoryNow available at Bonita Boat Center in Bonita Springs, FL — this 2017 Everglades 355CCX Extended Hardtop is a salt-water ready center console with premium features, only 100 engine hours, and priced at $285,000. Built for serious fishing, offshore adventures, and family cruising in Southwest Florida (Naples, Marco Island, Cape Coral, Fort Myers), this model delivers performance, durability, and comfort in one high-end package.Key highlights: triple Yamaha F300 white outboards, joystick (Optimus) steering, twin Garmin 7616 displays, Garmin autopilot, windlass anchor, hydraulic steering, stainless propellers, live-well, fresh- &amp; raw-water wash-downs, full head, and more. With the extended hardtop for protection and extended time on water, this boat stands out as a full-featured offshore center-console.Whether you’re heading out for deep-sea fishing, island hopping through the 10,000 Islands, or hosting guests for a day on the Gulf, this Everglades 355CCX is turnkey and ready to go.Options: Triple Yamaha 300 HP white – 100 HoursService records 100 hour serviceStainless steel propellersOptimus joystickDual Garmin 7616Garmin Auto pilotGarmin VHF radioWindlass anchor systemOptimus hydraulic steeringFusion stereo system with speakersTrim tabs with indicators Battery chargerLive well in TransomRaw water wash DownFreshwater wash DownFighting fishing chairTilt steering wheelSide entry doorMarine headForward seatingYeti coolerFoot padCourtesy lightsLED spreader lights2 aft pull out seatsTackle centerRear entry doorCockpit cover seatsFront seat cover</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2017-everglades-355ccx-extended-hardtop690a1895dd1b453d52087b94</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176608424847636859469444e98b7e37.webp</t>
   </si>
   <si>
-    <t>68fbd6bbafdf56b8d60eae5f</t>
-[...13 lines deleted...]
-  <si>
     <t>68fa939e92b6c80a9f08a399</t>
   </si>
   <si>
     <t>2022 Cobia 320CC</t>
   </si>
   <si>
-    <t>2022 Cobia 320 CC For Sale!Price: $210,999Now available at Bonita Boat Center in Bonita Springs, FL — this 2022 Cobia 320 CC is a premium offshore center console for sale in Southwest Florida, powered by twin Yamaha outboards and designed for serious anglers and family cruisers searching for a low-hour Cobia 320 in exceptional condition.Built for long-range Gulf runs, island hopping, and nearshore or offshore fishing from Naples to Cape Coral and Marco Island. The boat features an expansive cockpit, dual livewells, upgraded electronics, a full walk-down head with 6’2″ headroom, an electric bow table that converts to a sun lounge, and a forward seating layout known for comfort, making it a top choice for buyers actively looking for a Cobia 320 CC for sale in Florida.Its low-hour Yamaha power, clean condition, and premium options make it one of the strongest values in the used center console market, and it is fully supported by Bonita Boat Center’s Yamaha-certified service team and our reputation as the premier boat dealer in Southwest Florida.For buyers searching “Cobia 320 CC near me,” “used Cobia boats Florida,” or “best offshore center console Bonita Springs,” this boat is turnkey, salt-water ready, and available now for immediate enjoyment.Options: Yamaha F300XSB DES (592hrs) Warranty Until 10/08/2027Helm Master EX w/ Joystick &amp; Auto PilotWhisper Gray (2-Tone) w/ Color Match Underside HardtopWhite Cushion PackageFull Bow Cushion w/ BackrestsBoarding LadderCockpit Toe RailGarmin Deluxe Package (Dual 8616, VHF, Radar, Acrylic Dash)JL Audio w/ Hardtop SpeakersOutriggersKite Rode Holders (4)T-Top Kingfish Rod HoldersWindlass (400ft Rode w/ Remote)4-Bank ChargerUnderwater LightsTrim Tab IndicatorsStainless Edson Wheel w/ Power Knob</t>
+    <t>2022 Cobia 320 CC For Sale!Price: $199,999*Under Contract*Now available at Bonita Boat Center in Bonita Springs, FL — this 2022 Cobia 320 CC is a premium offshore center console for sale in Southwest Florida, powered by twin Yamaha outboards and designed for serious anglers and family cruisers searching for a low-hour Cobia 320 in exceptional condition.Built for long-range Gulf runs, island hopping, and nearshore or offshore fishing from Naples to Cape Coral and Marco Island. The boat features an expansive cockpit, dual livewells, upgraded electronics, a full walk-down head with 6’2″ headroom, an electric bow table that converts to a sun lounge, and a forward seating layout known for comfort, making it a top choice for buyers actively looking for a Cobia 320 CC for sale in Florida.Its low-hour Yamaha power, clean condition, and premium options make it one of the strongest values in the used center console market, and it is fully supported by Bonita Boat Center’s Yamaha-certified service team and our reputation as the premier boat dealer in Southwest Florida.For buyers searching “Cobia 320 CC near me,” “used Cobia boats Florida,” or “best offshore center console Bonita Springs,” this boat is turnkey, salt-water ready, and available now for immediate enjoyment.Options: Yamaha F300XSB DES (592hrs) Warranty Until 10/08/2027Helm Master EX w/ Joystick &amp; Auto PilotWhisper Gray (2-Tone) w/ Color Match Underside HardtopWhite Cushion PackageFull Bow Cushion w/ BackrestsBoarding LadderCockpit Toe RailGarmin Deluxe Package (Dual 8616, VHF, Radar, Acrylic Dash)JL Audio w/ Hardtop SpeakersOutriggersKite Rode Holders (4)T-Top Kingfish Rod HoldersWindlass (400ft Rode w/ Remote)4-Bank ChargerUnderwater LightsTrim Tab IndicatorsStainless Edson Wheel w/ Power Knob</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2022-cobia-320cc68fa939e92b6c80a9f08a399</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1766084772422814671694450a47d558.webp</t>
   </si>
   <si>
-    <t>68f8d6592c9bfc07340439fc</t>
-[...13 lines deleted...]
-  <si>
     <t>68f8d2c8d0c0ece9af032708</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 235SE</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 235SE For Sale!N.A.P $112,980(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options: F250XSB2 Tilt Yamaha Electric Steering Ultra Entertainment Leaning Post Bow Backrests Hardtop w/Slate Blue Underside Powder Coating Trim Tabs w/Indicators Underwater Lights Side Entry Ladder w/Ladder Holder Recirculating Livewell (per Livewell) Porta Potti GARMIN 12" Electronics Package w/VHF *Slate Blue Hull* Yamaha Salt Water Series Prop</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-235se68f8d2c8d0c0ece9af032708</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-17660942158509902046944758703d76.webp</t>
   </si>
   <si>
-    <t>68f8cf515244b2e89a0e2e99</t>
-[...13 lines deleted...]
-  <si>
     <t>68f69231cfc06a871206878b</t>
   </si>
   <si>
     <t>2004 Regulator 26FS</t>
   </si>
   <si>
-    <t>2004 Regulator 26FS For Sale!Price: $79,999Hours: 165Certified Pre-Owned InventoryExperience unmatched offshore performance with this 2004 Regulator 26 FS, now available at Bonita Boat Center — Southwest Florida’s trusted dealership for premium center console boats. Built on Regulator’s legendary deep-V hull, the 26 FS is widely respected for its smooth ride, stability in rough seas, and rock-solid construction. For anglers, families, and coastal cruisers searching for a clean, well-kept offshore-capable center console, this Regulator is an exceptional opportunity.The Regulator 26 FS is known for its deep cockpit, superior fishability, and robust construction. This model includes a large livewell, insulated fish boxes, raw-water washdown, rod storage, and a clean helm layout suited for upgrading electronics to modern standards. The forward seating allows the boat to transition seamlessly between fishing trips and family outings, while the strong hull design continues to be recognized as one of the best-riding 26-foot center consoles ever produced.Options: Twin Yamaha 225HP'sRaymarine GPS/SounderVHF RadioLeaning Post w/ Cushioned Backrest &amp; Rocket-Launcher Rod HoldersThe Hull Design (48° Bow Entry + 24° Transom Deadrise) Gives it a Soft, Dry RideTwo In-Deck Fish BoxesTwo Recirculating BaitwellsFiberglass "Tackle Center"</t>
+    <t>2004 Regulator 26FS For Sale!**Under Contract**Price: $79,999Hours: 165Certified Pre-Owned InventoryExperience unmatched offshore performance with this 2004 Regulator 26 FS, now available at Bonita Boat Center — Southwest Florida’s trusted dealership for premium center console boats. Built on Regulator’s legendary deep-V hull, the 26 FS is widely respected for its smooth ride, stability in rough seas, and rock-solid construction. For anglers, families, and coastal cruisers searching for a clean, well-kept offshore-capable center console, this Regulator is an exceptional opportunity.The Regulator 26 FS is known for its deep cockpit, superior fishability, and robust construction. This model includes a large livewell, insulated fish boxes, raw-water washdown, rod storage, and a clean helm layout suited for upgrading electronics to modern standards. The forward seating allows the boat to transition seamlessly between fishing trips and family outings, while the strong hull design continues to be recognized as one of the best-riding 26-foot center consoles ever produced.Options: Twin Yamaha 225HP'sRaymarine GPS/SounderVHF RadioLeaning Post w/ Cushioned Backrest &amp; Rocket-Launcher Rod HoldersThe Hull Design (48° Bow Entry + 24° Transom Deadrise) Gives it a Soft, Dry RideTwo In-Deck Fish BoxesTwo Recirculating BaitwellsFiberglass "Tackle Center"</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2004-regulator-26fs68f69231cfc06a871206878b</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1766084935523403846944514710953.webp</t>
   </si>
   <si>
-    <t>68ef9ce8d07c7a25740c3a13</t>
-[...13 lines deleted...]
-  <si>
     <t>68e8083ee5cf94f99404dd92</t>
   </si>
   <si>
-    <t xml:space="preserve">2025 Sea Hunt Gamefish 25 For Sale!N.A.P. $169,603(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:Twin F200XSA2'sTilt Yamaha Electric SteeringBait Tank Leaning Post w/Captains ChairsRear Bench SeatBow Table (Telescoping)Bow BackrestsHardtop w/Ice Blue UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsWindlassRecirculating Livewell (per Livewell)GARMIN Dual 12" Electronics Package w/VHFYamaha Auto Pilot*Entire Hull Ice Blue*Yamaha Reliance PropsThis GameFish series delivers exactly what serious fishermen demand in a sportfishing center console boat.  These boats come ready to fish with standard features such as multiple insulated fishboxes and livewells, cockpit and bow bolsters, all stainless hardware and Yamaha Digital Command Link Gauges.  The Gamefish 25, 27, and 30 have side entry doors, recessed trim tabs, and hydraulic steering as standard equipment as well.  The cockpits are designed to have abundant room for 360° of fishing.  These hulls deliver soft dry rides second to none.  </t>
+    <t xml:space="preserve">2025 Sea Hunt Gamefish 25 For Sale!**UNDER CONTRACT**N.A.P. $169,603(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:Twin F200XSA2'sTilt Yamaha Electric SteeringBait Tank Leaning Post w/Captains ChairsRear Bench SeatBow Table (Telescoping)Bow BackrestsHardtop w/Ice Blue UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsWindlassRecirculating Livewell (per Livewell)GARMIN Dual 12" Electronics Package w/VHFYamaha Auto Pilot*Entire Hull Ice Blue*Yamaha Reliance PropsThis GameFish series delivers exactly what serious fishermen demand in a sportfishing center console boat.  These boats come ready to fish with standard features such as multiple insulated fishboxes and livewells, cockpit and bow bolsters, all stainless hardware and Yamaha Digital Command Link Gauges.  The Gamefish 25, 27, and 30 have side entry doors, recessed trim tabs, and hydraulic steering as standard equipment as well.  The cockpits are designed to have abundant room for 360° of fishing.  These hulls deliver soft dry rides second to none.  </t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-gamefish-2568e8083ee5cf94f99404dd92</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176609321020732125486944719ab1656.webp</t>
   </si>
   <si>
-    <t>68e8062e09f2b1957006491e</t>
-[...10 lines deleted...]
-  <si>
     <t>68e6d6d4a2376e88ae0ec093</t>
   </si>
   <si>
     <t>2026 Jeanneau NC-895 S2</t>
   </si>
   <si>
-    <t>2026 Jeanneau NC-895 S2 For Sale!MSRP $361,784More photos coming soon!Options:Twin Yamaha 250 XS B2Saloon Upholstery Leath TannerTrim Level PremiereComfort Pack 115v-60hz Electronic Pack Garmin UpgradeAudio Pack Fusion Ra210Mooring KitAnchoring KitU-Shape Cockpit Saloon SundeckSunshade Front CockpitCockpit Sun Awning GraphiteBow Platform With LadderGraphite Cockpit Aft ClosingAft Bench CoverStorage Rack On The Roof SupFiller Cushion Front SunpadFront Sunpad With Lounge ChairRemovable Carpets Aft U-CockpitVariable Bow Thruster YamahaGenerator Panda 4.8kva 115v-60Deck SearchlightUnderwater Lights115v Microwave115v VitroceramicAir Con 115v60 16kbtuDouble Berth And U SaloonOverhead Locker In The GalleyOverhead Lockers Front CabinSwiveling System Of Pilot SeatCarpet Wheelhouse And CabinsInside CurtainsAutomatic Trim Tabs ZipwakeUpgr Yam Joy 2x250 Sbw WhiteAntenne TvCustom &amp; DutyDisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
+    <t>2026 Jeanneau NC-895 S2 For Sale!MSRP $361,784Options:Twin Yamaha 250XSB2 Variable Bow Thruster for Yamaha Joystick Upgrade Yamaha Joystick for Twin 250SBW White Underwater Lights (2) TV Antenna Trim Level Premiere Including: electric windlass, horn, bow ring for trailer, AFT cockpit bench cushions (2 sections) Swiveling System for Helm Seat Sunshade on poles for Front Cockpit- Dark Smoke Storage Rack on the Roof for Stand up Paddle Salon Table Convertible into Double Berth in Jumbo Pure Fabric Only Overhead Cabinets in the Master Cabin Overhead Cabinets in the Galley NC 895 S2 with Yamaha 2x250XSB2 SBW VH USA Mooring Kit Microwave Oven 115v Leatherette Tannery Sugar Upholstery in Saloon Interior Curtains Generator Panda Diesel 4.8KVA 115v-60Hz (Not compatible with Lithium Batteries system) Front Sunpad with Lounge Chairs Fixed Sunawning for AFT Cockpit- Graphite Extra Filler Cushion for XXL Front Sunpad Exterior Removable Carpets for AFT Cockpit Enclosure AFT Cockpit- Graphite Electronic Pack Garmin Upgraded Including: Garmin GPSMAP 1223XSV, GT15M-IH Transducer, Display of Yamaha Engine Information Electric Induction Cooktop In lieu of Standard Gas Stove Deck Searchlight Custom and Duty Fee Comfort Pack Including: bow thruster, control of windlass from helm station, corian countertop on galley and bar extension, 110v shore power.  shore power Carpet in Interior Salon and in Cabins Bow Platform with Ladder Automatic Trim Tabs ZipWake instead of Lenco Trim DisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-nc-895-s268e6d6d4a2376e88ae0ec093</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176054640726466056568efce67f3da5.png</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1772568130109246135669a73e427ebf7.png</t>
   </si>
   <si>
     <t>68e6d56469fe7abae30744b1</t>
   </si>
   <si>
     <t>2026 Jeanneau NC-895 SPORT S2</t>
   </si>
   <si>
-    <t>2026 Jeanneau NC-895 Sport For Sale!MSRP $350,339More photos coming soon!Options:Twin Yamaha 250 XSB2'sSaloon Upholstery Leath TannerTrim Level Premiere Comfort Pack 110v-60hz Electronic Pack Garmin UpgradeAudio Pack Fusion Ra210Mooring KitAnchoring KitU-Shape Seating And TableFixed Sun Awning Aft CockpitSunshade For Front CockpitGalley Unit In Aft CockpitStorage Rack On The Roof SupFront Cockpit Table FiberglassBaitwell Tank With Water PumpExtra Sunpad For Bow SeatingUpholstery For Bow SeatingGener 4.8kva 115v-60hz2 Underwater Lights2 Front Headlights On The Roof3 Cockpit WorklightsSearchlight With Radar Mast115v MicrowaveElectric Grill In Aft CockpitElectric Vitroceramic CooktopAir Con 115v60 16kbtuTable Berth In SalonSwiveling System For Helm SeatCarpet Wheelhouse And CabinsInterior CurtainsAutomatic Trim Tabs ZipwakeYam Joy Upgrd 2x250 Sbw WhiteVhf Garmin 215i AisCustom &amp; DutyDisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
+    <t>2026 Jeanneau NC-895 Sport For Sale!MSRP $350,339More photos coming soon!Options:TWIN YAMAHA F250XSBW’sVARIABLE BOW THRUSTER FOR YAMAHA JOYSTICKUPGRADE YAMAHA JOYSTICK FOR TWIN 250 SBW UNDERWATER LIGHTS (2)TV ANTENNATRIM LEVEL PREMIEREINCLUDING:SWIVELING SYSTEM FOR HELM SEATSUNSHADE ON POLES FOR FRONT COCKPIT - DARK SMOKESTORAGE RACK ON THE ROOF FOR STAND UP PADDLESALON TABLE CONVERTIBLE INTO DOUBLE BERTHIn JUMBO PURE fabric onlyOVERHEAD CABINETS IN THE MASTER CABINOVERHEAD CABINETS IN THE GALLEYNC 895 S2 WITH YAMAHA 2X250 XSB2 SBW VH USAMOORING KITMICROWAVE OVEN 115VLEATHERETTE TANNERY SUGAR UPHOLSTERY IN SALOONINTERIOR CURTAINSGENERATOR PANDA DIESEL 4,8KVA 115V-60HZFRONT SUNPAD WITH LOUNGE CHAIRSFIXED SUNAWNING FOR AFT COCKPIT - GRAPHITEEXTRA FILLER CUSHION FOR XXL FRONT SUNPADEXTERIOR REMOVABLE CARPETS IN AFT COCKPITENCLOSURE AFT COCKPIT GARMIN GPSMAP 1223xsvGT15M-IH transducerElectric windlassDisplay of Yamaha engine information on Garmin screenCARPET IN INTERIOR SALON AND IN CABINSBOW PLATFORM WITH LADDERAUTOMATIC TRIM TABS ZIPWAKEInstead of the LENCO trim tabsAUDIO PACK FUSION RA210Including:ANCHORING KITAIR CONDITIONING 16000 BTU - ON SHOREPOWER OR GENSETAFT COCKPIT U-SHAPE SEATING + TABLE-CONVERTIBLE INTO SUNPAD(folding bench on portside + extra bench box behind sliding door + table + lateral backrest + sundeck cushion)DisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-nc-895-sport-s268e6d56469fe7abae30744b1</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176054632414871029268efce14f1736.png</t>
   </si>
   <si>
     <t>68e6d15842967e7b080d9f72</t>
   </si>
   <si>
     <t>2026 Jeanneau Leader 9.0 WA S2 For Sale!MSRP $319,689.70More photos coming soon!Options:Twin Yamaha 250 XSB2'sFiberglass HardtopTrim Level Premiere Comfort Pack 115v-60hz Electronic Pack Garmin UpgradePremium Audio Pack Fus W HtopMooring KitAnchoring KitFolding Aft Backrest SunpadFolding Side Bench PortsideSunshade Aft Cockpit For T-TopSunshade Front CockpitLadder And Lifeline For TerracSet Of Protective CoversSwimming Platforms PolyesterFiberglass Table And Aft SundeckFront Cockpit UpholsteryFiller Cushion Front Sunpad2 Underwater LightsExt Fridge Leaning Post Storag115v MicrowaveCockpit Grill 110v Usa115v Air Conditioning On BattShower Door With Toilet SeatDouble Berth In Saloon MarlinRemovable Carpet Set In SaloonInterior And Door Curtains3 Li-Batteries And Victron SysConvert 12v-115v60 3kvaAutomatic Trim Tabs ZipwakeUpgr Yam Joy 2x250 Sbw WhiteHornCustom &amp; DutyDESIGN AND HIGH PERFORMANCE TO EXPERIENCE PURE THRILL - Boasting a V-shaped hull by Michael Peters and twin engines for up to 2 x 250 HP, the Leader 9.0 WA will delight thrill-seekers and fans of express crossings, the wind in their hair, with top speeds of over 40 knots. With elongated lines, a T-top, a protective glass windscreen, and large windows in the hull… this boat, inspired by the Leader 10.5 WA and 12.5 WA, boasts an elegant, distinguished, and contemporary style, yet one that is also synonymous with safety and fun for the whole family.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-leader-90-wa-series-268e6d15842967e7b080d9f72</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760546238212810634268efcdbeb1365.png</t>
   </si>
   <si>
     <t>68e6ceba9046af6d8f07fa04</t>
   </si>
   <si>
     <t>2026 Jeanneau Leader 9.0 WA SERIES 2 For Sale!MSRP $319,689More photos coming soon!Options:                               Twin Yamaha F250 XSB2'sFiberglass HardtopTrim Level Premiere Comfort Pack 115v-60hz Electronic Pack Garmin UpgradePremium Audio Pack Fus W HtopMooring KitAnchoring KitFolding Aft Backrest SunpadFolding Side Bench PortsideSunshade Aft Cockpit For T-TopSunshade Front CockpitLadder And Lifeline For TerracSet Of Protective CoversSwimming Platforms PolyesterFiberglass Table And Aft SundeckFront Cockpit UpholsteryFiller Cushion Front Sunpad2 Underwater LightsExt Fridge Leaning Post Storag115v MicrowaveCockpit Grill 110v Usa115v Air Conditioning On BattShower Door With Toilet SeatDouble Berth In Saloon MarlinRemovable Carpet Set In SaloonInterior And Door Curtains3 Li-Batteries And Victron SysConvert 12v-115v60 3kvaAutomatic Trim Tabs ZipwakeUpgr Yam Joy 2x250 Sbw WhiteHornCustom &amp; Duty DESIGN AND HIGH PERFORMANCE TO EXPERIENCE PURE THRILL - Boasting a V-shaped hull by Michael Peters and twin engines for up to 2 x 250 HP, the Leader 9.0 WA will delight thrill-seekers and fans of express crossings, the wind in their hair, with top speeds of over 40 knots. With elongated lines, a T-top, a protective glass windscreen, and large windows in the hull… this boat, inspired by the Leader 10.5 WA and 12.5 WA, boasts an elegant, distinguished, and contemporary style, yet one that is also synonymous with safety and fun for the whole family.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-leader-90-wa-series-268e6ceba9046af6d8f07fa04</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176133385925021254868fbd2639c07f.png</t>
   </si>
   <si>
     <t>68e6cc596beabc3b6c0172a0</t>
   </si>
   <si>
     <t>2027 Jeanneau NC-895 SPORT S2</t>
   </si>
   <si>
-    <t>2027 Jeanneau NC-895 Sport For Sale!MSRP $349,399More photos coming soon!Options:Twin Yamaha 250 XS B2'sTrim Level Premiere Comfort Pack 110v-60hz Electronic Pack Garmin UpgradeAudio Pack Fusion Ra210Mooring KitAnchoring KitU-Shape Seating And TableFixed Sun Awning Aft CockpitSunshade For Front CockpitGalley Unit In Aft CockpitStorage Rack On The Roof SupFront Cockpit Table FiberglassBaitwell Tank With Water PumpExtra Sunpad For Bow SeatingUpholstery For Bow SeatingGener 4.8kva 115v-60hz2 Underwater Lights2 Front Headlights On The Roof3 Cockpit WorklightsSearchlight With Radar Mast115v MicrowaveElectric Grill In Aft CockpitElectric Vitroceramic CooktopAir Con 115v60 16kbtuTable Berth In SalonSwiveling System For Helm SeatCarpet Wheelhouse And CabinsInterior CurtainsAutomatic Trim Tabs ZipwakeYam Joy Upgrade 2x250 Sbw WhiteVHF Garmin 215i AisCustom &amp; DutyDisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
+    <t>2027 Jeanneau NC-895 Sport For Sale!MSRP $349,399More photos coming soon!Options:Yamaha 2x250 Xsb2 Sbw Joystick Upgrade For Twin 250 Sbw WhiteVHF Garmin 215i AisUpholstery For Bow SeatingU-Shape Aft Cockpit Seating + Table Convertible Into SunpadFolding Bench Seat To Port + Side Backrest + Benchseat Next To SlidingDoors + Fiberglass Table + Sunpad Frame And UpholsteryTrim Level Premiere North AmericaElectric Windlass                                                    Ring For Trailer                                                     Cockpit Shower (Cold Water)                                         10v Water Heater                                                    110v Shore Power Fitting + Charger                                  Led Ambient Lighting In The Wheelhouse And Front Cabin              Led Floor Lighting In The Front And Aft Cockpit                     12v 16gal Fridge                                                     Storage Pouch Under The Steering Wheel                              Lenco Electric Trim Tabs                                            HornTable Convertible Into Berth In SalonSwiveling System For Helm SeatSunshade On Poles For Front Cockpit - Dark SmokeStorage Rack On The Roof For Stand Up PaddleRemovable Fiberglass Table For Front CockpitMooring Kit- Set Of 4 Lines And 4 FendersMicrowave Oven 115vInterior CurtainsGenerator Panda Diesel 4,8kva 115v-60hzSinkFixed Sun Awning Aft Cockpit - GraphiteExtra Sunpad For Bow SeatingGarmin Gpsmap 1223xsv                                               Gt15m-Ih Transducer                                                  Display Of Yamaha Engines Information On Garmin ScreenElectric Vitroceramic CooktopElectric Grill In Aft CockpitDeck Searchlight With Radar MastComfort Pack 110v-60hz UsaWindlass Control At The Helm Station                                Bow Thruster                                                         Cockpit Shower (Cold + Hot Water)                                   Dockside Fresh Water Inlet                                          Electric Freshwater Wc                                              Toilet SeatCarpet In Wheelhouse And In CabinsBaitwell With Salt Water Pump For Circulation And Deck WashAutomatic Trim Tabs ZipwakeAudio Pack Fusion Ra210FUSION RA210 + bluetooth + USB                                      4 LoudspeakersAnchor, chain and lineAIR CONDITIONING 16KBTU 115V60HZ3 COCKPIT WORKLIGHTS2 UNDERWATER LIGHTS2 FRONT HEADLIGHTS ON THE ROOF (2 LED LIGHT BARS)DisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2027-jeanneau-nc-895-sport-s268e6cc596beabc3b6c0172a0</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-17625266561887706365690e05c046154.png</t>
   </si>
   <si>
     <t>68e6c6b4fad33bdee2075a08</t>
   </si>
   <si>
     <t>2026 Jeanneau NC-895 S2 For Sale!MSRP $361,784More photos coming soon!Options:Twin Yamaha 250 XS B2Saloon Upholstery Leath TannerTrim Level Premiere UsaComfort Pack 115v-60hz UsaElectronic Pack Garmin UpgradeAudio Pack Fusion Ra210Mooring KitAnchoring KitU-Shape Cockpit Saloon SundeckSunshade Front CockpitCockpit Sun Awning GraphiteBow Platform With LadderGraphite Cockpit Aft ClosingAft Bench CoverStorage Rack On The Roof SupFiller Cushion Front SunpadFront Sunpad With Lounge ChairRemovable Carpets Aft U-CockpitVariable Bow Thruster YamahaGenerator Panda 4.8kva 115v-60Deck SearchlightUnderwater Lights115v Microwave115v VitroceramicAir Con 115v60 16kbtuDouble Berth And U SaloonOverhead Locker In The GalleyOverhead Lockers Front CabinSwiveling System Of Pilot SeatCarpet Wheelhouse And CabinsInside CurtainsAutomatic Trim Tabs ZipwakeUpgr Yam Joy 2x250 Sbw WhiteAntenne TvCustom &amp; DutyDisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-nc-895-s268e6c6b4fad33bdee2075a08</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176054594393339161968efcc9748bb3.png</t>
   </si>
   <si>
     <t>68e6ba4f238f3ea20b032d22</t>
   </si>
   <si>
     <t>2020 Blackfin 272CC</t>
   </si>
   <si>
-    <t>2020 Blackfin 272CC For Sale!CERTIFIED PRE-OWNED$164,999 Options:Twin Mercury 300XL Verados - 357 HoursMercury JoystickRGB Underwater LightsHardtop Rod HoldersGarmin Electronics Package B: Dual GPS/Chartplotter-8612 w/ Fushion-Link, 315VHFGarmin GMR 18xHD RadomePremium Stereo Upgrade Package: Includes (6) 7.7" JL Speakers, (2) Subwoofers, 5/2 Channel Amplifiers &amp; LED Speaker LightsBaitwell Insulated, Transom w/ Cutting Board Lid, Blue/White Light &amp; See Thru Face (30 Gallons)Freshwater &amp; raw water washdownsCockpit Table with Sea Dek Inlay, Pedestal with Vertical and Side Mount Base, Bow Filler Casting PlatformPremium Stereo Upgrade Package: Includes (6) 7.7" JL Speakers, (2) Subwoofers, 5/2-Channel Amplifiers &amp; LED Speaker Lights</t>
+    <t>2020 Blackfin 272CC For Sale!CERTIFIED PRE-OWNED$164,999 **Under Contract**Options:Twin Mercury 300XL Verados - 357 HoursMercury JoystickRGB Underwater LightsHardtop Rod HoldersGarmin Electronics Package B: Dual GPS/Chartplotter-8612 w/ Fushion-Link, 315VHFGarmin GMR 18xHD RadomePremium Stereo Upgrade Package: Includes (6) 7.7" JL Speakers, (2) Subwoofers, 5/2 Channel Amplifiers &amp; LED Speaker LightsBaitwell Insulated, Transom w/ Cutting Board Lid, Blue/White Light &amp; See Thru Face (30 Gallons)Freshwater &amp; raw water washdownsCockpit Table with Sea Dek Inlay, Pedestal with Vertical and Side Mount Base, Bow Filler Casting PlatformPremium Stereo Upgrade Package: Includes (6) 7.7" JL Speakers, (2) Subwoofers, 5/2-Channel Amplifiers &amp; LED Speaker Lights</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2020-blackfin-272cc68e6ba4f238f3ea20b032d22</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-17679940891131643958696172e9aa843.webp</t>
   </si>
   <si>
     <t>68e65659f904bad32f082cc9</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 285SE For Sale!N.A.P $241,187(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options: Twin F300XSB2'sTilt Yamaha Electric SteeringMezzanine Fiberglass Leaning Post w/ Captains ChairsBow BackrestsBow Table (Telescoping)HardtopPowder CoatingTrim Tabs w/IndicatorsUnderwater LightsWindlassSide Entry Ladder w/Ladder HolderRecirculating Livewell (per Livewell)GARMIN Dual 16" Elect. Pac. w/Auto P &amp;VHF*Deluxe Diamond Stitch*Yamaha Salt Water Series PropNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt Ultra 285 SE is a premium 28’5” center console that combines offshore capability, luxury comfort, and family-friendly versatility. Priced at a N.A.P. of $241,187, this model delivers exceptional value for buyers searching for “Sea Hunt Ultra 285 SE for sale,” “new Sea Hunt 28-foot center console,” or “Sea Hunt dealer Southwest Florida.” Engineered with a deep-V hull, wide beam, and Sea Hunt’s renowned composite construction, the Ultra 285 SE is perfectly suited for Gulf cruising from Naples to Marco Island and the inshore waterways of Cape Coral and Estero Bay.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-285se68e65659f904bad32f082cc9</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17660960696138781969447cc5a973f.webp</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-177280690616715095569aae2fa463e6.png</t>
   </si>
   <si>
     <t>68de6bbb3cd70e13a30c64bc</t>
   </si>
   <si>
     <t>2023 Scarab 255 ID</t>
   </si>
   <si>
-    <t>2023 Scarab 255 ID For Sale!Price: $89,999Hours: 17Certified Pre-Owned InventoryNow available at Bonita Boat Center in Bonita Springs, FL, this 2023 Scarab 255 ID is a low-hour, high-performance jet boat powered by twin Rotax 1630 ACE 300 engines and showing only 17 hours of use. Designed for shallow-water versatility and the Southwest Florida lifestyle, the Scarab 255 ID offers responsive handling, rapid acceleration, and a layout built for both cruising and watersports. Buyers searching for a “Scarab 255 ID for sale,” “jet boat for sale Florida,” or “Scarab 255 ID near me” will find exceptional value and like-new condition in this meticulously maintained model.The 25-foot platform delivers a spacious interior with convertible lounge seating, a folding wake tower, aft-facing transom seats, extended swim platform, touchscreen digital helm, premium JL Audio sound system, and integrated storage throughout. Jet propulsion eliminates lower-unit maintenance and allows for exploring sandbars, back bays, and shallow coastal zones from Naples to Cape Coral with confidence. With its modern styling, clean interior, and powerful twin-engine setup, this Scarab 255 ID is ideal for buyers seeking a fast, stylish, family-friendly jet boat in Southwest Florida.Backed by Bonita Boat Center’s trusted sales and service team, this 2023 Scarab 255 ID is fully inspected, salt-water ready, and priced competitively for today’s pre-owned market. For shoppers actively searching “used Scarab 255 ID Florida,” “jet boat Bonita Springs,” or “best boat dealer Southwest Florida,” this listing represents a standout opportunity. Schedule your showing or sea trial today and experience why the Scarab 255 ID remains one of the most popular and exciting jet boats on the water.Options: Twin Rotax 300hp 1630 ACETouchscreen Helm w/ Digital ControlsPremuim JL Audio Sound System w/ BluetoothCruise Control and Docking ModesPorta Potti w/ Pump OutFoldable Wake TowerExtended Swim Platform w/ Reboarding LadderConvertible Lounge Seating w/ Aft-Facing Transom SeatsIntegrated Tow HookLED Accent Lighting</t>
+    <t>2023 Scarab 255 ID For Sale!Price: $84,999Hours: 17Certified Pre-Owned InventoryNow available at Bonita Boat Center in Bonita Springs, FL, this 2023 Scarab 255 ID is a low-hour, high-performance jet boat powered by twin Rotax 1630 ACE 300 engines and showing only 17 hours of use. Designed for shallow-water versatility and the Southwest Florida lifestyle, the Scarab 255 ID offers responsive handling, rapid acceleration, and a layout built for both cruising and watersports. Buyers searching for a “Scarab 255 ID for sale,” “jet boat for sale Florida,” or “Scarab 255 ID near me” will find exceptional value and like-new condition in this meticulously maintained model.The 25-foot platform delivers a spacious interior with convertible lounge seating, a folding wake tower, aft-facing transom seats, extended swim platform, touchscreen digital helm, premium JL Audio sound system, and integrated storage throughout. Jet propulsion eliminates lower-unit maintenance and allows for exploring sandbars, back bays, and shallow coastal zones from Naples to Cape Coral with confidence. With its modern styling, clean interior, and powerful twin-engine setup, this Scarab 255 ID is ideal for buyers seeking a fast, stylish, family-friendly jet boat in Southwest Florida.Backed by Bonita Boat Center’s trusted sales and service team, this 2023 Scarab 255 ID is fully inspected, salt-water ready, and priced competitively for today’s pre-owned market. For shoppers actively searching “used Scarab 255 ID Florida,” “jet boat Bonita Springs,” or “best boat dealer Southwest Florida,” this listing represents a standout opportunity. Schedule your showing or sea trial today and experience why the Scarab 255 ID remains one of the most popular and exciting jet boats on the water.Options: Twin Rotax 300hp 1630 ACETouchscreen Helm w/ Digital ControlsPremuim JL Audio Sound System w/ BluetoothCruise Control and Docking ModesPorta Potti w/ Pump OutFoldable Wake TowerExtended Swim Platform w/ Reboarding LadderConvertible Lounge Seating w/ Aft-Facing Transom SeatsIntegrated Tow HookLED Accent Lighting</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2023-scarab-255-id68de6bbb3cd70e13a30c64bc</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-17660851031406716113694451ef1512b.webp</t>
   </si>
   <si>
-    <t>68da859f06c3954d9905dd69</t>
-[...10 lines deleted...]
-  <si>
     <t>68cc14ac71871900e501a759</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 239SE</t>
   </si>
   <si>
     <t xml:space="preserve">2026 Sea Hunt Ultra 239SE For Sale!Build Slot Available!Options:Yamaha F300XSB2 GARMIN 12" Electronics Package w/VHFUltra Bait Tank Leaning Post w/ Captains ChairsFiberglass T-Top w/ Mister SystemColor to Underside of Fiberglass T-TopTrim Tabs w/ IndicatorsPowder Coating WhiteUnderwater LightsRecirculating Livewell (per Livewell)Trolling Motor Plug &amp; Wiring HarnessSide Entry Ladder w/ Ladder HolderPorta PottiYamaha Salt Water Series Props  </t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-239se68cc14ac71871900e501a759</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760562528126039183168f00d60bfc10.png</t>
   </si>
   <si>
     <t>68cac08b5f429b87320f59a4</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 235SE For Sale!N.A.P $113,731(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options: F250XSB2 Tilt Yamaha Electric Steering Ultra Entertainment Leaning Post Bow Backrests Hardtop w/Ice Blue Underside Powder Coating Trim Tabs w/Indicators Underwater Lights Side Entry Ladder w/Ladder Holder Recirculating Livewell (per Livewell) Porta Potti GARMIN 12" Electronics Package w/VHF *Deluxe Diamond Stitch* *Ice Blue Hull* Yamaha Salt Water Series PropNow available at Bonita Boat Center in Bonita Springs, FL — this 2026 Sea Hunt Ultra 235 SE is the perfect 23′7″ center console for buyers seeking premium quality, salt-water readiness, and strong value in Southwest Florida. With an 8′6″ beam, a dry weight around 3,800 lbs, a generous 96-gallon fuel capacity.From the fiberglass T-top with integrated mister system and side-entry door to the wraparound bow seating and deep swim platform. The electronics package includes a large Garmin display with VHF, JL Audio stereo with Bluetooth, and Yamaha Digital Command Link gauges, giving buyers searching “Ultra 235 SE for sale Florida,” “Sea Hunt 235 SE center console,” or “used Sea Hunt boats Southwest Florida” exactly what they want. Backed by Bonita Boat Center’s full-service, factory-certified team and our longstanding reputation for honesty, trust and excellence, this 2026 Sea Hunt Ultra 235 SE is salt-water ready and positioned as a top-choice opportunity for serious boaters. If you’re actively looking for your local Sea Hunt Boats Dealer, you found the right place!</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-235se68cac08b5f429b87320f59a4</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176609413035595598569447532a27a7.webp</t>
@@ -787,387 +910,306 @@
   <si>
     <t>68cab752e6337080360edbe5</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 245SE For Sale!N.A.P. $123,193(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:F300XSB2Tilt Yamaha Electric SteeringAluminum Leaning Post w/Captains ChairsBow BackrestsHardtop w/Ice Blue UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsCooler Slide w/SH CoolerTrolling Motor Plug &amp; Wiring HarnessWindlassSide Entry Ladder w/Ladder HolderRecirculating Livewell (per Livewell)GARMIN 12" Electronics Package w/VHF*Deluxe Diamond Stitch**Entire Hull Ice Blue*Yamaha Salt Water Series PropNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt Ultra 245 SE is a premium salt-water center console built for serious performance, comfort and value. With a 24′3″ overall length, 8′6″ beam, dry weight around 3,900 lbs and a 96-gallon fuel tank capacity.Whether you’re exploring Naples, Marco Island, Cape Coral, Fort Myers or the 10,000 Islands, buyers searching for “Ultra 245 SE for sale Florida,” “Sea Hunt 245 SE near me,” or “24-ft center console boat Southwest Florida” will find this boat an exceptional opportunity. Backed by Bonita Boat Center’s full-service, factory-certified team, this 2026 Sea Hunt Ultra 245 SE is salt-water ready at your local sea hunt dealer!</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-245se68cab752e6337080360edbe5</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-17678843921664655983695fc66825e3f.webp</t>
   </si>
   <si>
     <t>68caab14eef716f16307d519</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 305SE</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 305SE For Sale!N.A.P. $278,668(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options: Twin Yamaha   F350XSA2'sGARMIN Dual 16" Elect. Pac.w/Auto P. &amp; VHF  **GF 30 Package** w/ Helm MasterColor to Underside of Fiberglass T-TopDeluxe Diamond Interior PackageHull Color (Silver Gray)Recirculating Livewell (per Livewell)Side Entry Ladder w/ Ladder HolderUltra Entertainment Leaning PostWhite Powder CoatingYamaha Helm Master Control w/ Setpoint and Auto PilotYamaha Salt Water Series Props  TwinNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt Ultra 305 SE is the flagship of the Ultra Series, offering premium offshore performance, exceptional comfort, and best-in-class value. With a N.A.P. of $266,789, this 30’5” center console delivers luxury-level fit and finish with the proven reliability and salt-water readiness that Sea Hunt owners expect in Southwest Florida. Built for serious coastal cruising and family adventure, the Ultra 305 SE is ideal for buyers searching “Sea Hunt Ultra 305 for sale,” “new Sea Hunt 30-foot center console,” or “Sea Hunt dealer Florida.”</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-305se68caab14eef716f16307d519</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1766096178142923156969447d327cb36.webp</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176902939712693939869713f15e8cf2.webp</t>
   </si>
   <si>
     <t>68b9f61e209fd49280061e54</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 219</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 219 For Sale!N.A.P: $73,349(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options: Yamaha F150XDTilt Seastar Hydraulic SteeringAluminum Leaning Post w/BackrestBow BackrestsHardtop w/Ice Blue UndersidePowder CoatingRecirculating Livewell (per Livewell)Porta PottiTrim Tabs w/IndicatorsGARMIN 9" Electronics Package w/VHF*Deluxe Diamond Stitch**Entire Hull Ice Blue*Yamaha Reliance PropNow available at Bonita Boat Center in Bonita Springs, FL — this 2026 Sea Hunt Ultra 219 is the ideal compact center console boat for serious coastal cruising, day-fishing, and family outings across Southwest Florida. With a length overall of 21′ 4″, an 8′ 3″ beam, fuel capacity of 60 gallons, and a dry weight of only 2,350 lbs, it’s perfectly sized for ease of handling, trailering, storage, and the beaches of Naples, Cape Coral, and Fort Myers.Backed by Bonita Boat Center’s full-service team and local reputation, this Venice-to Marco Island-ready 2026 Ultra 219 offers strength, style, and value. If you are searching for “Sea Hunt dealer Southwest Florida”, “Ultra 219 For Sale”, or “Affordable center console boats”, call today to schedule a walkthrough or sea-trial and get ready for your next boating chapter.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-21968b9f61e209fd49280061e54</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-17660934345857637176944727a8af8d.webp</t>
   </si>
   <si>
     <t>68b9f410a6f94bd0e10984a7</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 275CB</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 275CB For Sale!N.A.P. $212,121(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options: Twin F250XSB2'sYamaha Helm Master SystemMezzanine Fiberglass Leaning Post w/Captains ChairsHardtopPowder CoatingTrim Tabs w/IndicatorsUnderwater LightsSide Entry Ladder w/Ladder HolderWindlassRecirculating Livewell (per Livewell)GARMIN Dual 12" Electronics Package w/GT17*Big Transducer**Deluxe Diamond Stitch*Yamaha Salt Water Series PropsNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt Ultra 275 CB is a premium new-model center console offering significant performance, style, and capability for buyers demanding more from their boat. With a length of 27′6″, beam of 9′6″, dry weight around 6,600 lbs, fuel capacity up to 180 gallons and a maximum horsepower rating of 500 hp, this Ultra 275 CB is engineered for salt-water use and coastal cruising across Southwest Florida. Buyers searching “Sea Hunt Ultra 275 CB for sale,” “New Sea Hunt 27-ft center console For sale,” or “Sea Hunt dealer Bonita Springs” will appreciate the value and capability of this model.</t>
+    <t>2026 Sea Hunt Ultra 275CB For Sale!**Under Contract**N.A.P. $212,121(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options: Twin F250XSB2'sYamaha Helm Master SystemMezzanine Fiberglass Leaning Post w/Captains ChairsHardtopPowder CoatingTrim Tabs w/IndicatorsUnderwater LightsSide Entry Ladder w/Ladder HolderWindlassRecirculating Livewell (per Livewell)GARMIN Dual 12" Electronics Package w/GT17*Big Transducer**Deluxe Diamond Stitch*Yamaha Salt Water Series PropsNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt Ultra 275 CB is a premium new-model center console offering significant performance, style, and capability for buyers demanding more from their boat. With a length of 27′6″, beam of 9′6″, dry weight around 6,600 lbs, fuel capacity up to 180 gallons and a maximum horsepower rating of 500 hp, this Ultra 275 CB is engineered for salt-water use and coastal cruising across Southwest Florida. Buyers searching “Sea Hunt Ultra 275 CB for sale,” “New Sea Hunt 27-ft center console For sale,” or “Sea Hunt dealer Bonita Springs” will appreciate the value and capability of this model.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-275cb68b9f410a6f94bd0e10984a7</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1766095598211977130169447aee68a86.webp</t>
   </si>
   <si>
     <t>68b9f2505b35463a1b001f8f</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 265SE For Sale!N.A.P $153,794(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options: Twin F150XSA2'sTilt Yamaha Electric SteeringUltra Entertainment Leaning PostBow BackrestsHardtop w/Silver Gray UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsWindlassSide Entry Ladder w/Ladder HolderRecirculating Livewell (per Livewell)GARMIN 12" Electronics Package w/VHF*Deluxe Diamond Stitch**Silver Gray Hull*Yamaha Reliance PropsNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt Ultra 265 SE is a premium 26'5" center console designed for exceptional performance, family comfort, and all-around versatility on the water. With a N.A.P. of $153,601, this model delivers one of the strongest value profiles in the 26–27 ft class, making it a top pick for buyers searching “Sea Hunt Ultra 265 SE for sale,” “new Sea Hunt 26-foot center console Florida,” or “Sea Hunt dealer Southwest Florida.” Built with Sea Hunt’s proven deep-V hull and wide beam, the Ultra 265 SE provides a smooth, dry ride throughout the Gulf waters surrounding Naples, Fort Myers, Marco Island, and Cape Coral.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-265se68b9f2505b35463a1b001f8f</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1766095418176160219069447a3a71bd4.webp</t>
   </si>
   <si>
     <t>68b9f0a6857e5902c4039db0</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 235SE For Sale!N.A.P $98,392(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options: Yamaha F200XDTilt Seastar Hydraulic SteeringUltra Mezzanine Fiberglass Leaning Post w/Captains ChairsBow BackrestsHardtop w/Abaco Green UndersidePowder CoatingTrim Tabs w/IndicatorsUnderwater LightsSide Entry Ladder w/Ladder HolderTrolling Motor Plug &amp; Wiring HarnessRecirculating Livewell (per Livewell)Porta PottiGARMIN 12" Electronics Package w/VHF*Deluxe Diamond Stitch**Abaco Green Hull*Yamaha Reliance PropNow available at Bonita Boat Center in Bonita Springs, FL — this 2026 Sea Hunt Ultra 235 SE is the perfect 23′7″ center console for buyers seeking premium quality, salt-water readiness, and strong value in Southwest Florida. With an 8′6″ beam, a dry weight around 3,800 lbs, a generous 96-gallon fuel capacity.From the fiberglass T-top with integrated mister system and side-entry door to the wraparound bow seating and deep swim platform. The electronics package includes a large Garmin display with VHF, JL Audio stereo with Bluetooth, and Yamaha Digital Command Link gauges, giving buyers searching “Ultra 235 SE for sale Florida,” “Sea Hunt 235 SE center console,” or “used Sea Hunt boats Southwest Florida” exactly what they want. Backed by Bonita Boat Center’s full-service, factory-certified team and our longstanding reputation for honesty, trust and excellence, this 2026 Sea Hunt Ultra 235 SE is salt-water ready and positioned as a top-choice opportunity for serious boaters. If you’re actively looking for your local Sea Hunt Boats Dealer, you found the right place!</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-235se68b9f0a6857e5902c4039db0</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-17660940461724067573694474de6e551.webp</t>
   </si>
   <si>
-    <t>68b9f07d60e2070327067a9c</t>
-[...10 lines deleted...]
-  <si>
     <t>68b9ec347084cc494d0c8dc6</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 265SE For Sale!N.A.P $166,957(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options: Twin F200XSA2'sTilt Yamaha Electric SteeringUltra Bait Tank Leaning Post w/Captains ChairsBow BackrestsHardtop w/Abaco Green Underside w/KingfishPowder CoatingTrim Tabs w/IndicatorsUnderwater LightsRecirculating Livewell (per Livewell)WindlassSide Entry Ladder w/Ladder HolderGARMIN 12" Electronics Package w/VHF*Deluxe Diamond Stitch**Abaco Green Hull*Yamaha Reliance PropsNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt Ultra 265 SE is a premium 26'5" center console designed for exceptional performance, family comfort, and all-around versatility on the water. With a N.A.P. of $162,763, this model delivers one of the strongest value profiles in the 26–27 ft class, making it a top pick for buyers searching “Sea Hunt Ultra 265 SE for sale,” “new Sea Hunt 26-foot center console Florida,” or “Sea Hunt dealer Southwest Florida.” Built with Sea Hunt’s proven deep-V hull and wide beam, the Ultra 265 SE provides a smooth, dry ride throughout the Gulf waters surrounding Naples, Fort Myers, Marco Island, and Cape Coral.</t>
+    <t>2026 Sea Hunt Ultra 265SE For Sale!N.A.P $166,957*Under Contract*(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options: Twin F200XSA2'sTilt Yamaha Electric SteeringUltra Bait Tank Leaning Post w/Captains ChairsBow BackrestsHardtop w/Abaco Green Underside w/KingfishPowder CoatingTrim Tabs w/IndicatorsUnderwater LightsRecirculating Livewell (per Livewell)WindlassSide Entry Ladder w/Ladder HolderGARMIN 12" Electronics Package w/VHF*Deluxe Diamond Stitch**Abaco Green Hull*Yamaha Reliance PropsNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt Ultra 265 SE is a premium 26'5" center console designed for exceptional performance, family comfort, and all-around versatility on the water. With a N.A.P. of $162,763, this model delivers one of the strongest value profiles in the 26–27 ft class, making it a top pick for buyers searching “Sea Hunt Ultra 265 SE for sale,” “new Sea Hunt 26-foot center console Florida,” or “Sea Hunt dealer Southwest Florida.” Built with Sea Hunt’s proven deep-V hull and wide beam, the Ultra 265 SE provides a smooth, dry ride throughout the Gulf waters surrounding Naples, Fort Myers, Marco Island, and Cape Coral.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-265se68b9ec347084cc494d0c8dc6</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176609521212374973596944796cd1ed0.webp</t>
   </si>
   <si>
     <t>68a3253692c5b9676a059767</t>
   </si>
   <si>
     <t>2020 Blackfin 272DC</t>
   </si>
   <si>
     <t>2020 Blackfin 272DC For Sale!Sale Price: $179,900Options: Trim Tabs w/Indicators &amp; Auto RetractTwin Yamaha 300 F300XCAAdd Optimus 360 Joystick Option (250HP - 300HP Only)Colored Boot Stripe - with Matching Upper Hull Accent Color (hullside color and bottom color must match)Ski Tow Pylon, StainlessSwim Platform Inlay (SeaDek) - GreyUnderwater LED LightsAft ShadeBow CoverBow ShadeCockpit CoverCockpit Table w/Seadeck inlay, Pedestal Vertical Side Mount BaseCockpit Drawer Refrigerator, Stainless Steel, 12VPremium Stereo Upgrade Package (Includes 6-7” JL Speakers, 2-Subwoofers, 5/2 Channel Amp &amp; LED Speakers)Electronics Package, Garmin - GPS/Chartplotter-Garmin 7612 (Includes Garmin 300 VHF, Requires Transducer)Transducer, Garmin - B60 600 Watts (Requires Garmin Electronics Package option)Electric Toilet with Holding Tank, Indicator &amp; Pump-Out Deck FittingMacerator with Overboard Discharge (Requires Electric Toilet Option) This versatile dual-console boat is the ultimate vessel for reaching your favorite fishing grounds, cruising the open waves or just gathering with friends for a day on the water. It comes loaded with all the necessary features and amenities for the serious fisherman such as a fiberglass hardtop, gunnel, and transom-mounted rod holders, in-floor fish boxes as well as the latest in navigation and fish-finding technology.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2020-blackfin-272dc68a3253692c5b9676a059767</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1766085494409437107694453766b2c2.webp</t>
   </si>
   <si>
     <t>6893a34810d71e73dd07a4a7</t>
   </si>
   <si>
     <t>2026 Sea Hunt BX 25 FS</t>
   </si>
   <si>
     <t>2026 Sea Hunt BX25FS For Sale!N.A.P. $122,388(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:F350XSA2Tilt Yamaha Electric SteeringSeastar 6" Hydraulic Jack PlateBait Tank Leaning Post w/Captains ChairsBow BackrestsHardtopPowder CoatingTrim Tabs w/IndicatorsUnderwater LightsTrolling Motor Plug &amp; Wiring HarnessRecirculating Livewell (per Livewell)GARMIN 12" Electronics Package w/VHFYamaha Salt Water Series PropNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt BX 25 FS is a high-performance bay/near-shore center console built to deliver both versatility and value. Measuring approximately 25′3″ in length with an 8′6″ beam, this model supports up to 350 HP and offers a fuel capacity around 68 gallons. Buyers searching for “Sea Hunt BX 25 FS for sale Florida,” “New bay boat for sale,” or “Sea Hunt dealer Bonita Springs” will find this listing aligns perfectly with their mission.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-bx-25-fs6893a34810d71e73dd07a4a7</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-17660929501543078769447096d4d14.webp</t>
   </si>
   <si>
-    <t>6880ffe1ca73c7ac160f6073</t>
-[...13 lines deleted...]
-  <si>
     <t>6877a87328607b1f3e0ff855</t>
   </si>
   <si>
     <t>2026 Sea Hunt BX25FS For Sale!N.A.P. $119,762(Does Not Include Prep &amp; Freight)(PRICING DOES NOT INCLUDE ADDED POWER POLES OR TROLLING MOTOR)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:Yamaha F300XSB2Garmin Kraken Trolling MotorDual Power Pole BladesGARMIN 12" Electronics Package w/VHFBait Tank Leaning Post w/Captains Chairs Color to Underside of Fiberglass T-TopHull Color Silver GrayRecirculating Livewell (per Livewell)SeaStar 6' Hydraulic Jack PlateWhite Powder CoatingYamaha Salt Water Series Props  SingleNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt BX 25 FS is a high-performance bay/near-shore center console built to deliver both versatility and value. Measuring approximately 25′3″ in length with an 8′6″ beam, this model supports up to 350 HP and offers a fuel capacity around 68 gallons. Buyers searching for “Sea Hunt BX 25 FS for sale Florida,” “New bay boat for sale,” or “Sea Hunt dealer Bonita Springs” will find this listing aligns perfectly with their mission.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-bx-25-fs6877a87328607b1f3e0ff855</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-17660930606287684856944710435d46.webp</t>
   </si>
   <si>
     <t>687676f21818e61dba035f3d</t>
   </si>
   <si>
     <t>2026 Regulator 30XO</t>
   </si>
   <si>
     <t>2026 Regulator 30XO For Sale!MSRP: $446,630(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options: Twin White Yamaha F350 4-Stroke Engines with DES Tilt Helm, DEC, and Electronic Key Switch with Wireless Key FobHydraulic Jackplate with Helm Mounted Pro-Trim Control36-Amp Battery Charger with 25' CordTrolling Motor READYYamaha EX Autopilot with Waypoint DecelerationFeatured Hull Color – Entire HullAbaco Sky (Blue Tone White) (1a Color Choice)NO STRIPING (Bootstriping option)Standard White Upholstery30XO Tackle &amp; Entertainment Center with Corian® Countertop, Removable Cutting Board, Tackle Storage, Waste Basket, Freshwater Wash Down, and (10) Rocket LaunchersDiamond Quilted UpholsteryTeak AccentsCenter Forward LED Light Bar on T-TopFactory-Installed Garmin® 30XO Premium Fish Package: Two 16" GPSMAP® 8616 XSV Multi-Touch Chartplotter/Sonar Displays, VHF 215 AIS Radio with Dual 8' Antennas, Garmin® GT12M-THF CHIRP Transducer, Black Flushmount Electronics Face and Remote MicMulti-Colored Underwater LED Lights (2)Second 29 gal. Aft Livewell (Converted from Standard Aft Storage)Under Gunwale Rod Storage BoxesEdson™ Wheel with Power Knob (Console)Forward Sun Shade – Deep GrayThis new 2026 Regulator 30XO is built on a 30′-7″ LOA hull, 10′-2″ beam and a massive 222-gallon fuel capacity — combining big-boat capability in a center-console format. Available now at Bonita Boat Center in Bonita Springs, Naples, Cape Coral, Fort Myers and Marco Island — this 30XO is salt-water ready, factory supported, and positioned for immediate delivery. Target buyers searching “Regulator dealer near me,” “Regulator center console,” or “best boat dealer Southwest Florida”</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-regulator-30xo687676f21818e61dba035f3d</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-17661565311432988303694568f372665.webp</t>
   </si>
   <si>
     <t>687672febe367f384f0612c1</t>
   </si>
   <si>
     <t>2026 Regulator 35</t>
   </si>
   <si>
-    <t>2026 Regulator 35 For Sale!MSRP: $873,030Options: Triple White Yamaha Offshore F350 Four-Stroke Engines w/ DES Tilt Helm and DEC Includes: Helm Master EX Joystick w/ Multimode Set Point EX Autopilot w/ Waypoint DecelerationElectronic Key Switch w/ Wireless FobArid Bilge System Series 2 (12V, 2-Zone)Dometic DG3 Gyro Stabilization SystemMarine-Grade 110V 8kBTU HVAC Conditioning System with Reverse-Cycle Heat, (4) Helm Vents, Interior Cabin Vent, and InverterT-Top Underside to Match Hull SidesDove Gray UpholsteryDiamond Quilted UpholsteryFiberglass Sun Bed w/ Magnetic Filler CushionFlush-Folding Center Forward Seat w/ Magnetic Cushion at Bow(2) Inductive Cell Phone Charger Cubbies at Bow Seating(2) Inductive Cell Phone Chargers: (1) at Helm; (1) Inside ConsoleAdditional T-Top Garmin 12" GPSMAP® 1243 XSV Touchscreen ChartplotterElectric Anchor Light and Antenna MountsEntertainment Upgrade PackageFactory-Installed Garmin GMR Fantom 54 Open-Array RadarFactory-Installed Garmin GT36UHD-TM Ultra High-Def ClearVü and SideVü TransducerFactory-Installed Garmin GXM 54 SiriusXM Marine Weather Receiver UpgradeMulti-Colored Underwater LED Lights (2)(2) Electric Reel Hook-Ups(4) Conventional Transom Rod Holders(6) Additional Midship Gunwale Conventional Rod Holders(6) Aft Gunwale Cup Holder Rod HoldersClear Acrylic Livewell WindowQuick-Release Under Gunwale Gaff HolderRefrigerated Port Aft In-Deck FishboxUnder Gunwale Rod/Brush StorageBucket Holder with (2) BucketsEdson™ Elite Carbon Wheel w/ Power KnobGray Helm Pad with Black Regulator Logo and 35-Branded Footrest PadsPhender Pro™ with (4) Quick-Release Fender CleatsThrough Stem Bow Roller with Anchor Windlass, Freshwater Washdown, Controls, Chain &amp; AnchorForward Sun Shade – Deep GrayHelm, Console, and Seating Canvas Covers – Deep GrayFeatured Hull Color – Sides Only</t>
+    <t>2026 Regulator 35 For Sale!MSRP: $873,0305-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:Power (Included)Triple White Yamaha Offshore F350 4-Stroke EnginesHelm Master™ EX Joystick with Multimode Set Point™EX Autopilot with Waypoint DecelerationDigital Electric Steering (DES) Tilt HelmDigital Electronic Control (DEC)Electronic Key Switch with Wireless FobPower &amp; SystemsArid Bilge Systems Series 2 (12V, 2-Zone)Dometic DG3 Gyro Stabilization System110V 8k BTU HVAC System with Reverse Cycle Heat Hull &amp; ExteriorHull Color: Storm Gray (Sides Only)Bracket with White GelcoatBootstripe: White / Charcoal / WhiteT-Top Underside Color Matched to HullSeating &amp; UpholsteryDove Gray UpholsteryDiamond Quilted UpholsteryFiberglass Sun Bed with Magnetic Filler CushionFlush-Folding Center Forward Seat with Magnetic CushionElectronics &amp; Lighting(2) Inductive Phone Chargers at Bow(2) Inductive Phone Chargers (Helm + Console)Additional Garmin 12" GPSMAP 1243 XSV at T-TopElectric Anchor Light and Antenna MountsFusion Entertainment Upgrade PackageGarmin Fantom 54 Open-Array RadarGarmin GT36 UHD SideVu/ClearVu TransducerGarmin GXM 54 SiriusXM Weather ReceiverMulti-Colored Underwater LED LightsFishing Upgrades(2) Electric Reel Hookups(4) Conventional Transom Rod Holders(6) Additional Midship Rod Holders(6) Aft Gunwale Cup Holder Rod HoldersClear Acrylic Livewell WindowUnder-Gunwale Gaff HolderRefrigerated Port Aft In-Deck FishboxUnder-Gunwale Rod &amp; Brush Storage</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-regulator-35687672febe367f384f0612c1</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176062267719702057368f0f8552b6db.png</t>
   </si>
   <si>
-    <t>68766cd63521baf3820c1ada</t>
-[...10 lines deleted...]
-  <si>
     <t>68629386b7881559f2089956</t>
   </si>
   <si>
     <t>2026 Sea Hunt Gamefish 28 CB</t>
   </si>
   <si>
     <t>2026 Sea Hunt Gamefish 28 Coffin BoxBuild Slot Available!Starting: $231,592Standard Options:Twin Yamaha F300 XSB2Yamaha Saltwater Series PropMezzanine Fiberglass Leaning Post w/ Captains ChairsYamaha Electric SteeringYamaha tilt helmDual 16" Garmin GPSMAP 8616xsv Package w/ VHFYamaha CL5 Touchscreen DisplayYamaha Auto PilotUpgraded JL Audio Waterproof Stereo w/BluetoothWireless Phone ChargerDual Battery SwitchUnderwater LED LightsWhite InteriorBow BolstersCockpit BolstersFiberglass T-Top w/ Mister SystemPowder Coat PackageSide Entry DoorBennett Trim Tabs w/ IndicatorsChina ToiletWindlass AnchorRear Bench SeatOptionalBattle Station Leaning Post w/ Captains ChairsELECTRONICSYamaha Helm Master w/ Setpoint &amp; AutopilotTOPST-Top Underside ColorKingfish Rod HoldersINTERIORTan InteriorGray InteriorDeluxe Diamond StitchCUSHIONS &amp; CANVASCockpit Storage DrapeDash CoverLeaning Post CoverShrink WrapCoffin Box CoverOTHERGemlux Deluxe Outrigger Kit &amp; ShadeSide Entry Ladder &amp; HolderRecirculating Livewell</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-gamefish-28-cb68629386b7881559f2089956</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176056242175956836968f00cf56ca9f.png</t>
   </si>
   <si>
-    <t>68628fa36dc1134d1904e8f2</t>
-[...10 lines deleted...]
-  <si>
     <t>68628be8d0529fc5f50e05d4</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 235SE For Sale!N.A.P $97,954(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options: Yamaha F200XDTilt Seastar Hydraulic SteeringUltra Entertainment Leaning PostBow BackrestsHardtopPowder CoatingTrim Tabs w/ IndicatorsUnderwater LightsRecirculating Livewell (per Livewell)Side Entry Ladder w/ Ladder HolderTrolling Motor Plug &amp; Wiring HarnessPorta PottiGARMIN 12" Electronics Package w/ VHFYamaha Reliance PropNow available at Bonita Boat Center in Bonita Springs, FL — this 2026 Sea Hunt Ultra 235 SE is the perfect 23′7″ center console for buyers seeking premium quality, salt-water readiness, and strong value in Southwest Florida. With an 8′6″ beam, a dry weight around 3,800 lbs, a generous 96-gallon fuel capacity.From the fiberglass T-top with integrated mister system and side-entry door to the wraparound bow seating and deep swim platform. The electronics package includes a large Garmin display with VHF, JL Audio stereo with Bluetooth, and Yamaha Digital Command Link gauges, giving buyers searching “Ultra 235 SE for sale Florida,” “Sea Hunt 235 SE center console,” or “used Sea Hunt boats Southwest Florida” exactly what they want. Backed by Bonita Boat Center’s full-service, factory-certified team and our longstanding reputation for honesty, trust and excellence, this 2026 Sea Hunt Ultra 235 SE is salt-water ready and positioned as a top-choice opportunity for serious boaters. If you’re actively looking for your local Sea Hunt Boats Dealer, you found the right place!</t>
+    <t>2026 Sea Hunt Ultra 235SE For Sale!N.A.P $97,954(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options: Yamaha F200XD10' Powerpole BladeTilt Seastar Hydraulic SteeringUltra Entertainment Leaning PostBow BackrestsHardtopPowder CoatingTrim Tabs w/ IndicatorsUnderwater LightsRecirculating Livewell (per Livewell)Side Entry Ladder w/ Ladder HolderTrolling Motor Plug &amp; Wiring HarnessPorta PottiGARMIN 12" Electronics Package w/ VHFYamaha Reliance PropNow available at Bonita Boat Center in Bonita Springs, FL — this 2026 Sea Hunt Ultra 235 SE is the perfect 23′7″ center console for buyers seeking premium quality, salt-water readiness, and strong value in Southwest Florida. With an 8′6″ beam, a dry weight around 3,800 lbs, a generous 96-gallon fuel capacity.From the fiberglass T-top with integrated mister system and side-entry door to the wraparound bow seating and deep swim platform. The electronics package includes a large Garmin display with VHF, JL Audio stereo with Bluetooth, and Yamaha Digital Command Link gauges, giving buyers searching “Ultra 235 SE for sale Florida,” “Sea Hunt 235 SE center console,” or “used Sea Hunt boats Southwest Florida” exactly what they want. Backed by Bonita Boat Center’s full-service, factory-certified team and our longstanding reputation for honesty, trust and excellence, this 2026 Sea Hunt Ultra 235 SE is salt-water ready and positioned as a top-choice opportunity for serious boaters. If you’re actively looking for your local Sea Hunt Boats Dealer, you found the right place!</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-235se68628be8d0529fc5f50e05d4</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-17660939431575202616944747734a04.webp</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1768943769549613241696ff0997ee66.png</t>
   </si>
   <si>
     <t>6851b7027e682a750f0d63e4</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 265SE For Sale!Build Slot Available!Our Ultra Series was created for families desiring the “Ultra” experience on the water! Sea Hunt delivers the most comfortable and functional center consoles in the industry with our Ultra Line. With its cushioned rear bench seating and oversized bow area, it’s easy to sit back and enjoy pleasure cruising and sandbar hopping. Rod holders and livewells instantly turn the Ultra into the most comfortable fishing boat on the water!</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-265se6851b7027e682a750f0d63e4</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176056194597583572968f00b199c280.png</t>
   </si>
   <si>
     <t>683620d0bb4a30b0310238ae</t>
   </si>
   <si>
-    <t>2026 Sea Hunt Ultra 265SE For Sale!N.A.P. $166,514(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:Twin F200XSA2'STilt Yamaha Electric SteeringUltra Mezzanine Fiberglass Leaning Post w/ Captains ChairsBow BackrestsBow Filler CushionHardtop w/Slate Blue UndersidePowder CoatingTrim Tabs w/ IndicatorsUnderwater LightsRecirculating LivewellsWindlass AnchorSide Entry Ladder w/ Ladder HolderGarmin Dual 12" Electronics Package w/VHF*Slate Blue Hull*Now available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt Ultra 265 SE is a premium 26'5" center console designed for boaters who want exceptional performance, family comfort, and all-around versatility on the water. Priced at a N.A.P. of $166,514, this model stands out as one of the most compelling choices in the 26–27 ft class for buyers searching “Sea Hunt Ultra 265 SE for sale,” “new Sea Hunt 26-foot center console Florida,” or “Sea Hunt dealer Southwest Florida.” With Sea Hunt’s proven deep-V hull, wide beam, and composite construction, the Ultra 265 SE delivers a smooth, dry ride in the Gulf waters off Naples, Fort Myers, and Marco Island.</t>
+    <t>2026 Sea Hunt Ultra 265SE For Sale!N.A.P. $166,514*UNDER CONTRACT*(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:Twin F200XSA2'STilt Yamaha Electric SteeringUltra Mezzanine Fiberglass Leaning Post w/ Captains ChairsBow BackrestsBow Filler CushionHardtop w/Slate Blue UndersidePowder CoatingTrim Tabs w/ IndicatorsUnderwater LightsRecirculating LivewellsWindlass AnchorSide Entry Ladder w/ Ladder HolderGarmin Dual 12" Electronics Package w/VHF*Slate Blue Hull*Now available at Bonita Boat Center in Bonita Springs, FL — the 2026 Sea Hunt Ultra 265 SE is a premium 26'5" center console designed for boaters who want exceptional performance, family comfort, and all-around versatility on the water. Priced at a N.A.P. of $166,514, this model stands out as one of the most compelling choices in the 26–27 ft class for buyers searching “Sea Hunt Ultra 265 SE for sale,” “new Sea Hunt 26-foot center console Florida,” or “Sea Hunt dealer Southwest Florida.” With Sea Hunt’s proven deep-V hull, wide beam, and composite construction, the Ultra 265 SE delivers a smooth, dry ride in the Gulf waters off Naples, Fort Myers, and Marco Island.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-265se683620d0bb4a30b0310238ae</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176609494899359595769447864e9523.webp</t>
   </si>
   <si>
     <t>67eecb1eddad0c4e180e5e94</t>
   </si>
   <si>
     <t>2025 Regulator 30XO</t>
   </si>
   <si>
     <t>2025 Regulator 30XO For Sale!MSRP: $484,185(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:Yamaha V6   F350s w/DES Tilt Helm and DEC - Plus Helm Master® EX Joystick w/Multimode Set PointT and EX Autopilot w/ Waypoint DecelerationHydraulic Jackplate w/ Helm Mounted Pro-Trim Control 36 Amp Battery Charger with 25' CordSeakeeper RideT Auto Trim Tab SystemTrolling Motor READYFeatured Hull Color - Sides OnlyBootstriping - White/Charcoal/WhiteT-Top Underside to Match Hull SidesDove Gray Upholstery30XO Tackle &amp; Entertainment Center w/ Corain® Countertop, Removable Cutting Board, Tackle Storage, Waste Basket, and Freshwater Wash Down, with (10) Rocket Launchers built into AftDiamond Quilted UpholsteryTeak Accents2 Inductive Cell Phone Chargers: (1) at Helm; (1) InsideEntertainment Upgrade Package: Includes Fusion® Dynamically Calibrated System with (8) Premium Backlit Speakers, Subwoofer,AMPS and Intergated WifiFactory-Installed Garmin® 30XO Premium Fish Package: Two 16" GPSMAP® 8616 XSV Multi-Touch Widescreen Chartplotter/Sonar Displays, VHF 215 AIS Radio with Dual 8' Antennas, and Airmar® B150 CHIRP Transducer, Plus Black Flushmount Electronics Face and Remote MicMulti-Colored Underwater LED Lights (2)(10) Additional Forward Gunwale Cup Holder Rod HoldersDual 10' Power Pole BladesUnder Gunwale Locking Rod Storage BoxesEdsonT Wheel with Power Knob (Console)Gray Helm Pad w/ Black Regulator LogoPhender ProT with (4) Quick-Release Fender CleatsForward Sun ShadeHelm and Seating Canvas Covers (30XO WITHOUT Half Tower)Now available at Bonita Boat Center in Bonita Springs, FL — the 2025 Regulator 30XO is the pinnacle of performance center-consoles, with a 30′7″ LOA, 10′2″ beam, 222-gallon fuel capacity and twin Yamaha F350 engines configured with HELM MASTER® EX joystick and hydraulic jackplate, making it perfect for buyers seeking “Regulator 30XO for sale Florida,” “new Regulator center console Bonita Springs,” or “offshore fishing boat Southwest Florida”; this model combines tournament-grade fishability with luxury features like a tackle &amp; entertainment center with Corian® countertop, dual 16″ Garmin GPSMAP 8616XSV displays, multi-colored underwater LED lights, dual Power-Pole® blades, and premium teak + dove grey upholstery—all backed by Bonita Boat Center’s decades of experience in SWFL boat sales and service.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-regulator-30xo67eecb1eddad0c4e180e5e94</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1766157483173558690969456cab7e187.webp</t>
   </si>
   <si>
-    <t>67eaf6bf3a1daa5f50014d9e</t>
-[...28 lines deleted...]
-  <si>
     <t>67cf2563759829ca6008e70d</t>
   </si>
   <si>
     <t>Build Slot Available!2026 Sea Hunt Ultra 245SEYamaha F300XSB2Ultra Entertainment Leaning PostColor to Underside of Fiberglass T-TopSide Entry Ladder w/ Ladder HolderRecirculating Livewell (per Livewell)Garmin 12" Electronics Package w/ VHFHull ColorYamaha Saltwater Series Prop</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-245se67cf2563759829ca6008e70d</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760561833209770356568f00aa968fa5.png</t>
   </si>
   <si>
     <t>67ab58311c4f2d7d860ee397</t>
   </si>
   <si>
     <t>2024 Monterey 305SS</t>
   </si>
   <si>
-    <t xml:space="preserve">2024 Monterey 305SS For Sale!Price: $225,000Certified Pre-Owned InventoryNow available at Bonita Boat Center in Bonita Springs, FL — this 2024 Monterey 305SS is a luxury bowrider built for performance, style, and comfort. With a sleek 31′11″ overall length, 9′0″ beam and 100-gallon fuel tank, this model delivers the space and capability you’re looking for when shopping for a high-end sport boat in Southwest Florida.Backed by Bonita Boat Center’s unmatched reputation in sales and service, this 2024 Monterey 305SS is clean, ready to enjoy and backed by factory-certified support. For active buyers searching “luxury sport boat Bonita Springs”, “Monterey 305SS near me”, or “used 2024 Monterey bowrider Southwest Florida”, this listing is a prime opportunity. Contact us today to schedule your walkthrough or sea trial and see why the Monterey 305SS continues to define premium sport boating in Florida.Options: Twin Mercury 250XXL Verado DTS BLACK – 20 HoursAdd Mercury JPO TwinPhender Pro Holders (4)Anchor Windlass W/Stainless Steel Anchor, Rope &amp; ChainElectric Wakeboard Tower White or Black (Includes Wakeboard Bimini)Under Water LED LightsBow &amp; Cockpit CoverCockpit TableCockpit Drawer Refrigerator - DC (WetBar Option Required)GPS Chartplotter(Simrad GO7 XSE)Sirius Satellite Pkg (Includes Antenna &amp; Receiver)Stern Mounted Stereo RemotePremium Stereo Upg Pkg (Includes Subwoofer W/Led Lights &amp; 4 Ch. Amplifier)Wet Bar w/Solid Surface Insert, Sink, Faucet, &amp; Trash ReceptaclesBow Filler CushionsElectric Head System W/Holding TankMacerator W/Overboard </t>
+    <t xml:space="preserve">2024 Monterey 305SS For Sale!Price: $215,000Certified Pre-Owned InventoryNow available at Bonita Boat Center in Bonita Springs, FL — this 2024 Monterey 305SS is a luxury bowrider built for performance, style, and comfort. With a sleek 31′11″ overall length, 9′0″ beam and 100-gallon fuel tank, this model delivers the space and capability you’re looking for when shopping for a high-end sport boat in Southwest Florida.Backed by Bonita Boat Center’s unmatched reputation in sales and service, this 2024 Monterey 305SS is clean, ready to enjoy and backed by factory-certified support. For active buyers searching “luxury sport boat Bonita Springs”, “Monterey 305SS near me”, or “used 2024 Monterey bowrider Southwest Florida”, this listing is a prime opportunity. Contact us today to schedule your walkthrough or sea trial and see why the Monterey 305SS continues to define premium sport boating in Florida.Options: Twin Mercury 250XXL Verado DTS BLACK – 20 HoursAdd Mercury JPO TwinPhender Pro Holders (4)Anchor Windlass W/Stainless Steel Anchor, Rope &amp; ChainElectric Wakeboard Tower White or Black (Includes Wakeboard Bimini)Under Water LED LightsBow &amp; Cockpit CoverCockpit TableCockpit Drawer Refrigerator - DC (WetBar Option Required)GPS Chartplotter(Simrad GO7 XSE)Sirius Satellite Pkg (Includes Antenna &amp; Receiver)Stern Mounted Stereo RemotePremium Stereo Upg Pkg (Includes Subwoofer W/Led Lights &amp; 4 Ch. Amplifier)Wet Bar w/Solid Surface Insert, Sink, Faucet, &amp; Trash ReceptaclesBow Filler CushionsElectric Head System W/Holding TankMacerator W/Overboard </t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2024-monterey-305ss67ab58311c4f2d7d860ee397</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1766085993105232637769445569e8f7e.webp</t>
   </si>
   <si>
     <t>67911bc18c4a812da100ef5f</t>
   </si>
   <si>
     <t>2025 Regulator 26 XO</t>
   </si>
   <si>
     <t>2025 Regulator 26XO For Sale!MSRP: $284,705(Does Not Include Prep &amp; Freight)7-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options: Single White Yamaha XTO Offshore® 450 4-Stroke Engine with DES Tilt Helm, DEC, and EX Autopilot with Waypoint DecelerationHydraulic Extreme Jackplate20-Amp Battery Charger with 25' CordFeatured Hull Color – Sides OnlyBootstriping: White/Charcoal/WhiteT-Top Rocket LauncherT-Top Underside to Match Hull SidesStandard White UpholsteryDiamond Quilted UpholsteryInductive Cell Phone Chargers in Recessed Console TraysEntertainment Upgrade Package: Includes Fusion® Dynamically Calibrated System with (8) Premium Backlit Speakers, Subwoofer, Amps, and Integrated Wi-FiFactory-Installed Garmin® 26XO Premium Fish Package: Includes Dual 12" GPSMAP® 8612 XSV Touchscreen Displays, Garmin® GT 12M-THF CHIRP Transducer, VHF 215 Radio with 8' Antenna2 Conventional Transom Rod Holders6 Additional Forward Gunwale Cup Holder Rod HoldersDual 10' Power Pole BladesEdson™ Wheel with Power KnobHead with Holding Tank and Electric Tank PumpoutPhender Pro™ with (4) Quick-Release Fender CleatsForward Sun Shade - Deep GrayHelm, Console and Seating Canvas Covers - Deep GrayNow available at Bonita Boat Center in Bonita Springs, FL — the 2025 Regulator 26 XO is the ultimate crossover center console built for both performance-minded anglers and family fun seekers. Offering a 26′9″ length, 9′3″ beam, 107-gallon fuel capacity and the option of up to 450 hp Yamaha power, making it ideal for buyers searching “Regulator 26 XO for sale Florida,” “new Regulator center console Bonita Springs,” or “offshore fishing boat Southwest Florida”; with premium upgrades such as integrated casting platforms, flush-folding rear cockpit seats, stand-up head compartment, forward sun-shade option and watersports tow bar, this 26 XO blends tournament-grade fishability with comfort and versatility for cruising from Naples to the 10,000 Islands.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-regulator-26-xo67911bc18c4a812da100ef5f</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-17661549431403555441694562bf9ff8e.webp</t>
   </si>
   <si>
     <t>6772b81b1a7ceea36c0ebc38</t>
   </si>
   <si>
     <t>2026 Regulator 25</t>
   </si>
   <si>
-    <t>2026 Regulator 25 For Sale!MSRP: $293,145(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:Twin Yamaha F250 4-Stroke Engines with DES Tilt Helm and DEC20-Amp  Batterv Charger with 25' CordT-Top Rocket LauncherAll White Entire HullStandard White Upholstery2X Deluxe Tackle CenterFactory-Installed Garmin® Premium Fish PackageBucket Holder with /2) BucketsCockpit Freshwater Engine FlushPhender ProT with /4) Quick-Release Fender CleatsThrough Stem Bow Roller w/ Anchor Windlass, Remote SwitchRemovable Forward Seat Backrests (2)Multi-Colored Underwater LED LightsTrolling  Motor ReadySpecificationsLOA : 25' 2"LOA W/ BRACKET &amp; ENGINES : 30' 0"BEAM : 8' 10"FUEL CAPACITY : 160 GALDRAFT : 22” ENGINES UPDRAFT : 34.5” ENGINES DOWNTOTAL FISHBOX &amp; STORAGE CAPACITY : 1058 QTSOPTIONAL HEAD W/ HOLDING TANK : 9 GALFRESHWATER TANK : 20 GALTOTAL LIVEWELL CAPACITY: 46 GALNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Regulator 25 sets the benchmark for compact offshore center-console boats, delivering big-boat ride quality in a 30 foot LOA, ideal for both serious fishing runs and family day cruises in Southwest Florida. Featuring Regulator’s legendary deep-V hull design, premium fit-and-finish and a wide 8′10″ beam, this 25 offers unmatched confidence in the Gulf waters from Naples to Marco Island and beyond. For buyers searching “Regulator 25 for sale,” “new Regulator center console Florida,” or “Regulator dealer Bonita Springs,” this new-model listing combines performance, prestige and resale-ready value.</t>
+    <t>2026 Regulator 25 For Sale!MSRP: $301,700(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:Twin Yamaha F250 4-Stroke Engines with DES Tilt Helm and DEC20-Amp  Batterv Charger with 25' CordT-Top Rocket LauncherAll White Entire HullStandard White Upholstery2X Deluxe Tackle CenterFactory-Installed Garmin® Premium Fish PackageBucket Holder with /2) BucketsCockpit Freshwater Engine FlushPhender ProT with /4) Quick-Release Fender CleatsThrough Stem Bow Roller w/ Anchor Windlass, Remote SwitchRemovable Forward Seat Backrests (2)Multi-Colored Underwater LED LightsTrolling  Motor ReadySpecificationsLOA : 25' 2"LOA W/ BRACKET &amp; ENGINES : 30' 0"BEAM : 8' 10"FUEL CAPACITY : 160 GALDRAFT : 22” ENGINES UPDRAFT : 34.5” ENGINES DOWNTOTAL FISHBOX &amp; STORAGE CAPACITY : 1058 QTSOPTIONAL HEAD W/ HOLDING TANK : 9 GALFRESHWATER TANK : 20 GALTOTAL LIVEWELL CAPACITY: 46 GALNow available at Bonita Boat Center in Bonita Springs, FL — the 2026 Regulator 25 sets the benchmark for compact offshore center-console boats, delivering big-boat ride quality in a 30 foot LOA, ideal for both serious fishing runs and family day cruises in Southwest Florida. Featuring Regulator’s legendary deep-V hull design, premium fit-and-finish and a wide 8′10″ beam, this 25 offers unmatched confidence in the Gulf waters from Naples to Marco Island and beyond. For buyers searching “Regulator 25 for sale,” “new Regulator center console Florida,” or “Regulator dealer Bonita Springs,” this new-model listing combines performance, prestige and resale-ready value.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-regulator-256772b81b1a7ceea36c0ebc38</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176615420027719420169455fd85773e.webp</t>
   </si>
   <si>
     <t>6772b48e748801522f01b341</t>
   </si>
   <si>
     <t>2025 Regulator 31</t>
   </si>
   <si>
     <t>2025 Regulator 31 For Sale!MSRP: $597,165(Does Not Include Prep &amp; Freight)7-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:Twin White Yamaha XTO Offshore® 450 4-Stroke Engines withDES Tilt Helm and DEC - Plus Helm Master® EX Joystick w/Multimode Set PointT and EX Autopilot with WaypointDeceleration36-Amp Battery Charger with 25' CordSeakeeper® 2 Gyro Stabilization System READY (For Future Installation) BootStriping Navy/Charcoal/Navy T-Top Rocket Launcher T-Top Storage Compartment Dove Gray Upholstery Teak Accents   (2) Inductive Cell Phone Chargers in Recessed Console TraysEntertainment Upgrade Package: Includes Fusion® Dynamically Calibrated System with (10) Premium Backlit Speakers, Subwoofer, Amps, External Antenna, and Integrated Wi-Fi Factory-Installed Garmin® GMR™ Fantom 54 Open-Array Radar Factory-Installed Garmin® Offshore Package: Two 16" GPSMAP® 8616 XSV Multi-Touch Widescreen Chartplotter/Sonar Displays, VHF 215 AIS Radio w/ Dual 8' Antennas, GMR™ 424 xHD 4kW Open-Array Radar, Airmar® B275LHW w/ Wide Beam 1kW CHIRP Transducer, Yamaha EX Autopilot, and Black Flushmount Elec. &amp; Mic Multi-Colored Underwater LED Lights (2) (2) Conventional Transom Rod Holders (2) Electric Reel Hook-Ups (8) Additional Forward Gunwale Cup Holder Rod Holders Clear Lid w/ Etched Regulator Logo -- Starboard Side (Livewell Standard) Quick-Release Under Gunwale Gaff Holder Refrigerated Transom Fishbox Bucket Holder with (2) Buckets Cockpit Freshwater Engine Flush Hose Coil Racks (2) for Raw Water and Freshwater Wash Downs Phender Pro™ with (4) Quick-Release Fender CleatsThrough Stem Bow Roller w/ Anchor Windlass, Remote Switch, Chain and Anchor Automated Rear Shade - Navy Blue Forward Sun Shade - Navy Helm, Console and Seating Canvas Covers - Navy Engine Canvas Covers – NavyNow available at Bonita Boat Center in Bonita Springs, FL — the new 2025 Regulator 31 redefines offshore performance in the center console class. Featuring a 31’ hull (36’5″ LOA w/ engines), 10’4″ beam, and 300-gallon fuel capacity, equipped with twin Yamaha XTO 450’s, advanced Garmin electronics including dual 16″ GPSMAP 8616 XSV displays and AIS VHF, and a full premium entertainment upgrade package; built for buyers searching “Regulator 31 for sale Florida,” “New Regulator center console For Sale,” or “offshore fishing boat Southwest Florida,” this high-performance model blends tournament-grade fishability with family-friendly comfort and resale strength backed by Bonita Boat Center’s decades of marine sales and service excellence.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-regulator-316772b48e748801522f01b341</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-17661580337304465169456ed16e2d4.webp</t>
   </si>
   <si>
     <t>6772aa406dd7609e8506ca60</t>
   </si>
@@ -1195,606 +1237,201 @@
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760561249174541774268f008612bcdd.png</t>
   </si>
   <si>
     <t>675c6c1bef10365a88092298</t>
   </si>
   <si>
     <t>2026 Jeanneau Leader 10.5 CC</t>
   </si>
   <si>
     <t>2026 Leader 10.5 CC For Sale!*BUILD SLOT AVAILABLE*Experience unparalleled luxury and performance with the 2026 Jeanneau Leader 10.5 CC! This exceptional vessel is fully loaded with every option you could dream of, designed to elevate your boating adventures to new heights. And now, you can take advantage of our Demo Dealer Price Special – a fantastic opportunity to own this amazing boat at an unbeatable price, complete with full warranties!Key Features:Spacious Cockpit: Enjoy ample space for entertaining with a well-designed cockpit that includes a comfortable seating area, perfect for socializing or relaxing.Luxurious Cabin: Step inside the elegantly appointed cabin, featuring a convertible dinette, full galley, and a separate head compartment, ensuring comfort and convenience on every voyage.High-Performance Hull: Powered by twin engines, the 10.5 CC boasts superior handling , making it ideal for leisurely cruises Advanced Navigation: Equipped with state-of-the-art navigation systems, including a GPS plotter, fish finder, and autopilot, you’ll navigate with confidence and precision.Entertainment Systems: Enjoy the best in onboard entertainment with a premium sound system, flat-screen TV, and Bluetooth connectivity, keeping everyone entertained on the water.Fishing Ready: Fully outfitted for the avid angler, this boat includes rod holders, a livewell, and ample storage for all your fishing gear.Safety and Comfort: With features like a hardtop for shade, a swim platform for easy water access, and advanced safety systems, your comfort and security are top priorities.Don't miss your chance to own this extraordinary 2024 Jeanneau Leader 10.5 CC at our special demo dealer price. This offer includes full warranties, ensuring you have peace of mind and complete confidence in your purchase.Contact us today to schedule a viewing and see for yourself why this boat is a true standout!</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-leader-105-cc675c6c1bef10365a88092298</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760561125193958622968f007e568960.png</t>
   </si>
   <si>
     <t>672276476a05bfbed60ee4d0</t>
   </si>
   <si>
     <t>2025 Monterey M65</t>
   </si>
   <si>
-    <t xml:space="preserve">2025 Monterey M65 OB For Sale!N.A.P. $182,146Our Price: $135,000Options:Mercury 350XL V10 Verado DTSAdd Merc Cold Fusion White Engine Option Forward Shower w/Pressurized WaterPhender Pro Holders (4)Portlight Stainless Steel for Head Ventilation W/ ScreenSeadek Swim Platform InlayUnder Water LED LightsWakeboard TowerBow &amp; Cockpit CoverGPS ChartplotterPremium Stereo Upg PkgStern Mounted Stereo RemoteWet Bar w/SlideOut CoolerBow Filler CushionsPortside Forward/Aft Facing LoungerBattery Charger W/Deck PlugElectric Head System W/Holding TankMacerator With Overboard Discharge (Req Electric Head Option)Trim Tabs With Trim Tab IndicatorMeet the 2025 Monterey M-65—a premium outboard bowrider designed for big-water comfort, upscale entertaining, and strong V10 performance. Powered by a Mercury Verado V10 350 (XXL) with DTS, this M-65 pairs confident acceleration with refined ride quality and a spacious layout for family days, sandbar weekends, and sunset cruises from Bonita Springs across Southwest Florida.  2025 Monterey M-65 For Sale in Bonita Springs, FL | Mercury V10 350 | Bonita Boat Center </t>
+    <t xml:space="preserve">2025 Monterey M65 OB For Sale!*UNDER CONTRACT*N.A.P. $182,146Our Price: $130,000Options:Mercury 350XL V10 Verado DTSAdd Merc Cold Fusion White Engine Option Forward Shower w/Pressurized WaterPhender Pro Holders (4)Portlight Stainless Steel for Head Ventilation W/ ScreenSeadek Swim Platform InlayUnder Water LED LightsWakeboard TowerBow &amp; Cockpit CoverGPS ChartplotterPremium Stereo Upg PkgStern Mounted Stereo RemoteWet Bar w/SlideOut CoolerBow Filler CushionsPortside Forward/Aft Facing LoungerBattery Charger W/Deck PlugElectric Head System W/Holding TankMacerator With Overboard Discharge (Req Electric Head Option)Trim Tabs With Trim Tab IndicatorMeet the 2025 Monterey M-65—a premium outboard bowrider designed for big-water comfort, upscale entertaining, and strong V10 performance. Powered by a Mercury Verado V10 350 (XXL) with DTS, this M-65 pairs confident acceleration with refined ride quality and a spacious layout for family days, sandbar weekends, and sunset cruises from Bonita Springs across Southwest Florida.  2025 Monterey M-65 For Sale in Bonita Springs, FL | Mercury V10 350 | Bonita Boat Center </t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-monterey-m65672276476a05bfbed60ee4d0</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176617710217079684486945b94e46615.webp</t>
   </si>
   <si>
     <t>672273c2731b13db340cbdfe</t>
   </si>
   <si>
     <t>2025 Monterey M45 OB</t>
   </si>
   <si>
-    <t>2025 Monterey M45 OB For Sale!N.A.P. $154,248Our Price: $115,000Options:Mercury 300XXL Verado DTSAdd Merc Cold Fusion White Engine Option Forward Shower W/ Pressurized WaterPhender Pro Holders (4)Portlight Stainless Steel for Head Ventilation W/ ScreenSeadek Swim Platform InlayUnder Water LED LightsWakeboard Tower White or BlackBow &amp; Cockpit CoverGPS ChartplotterPremium Stereo Upg PkgStern Mounted Stereo RemoteBow Filler CushionsPortside Forward/Aft Facing LoungerBattery Charger W/Deck PlugPump Out Deck Fitting For ToiletTrim Tabs With Trim Tab IndicatorsNow available at Bonita Boat Center in Bonita Springs, FL — this 2025 Monterey M45 OB is a factory-fresh deck boat offered at a clearance price that makes it one of the most aggressive new-model values in Southwest Florida. With a 24′ LOA (26′4″ with platform), 8′6″ beam, 50-gallon fuel capacity, and available up to 350 HP outboard power, the M45 delivers both sporty performance and upscale amenities. Ideal for keyword-rich searches like “Monterey M45 OB for sale Florida,” “new Monterey deck boat clearance,” “Monterey boats for sale,” and “budget Deck boat Southwest Florida,” this listing stands out for buyers who want turnkey readiness, premium build quality and serious value all in one.</t>
+    <t>2025 Monterey M45 OB For Sale!N.A.P. $154,248Our Price: $109,999*Under Contract*Options:Mercury 300XXL Verado DTSAdd Merc Cold Fusion White Engine Option Forward Shower W/ Pressurized WaterPhender Pro Holders (4)Portlight Stainless Steel for Head Ventilation W/ ScreenSeadek Swim Platform InlayUnder Water LED LightsWakeboard Tower White or BlackBow &amp; Cockpit CoverGPS ChartplotterPremium Stereo Upg PkgStern Mounted Stereo RemoteBow Filler CushionsPortside Forward/Aft Facing LoungerBattery Charger W/Deck PlugPump Out Deck Fitting For ToiletTrim Tabs With Trim Tab IndicatorsNow available at Bonita Boat Center in Bonita Springs, FL — this 2025 Monterey M45 OB is a factory-fresh deck boat offered at a clearance price that makes it one of the most aggressive new-model values in Southwest Florida. With a 24′ LOA (26′4″ with platform), 8′6″ beam, 50-gallon fuel capacity, and available up to 350 HP outboard power, the M45 delivers both sporty performance and upscale amenities. Ideal for keyword-rich searches like “Monterey M45 OB for sale Florida,” “new Monterey deck boat clearance,” “Monterey boats for sale,” and “budget Deck boat Southwest Florida,” this listing stands out for buyers who want turnkey readiness, premium build quality and serious value all in one.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-monterey-m45-ob672273c2731b13db340cbdfe</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176617746119460736836945bab54a388.webp</t>
   </si>
   <si>
     <t>67225b553074f564e10a644a</t>
   </si>
   <si>
-    <t>2025 Monterey M45 OB For Sale!N.A.P. $154,248Our Price: $115,000Options:Mercury 300XXL Verado DTSAdd Merc Cold Fusion White Engine Option Forward Shower W/ Pressurized WaterPhender Pro Holders (4)Portlight Stainless Steel for Head Ventilation W/ ScreenSeadek Swim Platform InlayUnder Water LED LightsWakeboard Tower White or BlackBow &amp; Cockpit CoverGPS ChartplotterPremium Stereo Upg PkgStern Mounted Stereo RemoteBow Filler CushionsPortside Forward/Aft Facing LoungerBattery Charger W/Deck PlugPump Out Deck Fitting For ToiletTrim Tabs With Trim Tab IndicatorsNow available at Bonita Boat Center in Bonita Springs, FL — the 2025 Monterey M45 OB is a factory-fresh deck-boat offered at a clearance special that makes it one of the most compelling new-boat deals in Southwest Florida. With its 24-foot length (26′4″ LOA including swim platform), 8′6″ beam, and 50-gallon fuel capacity, this M45 OB pairs sporty performance with upscale amenities. Ideal for searches like “Monterey M45 OB for sale Florida,” “new Monterey deck boat clearance,” “Monterey M45 For sale Bonita Springs,” and “Budget Deck boat Southwest Florida,” this listing stands out for buyers seeking serious value, strong build quality and turnkey new-boat ownership.</t>
+    <t>2025 Monterey M45 OB For Sale!**Under Contract**N.A.P. $154,248Our Price: $109,999Options:Mercury 300XXL Verado DTSAdd Merc Cold Fusion White Engine Option Forward Shower W/ Pressurized WaterPhender Pro Holders (4)Portlight Stainless Steel for Head Ventilation W/ ScreenSeadek Swim Platform InlayUnder Water LED LightsWakeboard Tower White or BlackBow &amp; Cockpit CoverGPS ChartplotterPremium Stereo Upg PkgStern Mounted Stereo RemoteBow Filler CushionsPortside Forward/Aft Facing LoungerBattery Charger W/Deck PlugPump Out Deck Fitting For ToiletTrim Tabs With Trim Tab IndicatorsNow available at Bonita Boat Center in Bonita Springs, FL — the 2025 Monterey M45 OB is a factory-fresh deck-boat offered at a clearance special that makes it one of the most compelling new-boat deals in Southwest Florida. With its 24-foot length (26′4″ LOA including swim platform), 8′6″ beam, and 50-gallon fuel capacity, this M45 OB pairs sporty performance with upscale amenities. Ideal for searches like “Monterey M45 OB for sale Florida,” “new Monterey deck boat clearance,” “Monterey M45 For sale Bonita Springs,” and “Budget Deck boat Southwest Florida,” this listing stands out for buyers seeking serious value, strong build quality and turnkey new-boat ownership.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-monterey-m45-ob67225b553074f564e10a644a</t>
   </si>
   <si>
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1766177677470778716945bb8d44c50.webp</t>
-[...44 lines deleted...]
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1767818587654999482695ec55b3469c.webp</t>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-176918551517006683636973a0eb9a6ea.webp</t>
   </si>
   <si>
     <t>66b0f2f333bfbeaffa074274</t>
   </si>
   <si>
     <t>2026 Jeanneau NC-795 SPORT</t>
   </si>
   <si>
     <t>2026 Jeanneau NC-795 Sport For Sale!Build Slot Available!The NC 795 Sport features a spacious exterior layout with wide swim platforms for easy boarding and recessed side decks that sit flush with the cockpit for safe, convenient movement. The foldaway aft bench can be paired with optional port and starboard seating to create a comfortable L- or U-shaped lounge.Inside the pilot station, an optional sliding sunroof adds natural light and ventilation. Two bolster seats come standard, with an option for a third, along with a compact galley that includes a sink, pressurized water, a 10-gallon fridge, and an optional removable gas stove.Below deck, the forward cabin comfortably sleeps two, with extra storage and an available enclosed toilet compartment for a chemical or marine WC—perfect for overnight stays and weekend getaways.DisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-nc-795-sport66b0f2f333bfbeaffa074274</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760561022184268361968f0077ee9b43.png</t>
   </si>
   <si>
     <t>66b0ee37b70cb762eb0b393a</t>
   </si>
   <si>
     <t>2026 Jeanneau NC-695 SPORT</t>
   </si>
   <si>
     <t>2026 Jeanneau NC-695 Sport For Sale!Build Slot Available!The NC 695 Sport is built for any adventure, from fishing and diving to paddleboarding and cruising. Its spacious self-bailing cockpit features folding seating and easy access to the swim platform, making it perfect for handling gear or relaxing on the water. Smart storage, a roof rack, wide side decks, and sturdy handrails keep everything within reach. Inside, enjoy a comfortable wheelhouse with seating for three and a cozy cabin with a berth and toilet. Trailerable and tough, the NC 695 Sport is ready to explore wherever your next trip takes you. DisclaimerThe Company offers the details of this vessel in good faith but cannot guarantee or warrant the accuracy of this information nor warrant the condition of the vessel. A buyer should instruct his agents, or his surveyors, to investigate such details as the buyer desires validated. This vessel is offered subject to prior sale, price change, or withdrawal without notice.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-jeanneau-nc-695-sport66b0ee37b70cb762eb0b393a</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176056093016521678068f00722a95c0.png</t>
   </si>
   <si>
     <t>66b0dfe55caf0c848000d870</t>
   </si>
   <si>
     <t>2026 Sea Hunt Ultra 219 For Sale!Build Slot Available!Options:Yamaha FX 150 or Yamaha F200XCSingle 12” Garmin GPSMAP 1243xsv Package w/VHFFiberglass T-Top w/ Mister SystemPowder Coat PackageT-Top Underside ColorKingfish Rod HoldersDeluxe D Tubing T-Top w/ Elec. BoxBimini TopTan Interior OR Gray InteriorCockpit Storage DrapeDash CoverLeaning Post CoverShrink WrapAluminum LP CoverT-Top Life Jacket Bag (Soft T-Tops Only)T-Top Spray ShieldT-Top Spray Shield "Gull Wings"Bennett Trim Tabs w/ IndicatorsUnderwater LED LightsTrolling Motor Plug &amp; Wiring Harness Recirculating LivewellSki Tow BarPorta PottiTackle Center for LP w/ BackrestCooler Slide for Aluminum LPSH Custom Cooler for Slide</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-ultra-21966b0dfe55caf0c848000d870</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176056175549712160668f00a5bd7572.png</t>
   </si>
   <si>
+    <t>66a7a8b19938af2c4f08405f</t>
+  </si>
+  <si>
+    <t>2015 Sunsation 34CCX</t>
+  </si>
+  <si>
+    <t>2015 Sunsation 34CCX$299,999Options:Triple Mercury Verado 350’sTriple axel aluminum trailerDual Garmin 7215 MFD's w/Radar/GPS/Chartplotter/Sounder - Note Full Engine Diagnostics via GarminFusion Premium Sound System w/JL-Audio Speakers / Sub-Woofer - Note Forward / Aft Wired Remote-Control - System BluetoothMercury Vessel View 7Garmin VHF Marine RadioCabin w/Sleeping Accommodations for TwoPrep-Counter w/SinkHead (Electric-Flush)30” Televison on Aft BulkheadAir-Conditioning (Battery Powered)Battery SwitchBattery Charger12V Accessory Plug-In30-AMP Dockside Shorwpower Plug w/CordForward Anchor LockerForward Cockpit In-Floor LockerStorage Underneath Forward Cockpit Seat-BottomsPort / Starboard Gunwale StoragePort / Starboard In-Floor Storage LockersCenterline In-Floor Locker w/Access to Aft BilgeTransom Livewell (Plumbed)</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2015-sunsation-34ccx66a7a8b19938af2c4f08405f</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1770669449143814149698a45898313a.png</t>
+  </si>
+  <si>
     <t>668fe60aa757f5c6ed069af9</t>
   </si>
   <si>
     <t>2025 Jeanneau LEADER 10.5 WA S2</t>
   </si>
   <si>
     <t>2025 Jeanneau Leader 10.5 WA S2 For Sale!MSRP: $420,895(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:Yamaha 2x300 Nsa2-U-Lu Sbw WhiteUpgrade Yamaha Joystick For Twin 300 Sbw WhiteYamaha Pre-Rigging Hmex 2x300-350 Nsb UsAir Conditioning 12k Btu 110v60hz Shore Power And GeneratorGenerator Panda Diesel 3.8kva 115v-60hzClosed Aft Cabin VersionFiberglass HardtopStandard White HullTrim Level Premiere Usa Silvertex IceElectronic Pack Garmin Upgraded 2Premium Fusion Audio Pack For Boat With Hard TopRemovable Sunshade For Aft Cockpit For T-TopRemovable Sunshade For Front CockpitRemovable Swim Ladder And Lifelines For Lateral TerraceSet Of Protective CoversPolyester Bathing PlatformsRemovable Fiberglass Table For Aft CockpitDeck Searchlight For T-Top2 Underwater LightsCockpit Fridge 49lMicrowave Oven 115vCockpit Grill 110v Usa115v Vitroceramic Cooktop For Interior Kitchen  LIFE ON BOARD MADE EVEN EASIER - The Leader 10.5 WA invites you to extend your stopovers on the water in the greatest comfort. Perfectly integrated into the profile of the boat, the optional T-top enables you, with the addition of a sun awning aft, to dine in the shade. The outdoor galley, backing the seats of the helm station, includes a fridge, electric grill, a gas burner, storage, or even a live well to hold the catch of the day. Down below, optionally equipped with air conditions, the spacious and com-fortable interior also features a second separate cabin aft. Forward, the traditional breakfast nook converts into a V-berth with separation curtain. This day boat has everything to give you a taste of cruising and nights at sea.</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-jeanneau-leader-105-wa-s2668fe60aa757f5c6ed069af9</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-17677357151050356489695d81a3e9795.webp</t>
   </si>
   <si>
-    <t>668eb197fcc0a3a015010f82</t>
-[...11 lines deleted...]
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760618101114445531068f0e675798a4.png</t>
+    <t>668eb822098c29723b051c07</t>
+  </si>
+  <si>
+    <t>2025 Monterey 275SS</t>
+  </si>
+  <si>
+    <t>2025 Monterey 275SSPrice: $159,900Offsite ListingOptions:Mercury 400 V10 - 75 hoursMercury Gold Warranty until 9/13/2029Windlass AnchorPhender ProPortlight in HeadSeadek Swim Platform InlayTransom ShowerElectric Folding TowerBow and Cockpit CoverFusion Stereo w/ subWet BarBow Filler CushionElectric Head w/ Holding TankMacerator w/ Overboard Discharge SETTING A NEW STANDARD - The 275SS is a new addition to the Super Sport series that features a spacious layout, a multitude of seating options and a vast amount of dedicated storage space. Experience the pure blend of outboard power at its best coupled with a style that only our Super Sport line can deliver with this perfectly designed new model.</t>
+  </si>
+  <si>
+    <t>https://bonitaboatcenter.com/boat/2025-monterey-275ss668eb822098c29723b051c07</t>
+  </si>
+  <si>
+    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1769723492101662289697bd664a1b27.png</t>
   </si>
   <si>
     <t>6669b30f55499d84210964ab</t>
   </si>
   <si>
     <t>2026 Sea Hunt BX 22 BR</t>
   </si>
   <si>
     <t>2026 Sea Hunt BX 22 BR For Sale!Build Slot Available!You buy a Sea Hunt Boat because of the standard features! Whether you're running the flats hunting Redfish, or cruising the intercoastal waterways; our BX series gives you the freedom to head out on the water for adventure. With shallow drafts, dual casting platforms, lockable rod storage, and aerated livewells, the only question is " Did you bring enough bait"? Our distinguished Carolina Flare coupled with our sharp bow entry, provides you with the driest ride possible to go to the extreme! Our BX series gives you the capability to tell only the best of Fishing Tales!</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2026-sea-hunt-bx-22-br6669b30f55499d84210964ab</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-1760560857193467894268f006d9d1ab4.png</t>
   </si>
   <si>
     <t>6658aaa563693da3da02c87e</t>
   </si>
   <si>
     <t>2025 Jeanneau LEADER 9.0 WA SERIES 2</t>
   </si>
   <si>
     <t>2025 Jeanneau Leader 9.0 WA S2 For Sale!MSRP $278,850(Does Not Include Prep &amp; Freight)5-Year Engine Component Warranty with purchase by 3/31/2026!Standard Warranty is 3-Years, Don't Miss Out on This Limited Time Offer! Options:Yamaha F250 X2 Nsb WhiteTrim Level PremiereElectronic Pack Garmin UpgradedPremium Fusion Audio Pack For Boat With Hard TopComfort Pack 115v-60hz UsaMooring KitAnchoring KitAft Cockpit Backrest Convertible Into SunpadFolding Side Bench On PortsideSunshade For Aft Cockpit - Dark SmokeSunshade For Front Cockpit - Dark SmokeRemovable Swim Ladder And Lifelines For Lateral TerraceSet Of Protective CoversAft Swim Platforms With TeakFiberglass Cockpit Table – RemovableFront Sundeck Upholstery With Meridian SeatsBow Thruster2 Underwater LightsGas Griddle In Exterior GalleyExterior Fridge In Leaning PostMicrowave Oven 115vUpgraded Bathroom With Shower Door And Toilet SeatDouble Berth In Salon Marlin Pure WhiteInterior CurtainsAutomatic Trim Tabs ZipwakeNew Pre-Rigging Yamaha 2x200-250 Sbw Electric Remote UsUpgrade Yamaha Joystick For Twin 250 Sbw WhiteHorn</t>
   </si>
   <si>
     <t>https://bonitaboatcenter.com/boat/2025-jeanneau-leader-90-wa-series-26658aaa563693da3da02c87e</t>
   </si>
   <si>
     <t>https://cdn.callersiq.com/inventory_uploads/attachment-176615912772527126169457317d9c1e.webp</t>
-  </si>
-[...373 lines deleted...]
-    <t>https://cdn.callersiq.com/inventory_uploads/attachment-1766086554616462246944579a2b5d2.webp</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -2131,3180 +1768,2556 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:H120"/>
+  <dimension ref="A1:H96"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="25" customWidth="1"/>
     <col min="2" max="2" width="20" customWidth="1"/>
     <col min="3" max="4" width="10" customWidth="1"/>
     <col min="5" max="5" width="50" customWidth="1"/>
     <col min="6" max="6" width="20" customWidth="1"/>
     <col min="7" max="7" width="100" customWidth="1"/>
     <col min="8" max="8" width="50" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2">
-        <v>159999</v>
+        <v>799999</v>
       </c>
       <c r="D2">
-        <v>159999</v>
+        <v>799999</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3">
-        <v>168888</v>
+        <v>148414</v>
       </c>
       <c r="D3">
-        <v>168888</v>
+        <v>148414</v>
       </c>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3" t="s">
         <v>17</v>
       </c>
       <c r="G3" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
         <v>21</v>
       </c>
       <c r="C4">
-        <v>193266</v>
+        <v>254811</v>
       </c>
       <c r="D4">
-        <v>193266</v>
+        <v>254811</v>
       </c>
       <c r="E4" t="s">
         <v>22</v>
       </c>
       <c r="F4" t="s">
         <v>17</v>
       </c>
       <c r="G4" t="s">
         <v>23</v>
       </c>
       <c r="H4" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>25</v>
       </c>
       <c r="B5" t="s">
         <v>26</v>
       </c>
       <c r="C5">
-        <v>144900</v>
+        <v>179200</v>
       </c>
       <c r="D5">
-        <v>144900</v>
+        <v>179200</v>
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="G5" t="s">
         <v>28</v>
       </c>
       <c r="H5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
       <c r="C6">
-        <v>251969</v>
+        <v>217100</v>
       </c>
       <c r="D6">
-        <v>251969</v>
+        <v>217100</v>
       </c>
       <c r="E6" t="s">
         <v>32</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="G6" t="s">
         <v>33</v>
       </c>
       <c r="H6" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>
       <c r="C7">
-        <v>82900</v>
+        <v>124788</v>
       </c>
       <c r="D7">
-        <v>82900</v>
+        <v>124788</v>
       </c>
       <c r="E7" t="s">
         <v>37</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="G7" t="s">
         <v>38</v>
       </c>
       <c r="H7" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
         <v>40</v>
       </c>
       <c r="B8" t="s">
         <v>41</v>
       </c>
-      <c r="C8" t="s">
+      <c r="C8">
+        <v>98898</v>
+      </c>
+      <c r="D8">
+        <v>98898</v>
+      </c>
+      <c r="E8" t="s">
         <v>42</v>
       </c>
-      <c r="D8" t="s">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>17</v>
+      </c>
+      <c r="G8" t="s">
         <v>43</v>
       </c>
-      <c r="F8" t="s">
+      <c r="H8" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
+        <v>45</v>
+      </c>
+      <c r="B9" t="s">
+        <v>46</v>
+      </c>
+      <c r="C9">
+        <v>39900</v>
+      </c>
+      <c r="D9">
+        <v>39900</v>
+      </c>
+      <c r="E9" t="s">
         <v>47</v>
       </c>
-      <c r="B9" t="s">
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
         <v>48</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="H9" t="s">
         <v>49</v>
-      </c>
-[...7 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C10">
+        <v>19900</v>
+      </c>
+      <c r="D10">
+        <v>19900</v>
+      </c>
+      <c r="E10" t="s">
         <v>52</v>
       </c>
-      <c r="B10" t="s">
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
         <v>53</v>
       </c>
-      <c r="C10" t="s">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="H10" t="s">
         <v>54</v>
-      </c>
-[...7 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
+        <v>55</v>
+      </c>
+      <c r="B11" t="s">
+        <v>56</v>
+      </c>
+      <c r="C11">
+        <v>64900</v>
+      </c>
+      <c r="D11">
+        <v>64900</v>
+      </c>
+      <c r="E11" t="s">
         <v>57</v>
       </c>
-      <c r="B11" t="s">
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
         <v>58</v>
       </c>
-      <c r="C11" t="s">
-[...5 lines deleted...]
-      <c r="E11" t="s">
+      <c r="H11" t="s">
         <v>59</v>
-      </c>
-[...7 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
+        <v>60</v>
+      </c>
+      <c r="B12" t="s">
+        <v>61</v>
+      </c>
+      <c r="C12">
+        <v>76900</v>
+      </c>
+      <c r="D12">
+        <v>76900</v>
+      </c>
+      <c r="E12" t="s">
         <v>62</v>
       </c>
-      <c r="B12" t="s">
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
         <v>63</v>
       </c>
-      <c r="C12">
-[...5 lines deleted...]
-      <c r="E12" t="s">
+      <c r="H12" t="s">
         <v>64</v>
-      </c>
-[...7 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
+        <v>65</v>
+      </c>
+      <c r="B13" t="s">
+        <v>66</v>
+      </c>
+      <c r="C13">
+        <v>189900</v>
+      </c>
+      <c r="D13">
+        <v>189900</v>
+      </c>
+      <c r="E13" t="s">
         <v>67</v>
       </c>
-      <c r="B13" t="s">
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
         <v>68</v>
       </c>
-      <c r="C13">
-[...5 lines deleted...]
-      <c r="E13" t="s">
+      <c r="H13" t="s">
         <v>69</v>
-      </c>
-[...7 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
+        <v>70</v>
+      </c>
+      <c r="B14" t="s">
+        <v>71</v>
+      </c>
+      <c r="C14">
+        <v>119999</v>
+      </c>
+      <c r="D14">
+        <v>119999</v>
+      </c>
+      <c r="E14" t="s">
         <v>72</v>
       </c>
-      <c r="B14" t="s">
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
         <v>73</v>
       </c>
-      <c r="C14">
-[...5 lines deleted...]
-      <c r="E14" t="s">
+      <c r="H14" t="s">
         <v>74</v>
-      </c>
-[...7 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
+        <v>75</v>
+      </c>
+      <c r="B15" t="s">
+        <v>76</v>
+      </c>
+      <c r="C15">
+        <v>517730</v>
+      </c>
+      <c r="D15">
+        <v>517730</v>
+      </c>
+      <c r="E15" t="s">
         <v>77</v>
       </c>
-      <c r="B15" t="s">
+      <c r="F15" t="s">
+        <v>17</v>
+      </c>
+      <c r="G15" t="s">
         <v>78</v>
       </c>
-      <c r="C15">
-[...5 lines deleted...]
-      <c r="E15" t="s">
+      <c r="H15" t="s">
         <v>79</v>
-      </c>
-[...7 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
+        <v>80</v>
+      </c>
+      <c r="B16" t="s">
+        <v>81</v>
+      </c>
+      <c r="C16" t="s">
         <v>82</v>
       </c>
-      <c r="B16" t="s">
+      <c r="D16" t="s">
+        <v>82</v>
+      </c>
+      <c r="E16" t="s">
         <v>83</v>
       </c>
-      <c r="C16">
-[...5 lines deleted...]
-      <c r="E16" t="s">
+      <c r="F16" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="G16" t="s">
         <v>85</v>
       </c>
       <c r="H16" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
         <v>87</v>
       </c>
       <c r="B17" t="s">
         <v>88</v>
       </c>
       <c r="C17">
-        <v>102190</v>
+        <v>480640</v>
       </c>
       <c r="D17">
-        <v>102190</v>
+        <v>480640</v>
       </c>
       <c r="E17" t="s">
         <v>89</v>
       </c>
       <c r="F17" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G17" t="s">
         <v>90</v>
       </c>
       <c r="H17" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
         <v>92</v>
       </c>
       <c r="B18" t="s">
         <v>93</v>
       </c>
       <c r="C18">
-        <v>89999</v>
+        <v>99900</v>
       </c>
       <c r="D18">
-        <v>89999</v>
+        <v>99900</v>
       </c>
       <c r="E18" t="s">
         <v>94</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
         <v>95</v>
       </c>
       <c r="H18" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
         <v>97</v>
       </c>
       <c r="B19" t="s">
         <v>98</v>
       </c>
       <c r="C19">
-        <v>122637</v>
+        <v>1251040</v>
       </c>
       <c r="D19">
-        <v>122637</v>
+        <v>1251040</v>
       </c>
       <c r="E19" t="s">
         <v>99</v>
       </c>
       <c r="F19" t="s">
         <v>17</v>
       </c>
       <c r="G19" t="s">
         <v>100</v>
       </c>
       <c r="H19" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
         <v>102</v>
       </c>
       <c r="B20" t="s">
         <v>103</v>
       </c>
       <c r="C20">
-        <v>140626</v>
+        <v>488070</v>
       </c>
       <c r="D20">
-        <v>140626</v>
+        <v>488070</v>
       </c>
       <c r="E20" t="s">
         <v>104</v>
       </c>
       <c r="F20" t="s">
         <v>17</v>
       </c>
       <c r="G20" t="s">
         <v>105</v>
       </c>
       <c r="H20" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>107</v>
       </c>
       <c r="B21" t="s">
         <v>108</v>
       </c>
       <c r="C21">
-        <v>161269</v>
+        <v>452365</v>
       </c>
       <c r="D21">
-        <v>161269</v>
+        <v>452365</v>
       </c>
       <c r="E21" t="s">
         <v>109</v>
       </c>
       <c r="F21" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G21" t="s">
         <v>110</v>
       </c>
       <c r="H21" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
         <v>112</v>
       </c>
       <c r="B22" t="s">
         <v>113</v>
       </c>
       <c r="C22">
-        <v>278834</v>
+        <v>247471</v>
       </c>
       <c r="D22">
-        <v>278834</v>
+        <v>247471</v>
       </c>
       <c r="E22" t="s">
         <v>114</v>
       </c>
       <c r="F22" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G22" t="s">
         <v>115</v>
       </c>
       <c r="H22" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>117</v>
       </c>
       <c r="B23" t="s">
-        <v>98</v>
+        <v>36</v>
       </c>
       <c r="C23">
-        <v>124477</v>
+        <v>123476</v>
       </c>
       <c r="D23">
-        <v>124477</v>
+        <v>123476</v>
       </c>
       <c r="E23" t="s">
         <v>118</v>
       </c>
       <c r="F23" t="s">
         <v>17</v>
       </c>
       <c r="G23" t="s">
         <v>119</v>
       </c>
       <c r="H23" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
         <v>121</v>
       </c>
       <c r="B24" t="s">
-        <v>108</v>
+        <v>122</v>
       </c>
       <c r="C24">
-        <v>169605</v>
+        <v>182200</v>
       </c>
       <c r="D24">
-        <v>169605</v>
+        <v>182200</v>
       </c>
       <c r="E24" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F24" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="H24" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B25" t="s">
-        <v>126</v>
+        <v>21</v>
       </c>
       <c r="C25">
-        <v>99990</v>
+        <v>255254</v>
       </c>
       <c r="D25">
-        <v>99990</v>
+        <v>255254</v>
       </c>
       <c r="E25" t="s">
         <v>127</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
         <v>128</v>
       </c>
       <c r="H25" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
         <v>130</v>
       </c>
       <c r="B26" t="s">
-        <v>103</v>
+        <v>15</v>
       </c>
       <c r="C26">
-        <v>140836</v>
+        <v>144663</v>
       </c>
       <c r="D26">
-        <v>140836</v>
+        <v>144663</v>
       </c>
       <c r="E26" t="s">
         <v>131</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
         <v>132</v>
       </c>
       <c r="H26" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
         <v>134</v>
       </c>
       <c r="B27" t="s">
         <v>135</v>
       </c>
       <c r="C27">
-        <v>169900</v>
+        <v>216143</v>
       </c>
       <c r="D27">
-        <v>169900</v>
+        <v>216143</v>
       </c>
       <c r="E27" t="s">
         <v>136</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
         <v>137</v>
       </c>
       <c r="H27" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>139</v>
       </c>
       <c r="B28" t="s">
         <v>140</v>
       </c>
       <c r="C28">
-        <v>359900</v>
+        <v>154900</v>
       </c>
       <c r="D28">
-        <v>359900</v>
+        <v>154900</v>
       </c>
       <c r="E28" t="s">
         <v>141</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
         <v>142</v>
       </c>
       <c r="H28" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>144</v>
       </c>
       <c r="B29" t="s">
+        <v>122</v>
+      </c>
+      <c r="C29">
+        <v>168888</v>
+      </c>
+      <c r="D29">
+        <v>168888</v>
+      </c>
+      <c r="E29" t="s">
         <v>145</v>
       </c>
-      <c r="C29">
-[...5 lines deleted...]
-      <c r="E29" t="s">
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" t="s">
         <v>146</v>
       </c>
-      <c r="F29" t="s">
-[...2 lines deleted...]
-      <c r="G29" t="s">
+      <c r="H29" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
+        <v>148</v>
+      </c>
+      <c r="B30" t="s">
         <v>149</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30">
+        <v>193266</v>
+      </c>
+      <c r="D30">
+        <v>193266</v>
+      </c>
+      <c r="E30" t="s">
         <v>150</v>
       </c>
-      <c r="C30">
-[...5 lines deleted...]
-      <c r="E30" t="s">
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" t="s">
         <v>151</v>
       </c>
-      <c r="F30" t="s">
-[...2 lines deleted...]
-      <c r="G30" t="s">
+      <c r="H30" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
+        <v>153</v>
+      </c>
+      <c r="B31" t="s">
         <v>154</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31">
+        <v>139900</v>
+      </c>
+      <c r="D31">
+        <v>139900</v>
+      </c>
+      <c r="E31" t="s">
         <v>155</v>
       </c>
-      <c r="C31">
-[...5 lines deleted...]
-      <c r="E31" t="s">
+      <c r="F31" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" t="s">
         <v>156</v>
       </c>
-      <c r="F31" t="s">
-[...2 lines deleted...]
-      <c r="G31" t="s">
+      <c r="H31" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
+        <v>158</v>
+      </c>
+      <c r="B32" t="s">
         <v>159</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
+        <v>82</v>
+      </c>
+      <c r="D32" t="s">
+        <v>82</v>
+      </c>
+      <c r="E32" t="s">
         <v>160</v>
       </c>
-      <c r="C32">
-[...5 lines deleted...]
-      <c r="E32" t="s">
+      <c r="F32" t="s">
+        <v>84</v>
+      </c>
+      <c r="G32" t="s">
         <v>161</v>
       </c>
-      <c r="F32" t="s">
-[...2 lines deleted...]
-      <c r="G32" t="s">
+      <c r="H32" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
+        <v>163</v>
+      </c>
+      <c r="B33" t="s">
         <v>164</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
+        <v>82</v>
+      </c>
+      <c r="D33" t="s">
+        <v>82</v>
+      </c>
+      <c r="E33" t="s">
         <v>165</v>
       </c>
-      <c r="C33">
-[...5 lines deleted...]
-      <c r="E33" t="s">
+      <c r="F33" t="s">
+        <v>84</v>
+      </c>
+      <c r="G33" t="s">
         <v>166</v>
       </c>
-      <c r="F33" t="s">
-[...2 lines deleted...]
-      <c r="G33" t="s">
+      <c r="H33" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
+        <v>168</v>
+      </c>
+      <c r="B34" t="s">
         <v>169</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
+        <v>82</v>
+      </c>
+      <c r="D34" t="s">
+        <v>82</v>
+      </c>
+      <c r="E34" t="s">
         <v>170</v>
       </c>
-      <c r="C34">
-[...5 lines deleted...]
-      <c r="E34" t="s">
+      <c r="F34" t="s">
+        <v>84</v>
+      </c>
+      <c r="G34" t="s">
         <v>171</v>
       </c>
-      <c r="F34" t="s">
-[...2 lines deleted...]
-      <c r="G34" t="s">
+      <c r="H34" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
+        <v>173</v>
+      </c>
+      <c r="B35" t="s">
         <v>174</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35">
+        <v>574000</v>
+      </c>
+      <c r="D35">
+        <v>574000</v>
+      </c>
+      <c r="E35" t="s">
         <v>175</v>
       </c>
-      <c r="C35">
-[...5 lines deleted...]
-      <c r="E35" t="s">
+      <c r="F35" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" t="s">
         <v>176</v>
       </c>
-      <c r="F35" t="s">
-[...2 lines deleted...]
-      <c r="G35" t="s">
+      <c r="H35" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
+        <v>178</v>
+      </c>
+      <c r="B36" t="s">
         <v>179</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36">
+        <v>19900</v>
+      </c>
+      <c r="D36">
+        <v>19900</v>
+      </c>
+      <c r="E36" t="s">
         <v>180</v>
       </c>
-      <c r="C36">
-[...5 lines deleted...]
-      <c r="E36" t="s">
+      <c r="F36" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" t="s">
         <v>181</v>
       </c>
-      <c r="F36" t="s">
-[...2 lines deleted...]
-      <c r="G36" t="s">
+      <c r="H36" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
+        <v>183</v>
+      </c>
+      <c r="B37" t="s">
+        <v>36</v>
+      </c>
+      <c r="C37">
+        <v>122637</v>
+      </c>
+      <c r="D37">
+        <v>122637</v>
+      </c>
+      <c r="E37" t="s">
         <v>184</v>
       </c>
-      <c r="B37" t="s">
+      <c r="F37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" t="s">
         <v>185</v>
       </c>
-      <c r="C37" t="s">
-[...5 lines deleted...]
-      <c r="E37" t="s">
+      <c r="H37" t="s">
         <v>186</v>
-      </c>
-[...7 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
+        <v>187</v>
+      </c>
+      <c r="B38" t="s">
+        <v>15</v>
+      </c>
+      <c r="C38">
+        <v>140626</v>
+      </c>
+      <c r="D38">
+        <v>140626</v>
+      </c>
+      <c r="E38" t="s">
+        <v>188</v>
+      </c>
+      <c r="F38" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" t="s">
         <v>189</v>
       </c>
-      <c r="B38" t="s">
-[...8 lines deleted...]
-      <c r="E38" t="s">
+      <c r="H38" t="s">
         <v>190</v>
-      </c>
-[...7 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
+        <v>191</v>
+      </c>
+      <c r="B39" t="s">
+        <v>26</v>
+      </c>
+      <c r="C39">
+        <v>161269</v>
+      </c>
+      <c r="D39">
+        <v>161269</v>
+      </c>
+      <c r="E39" t="s">
+        <v>192</v>
+      </c>
+      <c r="F39" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" t="s">
         <v>193</v>
       </c>
-      <c r="B39" t="s">
-[...8 lines deleted...]
-      <c r="E39" t="s">
+      <c r="H39" t="s">
         <v>194</v>
-      </c>
-[...7 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="40" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
+        <v>195</v>
+      </c>
+      <c r="B40" t="s">
+        <v>196</v>
+      </c>
+      <c r="C40">
+        <v>278834</v>
+      </c>
+      <c r="D40">
+        <v>278834</v>
+      </c>
+      <c r="E40" t="s">
         <v>197</v>
       </c>
-      <c r="B40" t="s">
+      <c r="F40" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" t="s">
         <v>198</v>
       </c>
-      <c r="C40">
-[...5 lines deleted...]
-      <c r="E40" t="s">
+      <c r="H40" t="s">
         <v>199</v>
-      </c>
-[...7 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="41" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
+        <v>200</v>
+      </c>
+      <c r="B41" t="s">
+        <v>36</v>
+      </c>
+      <c r="C41">
+        <v>124477</v>
+      </c>
+      <c r="D41">
+        <v>124477</v>
+      </c>
+      <c r="E41" t="s">
+        <v>201</v>
+      </c>
+      <c r="F41" t="s">
+        <v>11</v>
+      </c>
+      <c r="G41" t="s">
         <v>202</v>
       </c>
-      <c r="B41" t="s">
+      <c r="H41" t="s">
         <v>203</v>
-      </c>
-[...16 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="42" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
+        <v>204</v>
+      </c>
+      <c r="B42" t="s">
+        <v>26</v>
+      </c>
+      <c r="C42">
+        <v>169605</v>
+      </c>
+      <c r="D42">
+        <v>169605</v>
+      </c>
+      <c r="E42" t="s">
+        <v>205</v>
+      </c>
+      <c r="F42" t="s">
+        <v>11</v>
+      </c>
+      <c r="G42" t="s">
+        <v>206</v>
+      </c>
+      <c r="H42" t="s">
         <v>207</v>
-      </c>
-[...19 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
+        <v>208</v>
+      </c>
+      <c r="B43" t="s">
+        <v>209</v>
+      </c>
+      <c r="C43">
+        <v>94900</v>
+      </c>
+      <c r="D43">
+        <v>94900</v>
+      </c>
+      <c r="E43" t="s">
+        <v>210</v>
+      </c>
+      <c r="F43" t="s">
+        <v>11</v>
+      </c>
+      <c r="G43" t="s">
         <v>211</v>
       </c>
-      <c r="B43" t="s">
-[...8 lines deleted...]
-      <c r="E43" t="s">
+      <c r="H43" t="s">
         <v>212</v>
-      </c>
-[...7 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
+        <v>213</v>
+      </c>
+      <c r="B44" t="s">
+        <v>214</v>
+      </c>
+      <c r="C44">
+        <v>319689</v>
+      </c>
+      <c r="D44">
+        <v>319689</v>
+      </c>
+      <c r="E44" t="s">
         <v>215</v>
-      </c>
-[...10 lines deleted...]
-        <v>217</v>
       </c>
       <c r="F44" t="s">
         <v>17</v>
       </c>
       <c r="G44" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="H44" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
+        <v>218</v>
+      </c>
+      <c r="B45" t="s">
+        <v>219</v>
+      </c>
+      <c r="C45">
+        <v>274999</v>
+      </c>
+      <c r="D45">
+        <v>274999</v>
+      </c>
+      <c r="E45" t="s">
         <v>220</v>
       </c>
-      <c r="B45" t="s">
-[...8 lines deleted...]
-      <c r="E45" t="s">
+      <c r="F45" t="s">
+        <v>11</v>
+      </c>
+      <c r="G45" t="s">
         <v>221</v>
       </c>
-      <c r="F45" t="s">
-[...2 lines deleted...]
-      <c r="G45" t="s">
+      <c r="H45" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
+        <v>223</v>
+      </c>
+      <c r="B46" t="s">
         <v>224</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46">
+        <v>199999</v>
+      </c>
+      <c r="D46">
+        <v>199999</v>
+      </c>
+      <c r="E46" t="s">
         <v>225</v>
       </c>
-      <c r="C46">
-[...5 lines deleted...]
-      <c r="E46" t="s">
+      <c r="F46" t="s">
+        <v>11</v>
+      </c>
+      <c r="G46" t="s">
         <v>226</v>
       </c>
-      <c r="F46" t="s">
-[...2 lines deleted...]
-      <c r="G46" t="s">
+      <c r="H46" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
+        <v>228</v>
+      </c>
+      <c r="B47" t="s">
         <v>229</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47">
-        <v>241187</v>
+        <v>112980</v>
       </c>
       <c r="D47">
-        <v>241187</v>
+        <v>112980</v>
       </c>
       <c r="E47" t="s">
         <v>230</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
         <v>231</v>
       </c>
       <c r="H47" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
         <v>233</v>
       </c>
       <c r="B48" t="s">
         <v>234</v>
       </c>
       <c r="C48">
-        <v>89999</v>
+        <v>79999</v>
       </c>
       <c r="D48">
-        <v>89999</v>
+        <v>79999</v>
       </c>
       <c r="E48" t="s">
         <v>235</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
         <v>236</v>
       </c>
       <c r="H48" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="49" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
         <v>238</v>
       </c>
       <c r="B49" t="s">
-        <v>103</v>
+        <v>26</v>
       </c>
       <c r="C49">
-        <v>143874</v>
+        <v>169603</v>
       </c>
       <c r="D49">
-        <v>143874</v>
+        <v>169603</v>
       </c>
       <c r="E49" t="s">
         <v>239</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
         <v>240</v>
       </c>
       <c r="H49" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="50" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
         <v>242</v>
       </c>
       <c r="B50" t="s">
         <v>243</v>
       </c>
-      <c r="C50" t="s">
-[...3 lines deleted...]
-        <v>42</v>
+      <c r="C50">
+        <v>361784</v>
+      </c>
+      <c r="D50">
+        <v>361784</v>
       </c>
       <c r="E50" t="s">
         <v>244</v>
       </c>
       <c r="F50" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="G50" t="s">
         <v>245</v>
       </c>
       <c r="H50" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="51" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
         <v>247</v>
       </c>
       <c r="B51" t="s">
-        <v>170</v>
+        <v>248</v>
       </c>
       <c r="C51">
-        <v>113731</v>
+        <v>350339.9</v>
       </c>
       <c r="D51">
-        <v>113731</v>
+        <v>350339.9</v>
       </c>
       <c r="E51" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F51" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="G51" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="H51" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="52" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B52" t="s">
-        <v>98</v>
+        <v>214</v>
       </c>
       <c r="C52">
-        <v>123193</v>
+        <v>319689</v>
       </c>
       <c r="D52">
-        <v>123193</v>
+        <v>319689</v>
       </c>
       <c r="E52" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="F52" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="G52" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="H52" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="53" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B53" t="s">
-        <v>256</v>
+        <v>214</v>
       </c>
       <c r="C53">
-        <v>278668</v>
+        <v>319689</v>
       </c>
       <c r="D53">
-        <v>278668</v>
+        <v>319689</v>
       </c>
       <c r="E53" t="s">
         <v>257</v>
       </c>
       <c r="F53" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="G53" t="s">
         <v>258</v>
       </c>
       <c r="H53" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="54" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
         <v>260</v>
       </c>
       <c r="B54" t="s">
         <v>261</v>
       </c>
       <c r="C54">
-        <v>73349</v>
+        <v>349399</v>
       </c>
       <c r="D54">
-        <v>73349</v>
+        <v>349399</v>
       </c>
       <c r="E54" t="s">
         <v>262</v>
       </c>
       <c r="F54" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="G54" t="s">
         <v>263</v>
       </c>
       <c r="H54" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="55" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
         <v>265</v>
       </c>
       <c r="B55" t="s">
+        <v>243</v>
+      </c>
+      <c r="C55">
+        <v>361784</v>
+      </c>
+      <c r="D55">
+        <v>361784</v>
+      </c>
+      <c r="E55" t="s">
         <v>266</v>
       </c>
-      <c r="C55">
-[...5 lines deleted...]
-      <c r="E55" t="s">
+      <c r="F55" t="s">
+        <v>17</v>
+      </c>
+      <c r="G55" t="s">
         <v>267</v>
       </c>
-      <c r="F55" t="s">
-[...2 lines deleted...]
-      <c r="G55" t="s">
+      <c r="H55" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="56" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
+        <v>269</v>
+      </c>
+      <c r="B56" t="s">
         <v>270</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56">
-        <v>153794</v>
+        <v>164999</v>
       </c>
       <c r="D56">
-        <v>153794</v>
+        <v>164999</v>
       </c>
       <c r="E56" t="s">
         <v>271</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
         <v>272</v>
       </c>
       <c r="H56" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="57" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
         <v>274</v>
       </c>
       <c r="B57" t="s">
-        <v>170</v>
+        <v>21</v>
       </c>
       <c r="C57">
-        <v>98392</v>
+        <v>241187</v>
       </c>
       <c r="D57">
-        <v>98392</v>
+        <v>241187</v>
       </c>
       <c r="E57" t="s">
         <v>275</v>
       </c>
       <c r="F57" t="s">
         <v>11</v>
       </c>
       <c r="G57" t="s">
         <v>276</v>
       </c>
       <c r="H57" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="58" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
         <v>278</v>
       </c>
       <c r="B58" t="s">
-        <v>31</v>
+        <v>279</v>
       </c>
       <c r="C58">
-        <v>254150</v>
+        <v>84999</v>
       </c>
       <c r="D58">
-        <v>254150</v>
+        <v>84999</v>
       </c>
       <c r="E58" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="F58" t="s">
         <v>11</v>
       </c>
       <c r="G58" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="H58" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="59" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B59" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>166957</v>
+        <v>284</v>
+      </c>
+      <c r="C59" t="s">
+        <v>82</v>
+      </c>
+      <c r="D59" t="s">
+        <v>82</v>
       </c>
       <c r="E59" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="F59" t="s">
-        <v>11</v>
+        <v>84</v>
       </c>
       <c r="G59" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="H59" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
     </row>
     <row r="60" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B60" t="s">
-        <v>287</v>
+        <v>229</v>
       </c>
       <c r="C60">
-        <v>179900</v>
+        <v>113731</v>
       </c>
       <c r="D60">
-        <v>179900</v>
+        <v>113731</v>
       </c>
       <c r="E60" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="F60" t="s">
         <v>11</v>
       </c>
       <c r="G60" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="H60" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="61" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B61" t="s">
-        <v>292</v>
+        <v>36</v>
       </c>
       <c r="C61">
-        <v>122388</v>
+        <v>123193</v>
       </c>
       <c r="D61">
-        <v>122388</v>
+        <v>123193</v>
       </c>
       <c r="E61" t="s">
         <v>293</v>
       </c>
       <c r="F61" t="s">
         <v>11</v>
       </c>
       <c r="G61" t="s">
         <v>294</v>
       </c>
       <c r="H61" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="62" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
         <v>296</v>
       </c>
       <c r="B62" t="s">
         <v>297</v>
       </c>
       <c r="C62">
-        <v>29900</v>
+        <v>278668</v>
       </c>
       <c r="D62">
-        <v>29900</v>
+        <v>278668</v>
       </c>
       <c r="E62" t="s">
         <v>298</v>
       </c>
       <c r="F62" t="s">
         <v>11</v>
       </c>
       <c r="G62" t="s">
         <v>299</v>
       </c>
       <c r="H62" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
         <v>301</v>
       </c>
       <c r="B63" t="s">
-        <v>292</v>
+        <v>302</v>
       </c>
       <c r="C63">
-        <v>119762</v>
+        <v>73349</v>
       </c>
       <c r="D63">
-        <v>119762</v>
+        <v>73349</v>
       </c>
       <c r="E63" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="F63" t="s">
         <v>11</v>
       </c>
       <c r="G63" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="H63" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="64" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B64" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C64">
-        <v>446630</v>
+        <v>212121</v>
       </c>
       <c r="D64">
-        <v>446630</v>
+        <v>212121</v>
       </c>
       <c r="E64" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="F64" t="s">
         <v>11</v>
       </c>
       <c r="G64" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="H64" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="65" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B65" t="s">
-        <v>311</v>
+        <v>122</v>
       </c>
       <c r="C65">
-        <v>830030</v>
+        <v>153794</v>
       </c>
       <c r="D65">
-        <v>830030</v>
+        <v>153794</v>
       </c>
       <c r="E65" t="s">
         <v>312</v>
       </c>
       <c r="F65" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G65" t="s">
         <v>313</v>
       </c>
       <c r="H65" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="66" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
         <v>315</v>
       </c>
       <c r="B66" t="s">
-        <v>311</v>
+        <v>229</v>
       </c>
       <c r="C66">
-        <v>955685</v>
+        <v>98392</v>
       </c>
       <c r="D66">
-        <v>955685</v>
+        <v>98392</v>
       </c>
       <c r="E66" t="s">
         <v>316</v>
       </c>
       <c r="F66" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G66" t="s">
         <v>317</v>
       </c>
       <c r="H66" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="67" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
         <v>319</v>
       </c>
       <c r="B67" t="s">
+        <v>122</v>
+      </c>
+      <c r="C67">
+        <v>166957</v>
+      </c>
+      <c r="D67">
+        <v>166957</v>
+      </c>
+      <c r="E67" t="s">
         <v>320</v>
       </c>
-      <c r="C67" t="s">
-[...5 lines deleted...]
-      <c r="E67" t="s">
+      <c r="F67" t="s">
+        <v>11</v>
+      </c>
+      <c r="G67" t="s">
         <v>321</v>
       </c>
-      <c r="F67" t="s">
-[...2 lines deleted...]
-      <c r="G67" t="s">
+      <c r="H67" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="68" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
+        <v>323</v>
+      </c>
+      <c r="B68" t="s">
         <v>324</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68">
-        <v>166513</v>
+        <v>179900</v>
       </c>
       <c r="D68">
-        <v>166513</v>
+        <v>179900</v>
       </c>
       <c r="E68" t="s">
         <v>325</v>
       </c>
       <c r="F68" t="s">
         <v>11</v>
       </c>
       <c r="G68" t="s">
         <v>326</v>
       </c>
       <c r="H68" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="69" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
         <v>328</v>
       </c>
       <c r="B69" t="s">
-        <v>170</v>
+        <v>329</v>
       </c>
       <c r="C69">
-        <v>97954</v>
+        <v>122388</v>
       </c>
       <c r="D69">
-        <v>97954</v>
+        <v>122388</v>
       </c>
       <c r="E69" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="F69" t="s">
         <v>11</v>
       </c>
       <c r="G69" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="H69" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
     </row>
     <row r="70" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B70" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>42</v>
+        <v>329</v>
+      </c>
+      <c r="C70">
+        <v>119762</v>
+      </c>
+      <c r="D70">
+        <v>119762</v>
       </c>
       <c r="E70" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="F70" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="G70" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="H70" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="71" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B71" t="s">
-        <v>15</v>
+        <v>338</v>
       </c>
       <c r="C71">
-        <v>166514</v>
+        <v>446630</v>
       </c>
       <c r="D71">
-        <v>166514</v>
+        <v>446630</v>
       </c>
       <c r="E71" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="F71" t="s">
         <v>11</v>
       </c>
       <c r="G71" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="H71" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
     </row>
     <row r="72" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="B72" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="C72">
-        <v>484185</v>
+        <v>873030</v>
       </c>
       <c r="D72">
-        <v>484185</v>
+        <v>873030</v>
       </c>
       <c r="E72" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="F72" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="G72" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="H72" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
     </row>
     <row r="73" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="B73" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C73" t="s">
-        <v>42</v>
+        <v>82</v>
       </c>
       <c r="D73" t="s">
-        <v>42</v>
+        <v>82</v>
       </c>
       <c r="E73" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="F73" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
       <c r="G73" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="H73" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
     </row>
     <row r="74" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="B74" t="s">
-        <v>351</v>
-[...5 lines deleted...]
-        <v>42</v>
+        <v>229</v>
+      </c>
+      <c r="C74">
+        <v>97954</v>
+      </c>
+      <c r="D74">
+        <v>97954</v>
       </c>
       <c r="E74" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="F74" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="G74" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="H74" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="75" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B75" t="s">
-        <v>98</v>
+        <v>122</v>
       </c>
       <c r="C75" t="s">
-        <v>42</v>
+        <v>82</v>
       </c>
       <c r="D75" t="s">
-        <v>42</v>
+        <v>82</v>
       </c>
       <c r="E75" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="F75" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
       <c r="G75" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="H75" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="76" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B76" t="s">
-        <v>360</v>
+        <v>122</v>
       </c>
       <c r="C76">
-        <v>225000</v>
+        <v>166514</v>
       </c>
       <c r="D76">
-        <v>225000</v>
+        <v>166514</v>
       </c>
       <c r="E76" t="s">
         <v>361</v>
       </c>
       <c r="F76" t="s">
         <v>11</v>
       </c>
       <c r="G76" t="s">
         <v>362</v>
       </c>
       <c r="H76" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="77" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
         <v>364</v>
       </c>
       <c r="B77" t="s">
         <v>365</v>
       </c>
       <c r="C77">
-        <v>284705</v>
+        <v>484185</v>
       </c>
       <c r="D77">
-        <v>284705</v>
+        <v>484185</v>
       </c>
       <c r="E77" t="s">
         <v>366</v>
       </c>
       <c r="F77" t="s">
         <v>11</v>
       </c>
       <c r="G77" t="s">
         <v>367</v>
       </c>
       <c r="H77" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="78" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
         <v>369</v>
       </c>
       <c r="B78" t="s">
+        <v>36</v>
+      </c>
+      <c r="C78" t="s">
+        <v>82</v>
+      </c>
+      <c r="D78" t="s">
+        <v>82</v>
+      </c>
+      <c r="E78" t="s">
         <v>370</v>
       </c>
-      <c r="C78">
-[...5 lines deleted...]
-      <c r="E78" t="s">
+      <c r="F78" t="s">
+        <v>84</v>
+      </c>
+      <c r="G78" t="s">
         <v>371</v>
       </c>
-      <c r="F78" t="s">
-[...2 lines deleted...]
-      <c r="G78" t="s">
+      <c r="H78" t="s">
         <v>372</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="79" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
+        <v>373</v>
+      </c>
+      <c r="B79" t="s">
         <v>374</v>
       </c>
-      <c r="B79" t="s">
+      <c r="C79">
+        <v>215000</v>
+      </c>
+      <c r="D79">
+        <v>215000</v>
+      </c>
+      <c r="E79" t="s">
         <v>375</v>
       </c>
-      <c r="C79">
-[...5 lines deleted...]
-      <c r="E79" t="s">
+      <c r="F79" t="s">
+        <v>11</v>
+      </c>
+      <c r="G79" t="s">
         <v>376</v>
       </c>
-      <c r="F79" t="s">
-[...2 lines deleted...]
-      <c r="G79" t="s">
+      <c r="H79" t="s">
         <v>377</v>
-      </c>
-[...1 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="80" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
+        <v>378</v>
+      </c>
+      <c r="B80" t="s">
         <v>379</v>
       </c>
-      <c r="B80" t="s">
-[...6 lines deleted...]
-        <v>42</v>
+      <c r="C80">
+        <v>284705</v>
+      </c>
+      <c r="D80">
+        <v>284705</v>
       </c>
       <c r="E80" t="s">
         <v>380</v>
       </c>
       <c r="F80" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="G80" t="s">
         <v>381</v>
       </c>
       <c r="H80" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="81" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
         <v>383</v>
       </c>
       <c r="B81" t="s">
         <v>384</v>
       </c>
-      <c r="C81" t="s">
-[...3 lines deleted...]
-        <v>42</v>
+      <c r="C81">
+        <v>301700</v>
+      </c>
+      <c r="D81">
+        <v>301700</v>
       </c>
       <c r="E81" t="s">
         <v>385</v>
       </c>
       <c r="F81" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="G81" t="s">
         <v>386</v>
       </c>
       <c r="H81" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="82" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
         <v>388</v>
       </c>
       <c r="B82" t="s">
         <v>389</v>
       </c>
-      <c r="C82" t="s">
-[...3 lines deleted...]
-        <v>42</v>
+      <c r="C82">
+        <v>597165</v>
+      </c>
+      <c r="D82">
+        <v>597165</v>
       </c>
       <c r="E82" t="s">
         <v>390</v>
       </c>
       <c r="F82" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="G82" t="s">
         <v>391</v>
       </c>
       <c r="H82" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="83" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
         <v>393</v>
       </c>
       <c r="B83" t="s">
+        <v>41</v>
+      </c>
+      <c r="C83" t="s">
+        <v>82</v>
+      </c>
+      <c r="D83" t="s">
+        <v>82</v>
+      </c>
+      <c r="E83" t="s">
         <v>394</v>
       </c>
-      <c r="C83">
-[...5 lines deleted...]
-      <c r="E83" t="s">
+      <c r="F83" t="s">
+        <v>84</v>
+      </c>
+      <c r="G83" t="s">
         <v>395</v>
       </c>
-      <c r="F83" t="s">
-[...2 lines deleted...]
-      <c r="G83" t="s">
+      <c r="H83" t="s">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="84" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
+        <v>397</v>
+      </c>
+      <c r="B84" t="s">
         <v>398</v>
       </c>
-      <c r="B84" t="s">
+      <c r="C84" t="s">
+        <v>82</v>
+      </c>
+      <c r="D84" t="s">
+        <v>82</v>
+      </c>
+      <c r="E84" t="s">
         <v>399</v>
       </c>
-      <c r="C84">
-[...5 lines deleted...]
-      <c r="E84" t="s">
+      <c r="F84" t="s">
+        <v>84</v>
+      </c>
+      <c r="G84" t="s">
         <v>400</v>
       </c>
-      <c r="F84" t="s">
-[...2 lines deleted...]
-      <c r="G84" t="s">
+      <c r="H84" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="85" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
+        <v>402</v>
+      </c>
+      <c r="B85" t="s">
         <v>403</v>
       </c>
-      <c r="B85" t="s">
-[...6 lines deleted...]
-        <v>115000</v>
+      <c r="C85" t="s">
+        <v>82</v>
+      </c>
+      <c r="D85" t="s">
+        <v>82</v>
       </c>
       <c r="E85" t="s">
         <v>404</v>
       </c>
       <c r="F85" t="s">
-        <v>11</v>
+        <v>84</v>
       </c>
       <c r="G85" t="s">
         <v>405</v>
       </c>
       <c r="H85" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="86" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
         <v>407</v>
       </c>
       <c r="B86" t="s">
         <v>408</v>
       </c>
       <c r="C86">
-        <v>173074</v>
+        <v>130000</v>
       </c>
       <c r="D86">
-        <v>173074</v>
+        <v>130000</v>
       </c>
       <c r="E86" t="s">
         <v>409</v>
       </c>
       <c r="F86" t="s">
         <v>11</v>
       </c>
       <c r="G86" t="s">
         <v>410</v>
       </c>
       <c r="H86" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="87" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
         <v>412</v>
       </c>
       <c r="B87" t="s">
         <v>413</v>
       </c>
       <c r="C87">
-        <v>254999</v>
+        <v>109999</v>
       </c>
       <c r="D87">
-        <v>254999</v>
+        <v>109999</v>
       </c>
       <c r="E87" t="s">
         <v>414</v>
       </c>
       <c r="F87" t="s">
         <v>11</v>
       </c>
       <c r="G87" t="s">
         <v>415</v>
       </c>
       <c r="H87" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="88" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
         <v>417</v>
       </c>
       <c r="B88" t="s">
+        <v>413</v>
+      </c>
+      <c r="C88">
+        <v>109999</v>
+      </c>
+      <c r="D88">
+        <v>109999</v>
+      </c>
+      <c r="E88" t="s">
         <v>418</v>
       </c>
-      <c r="C88">
-[...5 lines deleted...]
-      <c r="E88" t="s">
+      <c r="F88" t="s">
+        <v>11</v>
+      </c>
+      <c r="G88" t="s">
         <v>419</v>
       </c>
-      <c r="F88" t="s">
-[...2 lines deleted...]
-      <c r="G88" t="s">
+      <c r="H88" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="89" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
+        <v>421</v>
+      </c>
+      <c r="B89" t="s">
         <v>422</v>
       </c>
-      <c r="B89" t="s">
+      <c r="C89" t="s">
+        <v>82</v>
+      </c>
+      <c r="D89" t="s">
+        <v>82</v>
+      </c>
+      <c r="E89" t="s">
         <v>423</v>
       </c>
-      <c r="C89" t="s">
-[...5 lines deleted...]
-      <c r="E89" t="s">
+      <c r="F89" t="s">
+        <v>84</v>
+      </c>
+      <c r="G89" t="s">
         <v>424</v>
       </c>
-      <c r="F89" t="s">
-[...2 lines deleted...]
-      <c r="G89" t="s">
+      <c r="H89" t="s">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="90" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
+        <v>426</v>
+      </c>
+      <c r="B90" t="s">
         <v>427</v>
       </c>
-      <c r="B90" t="s">
+      <c r="C90" t="s">
+        <v>82</v>
+      </c>
+      <c r="D90" t="s">
+        <v>82</v>
+      </c>
+      <c r="E90" t="s">
         <v>428</v>
       </c>
-      <c r="C90" t="s">
-[...5 lines deleted...]
-      <c r="E90" t="s">
+      <c r="F90" t="s">
+        <v>84</v>
+      </c>
+      <c r="G90" t="s">
         <v>429</v>
       </c>
-      <c r="F90" t="s">
-[...2 lines deleted...]
-      <c r="G90" t="s">
+      <c r="H90" t="s">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="91" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
+        <v>431</v>
+      </c>
+      <c r="B91" t="s">
+        <v>302</v>
+      </c>
+      <c r="C91" t="s">
+        <v>82</v>
+      </c>
+      <c r="D91" t="s">
+        <v>82</v>
+      </c>
+      <c r="E91" t="s">
         <v>432</v>
       </c>
-      <c r="B91" t="s">
-[...8 lines deleted...]
-      <c r="E91" t="s">
+      <c r="F91" t="s">
+        <v>84</v>
+      </c>
+      <c r="G91" t="s">
         <v>433</v>
       </c>
-      <c r="F91" t="s">
-[...2 lines deleted...]
-      <c r="G91" t="s">
+      <c r="H91" t="s">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>435</v>
       </c>
     </row>
     <row r="92" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A92" t="s">
+        <v>435</v>
+      </c>
+      <c r="B92" t="s">
         <v>436</v>
       </c>
-      <c r="B92" t="s">
+      <c r="C92">
+        <v>299999</v>
+      </c>
+      <c r="D92">
+        <v>299999</v>
+      </c>
+      <c r="E92" t="s">
         <v>437</v>
       </c>
-      <c r="C92">
-[...5 lines deleted...]
-      <c r="E92" t="s">
+      <c r="F92" t="s">
+        <v>11</v>
+      </c>
+      <c r="G92" t="s">
         <v>438</v>
       </c>
-      <c r="F92" t="s">
-[...2 lines deleted...]
-      <c r="G92" t="s">
+      <c r="H92" t="s">
         <v>439</v>
-      </c>
-[...1 lines deleted...]
-        <v>440</v>
       </c>
     </row>
     <row r="93" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
+        <v>440</v>
+      </c>
+      <c r="B93" t="s">
         <v>441</v>
       </c>
-      <c r="B93" t="s">
+      <c r="C93">
+        <v>420895</v>
+      </c>
+      <c r="D93">
+        <v>420895</v>
+      </c>
+      <c r="E93" t="s">
         <v>442</v>
       </c>
-      <c r="C93">
-[...5 lines deleted...]
-      <c r="E93" t="s">
+      <c r="F93" t="s">
+        <v>11</v>
+      </c>
+      <c r="G93" t="s">
         <v>443</v>
       </c>
-      <c r="F93" t="s">
-[...2 lines deleted...]
-      <c r="G93" t="s">
+      <c r="H93" t="s">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="94" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
+        <v>445</v>
+      </c>
+      <c r="B94" t="s">
         <v>446</v>
       </c>
-      <c r="B94" t="s">
+      <c r="C94">
+        <v>159900</v>
+      </c>
+      <c r="D94">
+        <v>159900</v>
+      </c>
+      <c r="E94" t="s">
         <v>447</v>
       </c>
-      <c r="C94" t="s">
-[...5 lines deleted...]
-      <c r="E94" t="s">
+      <c r="F94" t="s">
+        <v>11</v>
+      </c>
+      <c r="G94" t="s">
         <v>448</v>
       </c>
-      <c r="F94" t="s">
-[...2 lines deleted...]
-      <c r="G94" t="s">
+      <c r="H94" t="s">
         <v>449</v>
-      </c>
-[...1 lines deleted...]
-        <v>450</v>
       </c>
     </row>
     <row r="95" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
+        <v>450</v>
+      </c>
+      <c r="B95" t="s">
         <v>451</v>
       </c>
-      <c r="B95" t="s">
+      <c r="C95" t="s">
+        <v>82</v>
+      </c>
+      <c r="D95" t="s">
+        <v>82</v>
+      </c>
+      <c r="E95" t="s">
         <v>452</v>
       </c>
-      <c r="C95">
-[...5 lines deleted...]
-      <c r="E95" t="s">
+      <c r="F95" t="s">
+        <v>84</v>
+      </c>
+      <c r="G95" t="s">
         <v>453</v>
       </c>
-      <c r="F95" t="s">
-[...2 lines deleted...]
-      <c r="G95" t="s">
+      <c r="H95" t="s">
         <v>454</v>
-      </c>
-[...1 lines deleted...]
-        <v>455</v>
       </c>
     </row>
     <row r="96" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
+        <v>455</v>
+      </c>
+      <c r="B96" t="s">
         <v>456</v>
       </c>
-      <c r="B96" t="s">
+      <c r="C96">
+        <v>278850</v>
+      </c>
+      <c r="D96">
+        <v>278850</v>
+      </c>
+      <c r="E96" t="s">
         <v>457</v>
       </c>
-      <c r="C96" t="s">
-[...5 lines deleted...]
-      <c r="E96" t="s">
+      <c r="F96" t="s">
+        <v>11</v>
+      </c>
+      <c r="G96" t="s">
         <v>458</v>
       </c>
-      <c r="F96" t="s">
-[...2 lines deleted...]
-      <c r="G96" t="s">
+      <c r="H96" t="s">
         <v>459</v>
-      </c>
-[...625 lines deleted...]
-        <v>580</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">